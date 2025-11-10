--- v0 (2025-10-18)
+++ v1 (2025-11-10)
@@ -421,77 +421,77 @@
   <si>
     <t xml:space="preserve">Széchenyi </t>
   </si>
   <si>
     <t xml:space="preserve">5. </t>
   </si>
   <si>
     <t xml:space="preserve">1. em. </t>
   </si>
   <si>
     <t>+36-30-760-4379</t>
   </si>
   <si>
     <t>vh.0021@mbvk.hu</t>
   </si>
   <si>
     <t>0023</t>
   </si>
   <si>
     <t>Bihari Zsófia Nóra állandó helyettes (vht. 245.§) dr. Schadl-Baranyai Helga helyett  dr.</t>
   </si>
   <si>
     <t>Gödöllő</t>
   </si>
   <si>
+    <t>Pf.: 248.</t>
+  </si>
+  <si>
+    <t>SCHADLHELG; 144622994</t>
+  </si>
+  <si>
+    <t>10103836-56466900-02000004</t>
+  </si>
+  <si>
+    <t>MBH Bank Nyrt</t>
+  </si>
+  <si>
     <t xml:space="preserve">Szilhát </t>
   </si>
   <si>
     <t>+36-28-430-718</t>
   </si>
   <si>
     <t>+36-70-213-2520</t>
   </si>
   <si>
     <t>+36-28-422-268</t>
   </si>
   <si>
     <t>vh.0023@mbvk.hu</t>
   </si>
   <si>
-    <t>SCHADLHELG; 144622994</t>
-[...10 lines deleted...]
-  <si>
     <t>0024</t>
   </si>
   <si>
     <t>Ibolya Judit  dr.</t>
   </si>
   <si>
     <t>Budapest - Újpest 1. Posta</t>
   </si>
   <si>
     <t xml:space="preserve">4. </t>
   </si>
   <si>
     <t>DRIJVHI;160666137</t>
   </si>
   <si>
     <t>10300002-13333828-00024900</t>
   </si>
   <si>
     <t>József Attila</t>
   </si>
   <si>
     <t xml:space="preserve">4-6. </t>
   </si>
   <si>
     <t xml:space="preserve">fszt. </t>
@@ -1423,51 +1423,51 @@
   <si>
     <t>vh.0097@mbvk.hu</t>
   </si>
   <si>
     <t>0099</t>
   </si>
   <si>
     <t xml:space="preserve">Deákné dr. Korláth Anita állandó helyettes (Vht. 245. §) Tóthné dr. Rádi Ildikó Ibolya helyett </t>
   </si>
   <si>
     <t xml:space="preserve">Gyöngyösi </t>
   </si>
   <si>
     <t>D.</t>
   </si>
   <si>
     <t>+36-30-630-8809</t>
   </si>
   <si>
     <t>vh.0099@mbvk.hu</t>
   </si>
   <si>
     <t>VH0099MBVK;254546100</t>
   </si>
   <si>
-    <t>50435081-10021701-00000000</t>
+    <t>11738046-23209310-00000000</t>
   </si>
   <si>
     <t>0100</t>
   </si>
   <si>
     <t>Balogh Ágnes  dr.</t>
   </si>
   <si>
     <t>Kemény Gusztáv</t>
   </si>
   <si>
     <t>II.</t>
   </si>
   <si>
     <t>+36-1-370-3150</t>
   </si>
   <si>
     <t>+36-1-360-1365</t>
   </si>
   <si>
     <t>balogh.agnes@mbvk.hu, vh.0100@mbvk.hu</t>
   </si>
   <si>
     <t>AGIBALOGH;540599935</t>
   </si>
@@ -1621,71 +1621,71 @@
   <si>
     <t>+36-21-314-1604</t>
   </si>
   <si>
     <t>+36-21-314-1605</t>
   </si>
   <si>
     <t>vh.0111@mbvk.hu</t>
   </si>
   <si>
     <t>protznervh; 552594760</t>
   </si>
   <si>
     <t>10104820-12626700-02005005</t>
   </si>
   <si>
     <t>0112</t>
   </si>
   <si>
     <t>Eczeti Mihály  dr.</t>
   </si>
   <si>
     <t>Szarvas</t>
   </si>
   <si>
+    <t>Jókai Mór</t>
+  </si>
+  <si>
+    <t>48/1.</t>
+  </si>
+  <si>
+    <t>+36-66-313-411</t>
+  </si>
+  <si>
+    <t>vh.0112@mbvk.hu</t>
+  </si>
+  <si>
+    <t>SZARVASIVH; 567616796</t>
+  </si>
+  <si>
+    <t>11733058-21446878-00000000</t>
+  </si>
+  <si>
     <t>Pf.: 87.</t>
   </si>
   <si>
-    <t>SZARVASIVH; 567616796</t>
-[...16 lines deleted...]
-  <si>
     <t>0115</t>
   </si>
   <si>
     <t>Molnárné Ináncsi Anita  dr.</t>
   </si>
   <si>
     <t>Dunaújváros</t>
   </si>
   <si>
     <t>Szondy</t>
   </si>
   <si>
     <t>+36-25-737-086</t>
   </si>
   <si>
     <t>+36-30-715-1363</t>
   </si>
   <si>
     <t>vh.0115@mbvk.hu</t>
   </si>
   <si>
     <t>VH0115MBVK; 364895930</t>
   </si>
   <si>
     <t>11736037-20577014-00000000</t>
@@ -1783,54 +1783,51 @@
   <si>
     <t>+36-57-413-999</t>
   </si>
   <si>
     <t>+36-21-314-1609</t>
   </si>
   <si>
     <t>vh.0126@mbvk.hu</t>
   </si>
   <si>
     <t>http://www.drandresinodett.hu/</t>
   </si>
   <si>
     <t>VH0126MBVK; 451557923</t>
   </si>
   <si>
     <t>10104569-08242655-00000004</t>
   </si>
   <si>
     <t>0127</t>
   </si>
   <si>
     <t>Nagy Henrik  dr.</t>
   </si>
   <si>
-    <t>Illatos</t>
-[...2 lines deleted...]
-    <t>13. (2025.11.01. napjától új címen)</t>
+    <t xml:space="preserve">Török Flóris </t>
   </si>
   <si>
     <t>+36-1-207-8240</t>
   </si>
   <si>
     <t>árverési regisztrációhoz időpont egyeztetése: +36-30-451-4477</t>
   </si>
   <si>
     <t>+36-1-207-8241</t>
   </si>
   <si>
     <t>vh.0127@mbvk.hu</t>
   </si>
   <si>
     <t>NHVH;752548702</t>
   </si>
   <si>
     <t>10104167-57537149-01000000</t>
   </si>
   <si>
     <t>0129</t>
   </si>
   <si>
     <t>Harai Zoltán Csaba  dr.</t>
   </si>
@@ -2005,68 +2002,68 @@
   <si>
     <t>ORDASVH;247848115</t>
   </si>
   <si>
     <t>11746029-26694667-00000000</t>
   </si>
   <si>
     <t>Garay János</t>
   </si>
   <si>
     <t>+36-74-472-002</t>
   </si>
   <si>
     <t>vh.0141@mbvk.hu</t>
   </si>
   <si>
     <t>0143</t>
   </si>
   <si>
     <t>Kovássy Szabolcs  dr.</t>
   </si>
   <si>
     <t>Komárom</t>
   </si>
   <si>
+    <t>KOVASSYVH;344915357</t>
+  </si>
+  <si>
+    <t>63200030-11066626-00000000</t>
+  </si>
+  <si>
     <t>Kelemen László</t>
   </si>
   <si>
     <t>+36-34-343-722</t>
   </si>
   <si>
     <t>+36-34-542-880</t>
   </si>
   <si>
     <t>kovassys@t-online.hu, vh.0143@mbvk.hu</t>
   </si>
   <si>
-    <t>KOVASSYVH;344915357</t>
-[...4 lines deleted...]
-  <si>
     <t>0148</t>
   </si>
   <si>
     <t>Lévai Géza állandó helyettes [Vht. 239. §. (1a)] dr. Bartha Ágnes helyett  dr.</t>
   </si>
   <si>
     <t>Pf.: 121.</t>
   </si>
   <si>
     <t>VH0148MBVK;561815927</t>
   </si>
   <si>
     <t>11738015-21476260-00000000</t>
   </si>
   <si>
     <t xml:space="preserve">Béke </t>
   </si>
   <si>
     <t>+36-70-556-7808</t>
   </si>
   <si>
     <t>vh.0148@mbvk.hu</t>
   </si>
   <si>
     <t>0150</t>
@@ -2389,71 +2386,71 @@
   <si>
     <t xml:space="preserve">Örösi </t>
   </si>
   <si>
     <t>+36-49-343-077</t>
   </si>
   <si>
     <t>+36-70-858-1851</t>
   </si>
   <si>
     <t>vh.0174@mbvk.hu</t>
   </si>
   <si>
     <t>VH0174MBVK;566555717</t>
   </si>
   <si>
     <t>11734004-25988093-00000000</t>
   </si>
   <si>
     <t>0175</t>
   </si>
   <si>
     <t>Nagy Nándor   dr.</t>
   </si>
   <si>
+    <t xml:space="preserve">Üllői </t>
+  </si>
+  <si>
+    <t xml:space="preserve">431. </t>
+  </si>
+  <si>
+    <t>+36-30-548-6823; +36-30-561-3136</t>
+  </si>
+  <si>
+    <t>vh.0175@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0175MBVK; 663910704</t>
+  </si>
+  <si>
+    <t>10300002-13572562-00014905</t>
+  </si>
+  <si>
     <t>Pf.: 55.</t>
   </si>
   <si>
-    <t>VH0175MBVK; 663910704</t>
-[...16 lines deleted...]
-  <si>
     <t>0176</t>
   </si>
   <si>
     <t>Bárczi Krisztián  dr.</t>
   </si>
   <si>
     <t>Sátoraljaújhely</t>
   </si>
   <si>
     <t>Kazinczy</t>
   </si>
   <si>
     <t>+36-47-304-887</t>
   </si>
   <si>
     <t>vh.0176@mbvk.hu</t>
   </si>
   <si>
     <t>VH0160;352253149</t>
   </si>
   <si>
     <t>11734138-20012962-00000000</t>
   </si>
   <si>
     <t>0177</t>
@@ -3043,71 +3040,71 @@
   <si>
     <t>Csata</t>
   </si>
   <si>
     <t>+36-20-747-1555</t>
   </si>
   <si>
     <t>vh.0223@mbvk.hu</t>
   </si>
   <si>
     <t>0223VH;462717775</t>
   </si>
   <si>
     <t>10100840-57507800-02000008</t>
   </si>
   <si>
     <t>0228</t>
   </si>
   <si>
     <t>Vizler Dénes Szabolcs  dr.</t>
   </si>
   <si>
     <t>Marcali</t>
   </si>
   <si>
+    <t>VH0228;547641392</t>
+  </si>
+  <si>
+    <t>10104985-56698600-02000008</t>
+  </si>
+  <si>
     <t>2-4.</t>
   </si>
   <si>
     <t>+36-85-510-183</t>
   </si>
   <si>
     <t>+36-85-410-563</t>
   </si>
   <si>
     <t>dr.vizler@gmail.com, vh.0228@mbvk.hu</t>
   </si>
   <si>
     <t>http://www.vh.0228.vhi.hu/</t>
   </si>
   <si>
-    <t>VH0228;547641392</t>
-[...4 lines deleted...]
-  <si>
     <t>0229</t>
   </si>
   <si>
     <t>Kisely Alexandra  dr.</t>
   </si>
   <si>
     <t>VH0229; 360562715</t>
   </si>
   <si>
     <t>10102718-66563600-02005005</t>
   </si>
   <si>
     <t xml:space="preserve">Kazinczy Ferenc </t>
   </si>
   <si>
     <t>+36-46-791-916</t>
   </si>
   <si>
     <t>+36-46-791-876</t>
   </si>
   <si>
     <t>vh.0229@mbvk.hu; kisely.alexandra@mbvk.hu</t>
   </si>
   <si>
     <t>0230</t>
@@ -3397,131 +3394,131 @@
   <si>
     <t>vh.0249@mbvk.hu</t>
   </si>
   <si>
     <t>0250</t>
   </si>
   <si>
     <t>Komlósi Gábor Miklós  dr.</t>
   </si>
   <si>
     <t>Kalocsa</t>
   </si>
   <si>
     <t>Tomori Pál</t>
   </si>
   <si>
     <t>+36-78-462-722</t>
   </si>
   <si>
     <t>komlosig@freemail.hu, vh.0250@mbvk.hu</t>
   </si>
   <si>
     <t>VH0250;252284754</t>
   </si>
   <si>
-    <t>10300002-10376066-49020020</t>
+    <t>11746005-25756227-00000000</t>
   </si>
   <si>
     <t>0257</t>
   </si>
   <si>
     <t>Martinák Katalin  dr.</t>
   </si>
   <si>
     <t>Baja</t>
   </si>
   <si>
+    <t xml:space="preserve">56. </t>
+  </si>
+  <si>
+    <t>VH0257MBVK;169605196</t>
+  </si>
+  <si>
+    <t>10402513-49535751-55531013</t>
+  </si>
+  <si>
     <t>Hattyú</t>
   </si>
   <si>
     <t>+36-79-427-005</t>
   </si>
   <si>
     <t>vh.0257@mbvk.hu</t>
   </si>
   <si>
-    <t>VH0257MBVK;169605196</t>
-[...7 lines deleted...]
-  <si>
     <t>0259</t>
   </si>
   <si>
     <t>Mohai László  dr.</t>
   </si>
   <si>
     <t>Bólyai János</t>
   </si>
   <si>
     <t xml:space="preserve">14-16. </t>
   </si>
   <si>
     <t>+36-62-421-391</t>
   </si>
   <si>
     <t>vh.0259@mbvk.hu; iroda@mohaivh.hu</t>
   </si>
   <si>
     <t>57600084-11076364-00000000</t>
   </si>
   <si>
     <t>0262</t>
   </si>
   <si>
     <t>Kovács István  dr.</t>
   </si>
   <si>
     <t>Szentendre</t>
   </si>
   <si>
+    <t>Pf.: 303.</t>
+  </si>
+  <si>
+    <t>VHIRODA; 440601369</t>
+  </si>
+  <si>
+    <t>11742087-24285366-00000000</t>
+  </si>
+  <si>
     <t>Törökvölgyi</t>
   </si>
   <si>
     <t xml:space="preserve"> 2. </t>
   </si>
   <si>
     <t>+36-26-300-073</t>
   </si>
   <si>
     <t>vh.0262@mbvk.hu</t>
   </si>
   <si>
-    <t>VHIRODA; 440601369</t>
-[...7 lines deleted...]
-  <si>
     <t>0264</t>
   </si>
   <si>
     <t>Ferenczy Kristóf Zoltán  dr.</t>
   </si>
   <si>
     <t>83/c.</t>
   </si>
   <si>
     <t>+36-1-720-2046</t>
   </si>
   <si>
     <t>+36-1-720-2076</t>
   </si>
   <si>
     <t>vh.0264@mbvk.hu</t>
   </si>
   <si>
     <t>VH0264MBVK;360686378</t>
   </si>
   <si>
     <t>10103173-47175800-02000000</t>
   </si>
   <si>
     <t>0265</t>
@@ -3583,68 +3580,68 @@
   <si>
     <t>Mártírok</t>
   </si>
   <si>
     <t>+36-49-313-470</t>
   </si>
   <si>
     <t>+36-20-323-1997</t>
   </si>
   <si>
     <t>vh.0268@mbvk.hu</t>
   </si>
   <si>
     <t>DRMEZEIVH;255535108</t>
   </si>
   <si>
     <t>11734107-20114662-00000000</t>
   </si>
   <si>
     <t>0273</t>
   </si>
   <si>
     <t>Gál Tamás  dr.</t>
   </si>
   <si>
+    <t>Arany János</t>
+  </si>
+  <si>
+    <t>+36-93-310-994</t>
+  </si>
+  <si>
+    <t>+36-70-423-5000</t>
+  </si>
+  <si>
+    <t>vh.0273@mbvk.hu</t>
+  </si>
+  <si>
     <t>GALVHIRODA;540706337</t>
   </si>
   <si>
     <t>10104985-65707063-01000009</t>
   </si>
   <si>
-    <t>Arany János</t>
-[...10 lines deleted...]
-  <si>
     <t>0277</t>
   </si>
   <si>
     <t>Farkas József  dr.</t>
   </si>
   <si>
     <t>Római</t>
   </si>
   <si>
     <t>+36-74-512-417</t>
   </si>
   <si>
     <t>+36-74-410-228, +36-74-511-466</t>
   </si>
   <si>
     <t>+36-74-512-418</t>
   </si>
   <si>
     <t>farkastsa@tolna.net, vh.0277@mbvk.hu</t>
   </si>
   <si>
     <t>VH0277;750179940</t>
   </si>
   <si>
     <t>11746005-20123347-00000000</t>
@@ -3997,71 +3994,71 @@
   <si>
     <t>Dobos Dóra  dr.</t>
   </si>
   <si>
     <t>Siklósi</t>
   </si>
   <si>
     <t>+36-72-211-748</t>
   </si>
   <si>
     <t>vh.0305@mbvk.hu</t>
   </si>
   <si>
     <t>DRDOBOSVH;755072370</t>
   </si>
   <si>
     <t>11731001-20418210-00000000</t>
   </si>
   <si>
     <t>0315</t>
   </si>
   <si>
     <t>Pozsogár-Dormán Bernadett  dr.</t>
   </si>
   <si>
+    <t xml:space="preserve">260. </t>
+  </si>
+  <si>
+    <t>VH0315MBVK;767698335</t>
+  </si>
+  <si>
+    <t>10104569-54810100-02003004</t>
+  </si>
+  <si>
     <t>Ady</t>
   </si>
   <si>
     <t xml:space="preserve">13. </t>
   </si>
   <si>
     <t>+36-92-952-209</t>
   </si>
   <si>
     <t>vh.0315@mbvk.hu</t>
   </si>
   <si>
-    <t>VH0315MBVK;767698335</t>
-[...7 lines deleted...]
-  <si>
     <t>0319</t>
   </si>
   <si>
     <t>Büky Norbert  dr.</t>
   </si>
   <si>
     <t>Mezőtúr</t>
   </si>
   <si>
     <t>Rákóczi F.</t>
   </si>
   <si>
     <t>+36-56-350-557</t>
   </si>
   <si>
     <t>+36-30-989-5194</t>
   </si>
   <si>
     <t>vh.0319@mbvk.hu</t>
   </si>
   <si>
     <t>DRBNVHIROD;246633339</t>
   </si>
   <si>
     <t>11745097-20013932-00000000</t>
@@ -4126,74 +4123,74 @@
   <si>
     <t xml:space="preserve">Kossuth </t>
   </si>
   <si>
     <t>6-7.</t>
   </si>
   <si>
     <t>+36-42-898-344</t>
   </si>
   <si>
     <t>vh.0328@mbvk.hu</t>
   </si>
   <si>
     <t>SZABOVH;560696922</t>
   </si>
   <si>
     <t>11600006-00000000-45122752</t>
   </si>
   <si>
     <t>0333</t>
   </si>
   <si>
     <t>Papp Gábor állandó helyettes (Vht. 245. §) dr. Papp Krisztián helyett  dr.</t>
   </si>
   <si>
+    <t>Szeged, Tanposta</t>
+  </si>
+  <si>
+    <t>Pf.: 134.</t>
+  </si>
+  <si>
+    <t>VH0333;446655130</t>
+  </si>
+  <si>
+    <t>57600084-11076395-00000000</t>
+  </si>
+  <si>
     <t xml:space="preserve">Teleki </t>
   </si>
   <si>
     <t>11/A.</t>
   </si>
   <si>
     <t>+36-62-426-786</t>
   </si>
   <si>
     <t>vh.0333@mbvk.hu; pappkrisztian.vh@gmail.com</t>
   </si>
   <si>
-    <t>VH0333;446655130</t>
-[...10 lines deleted...]
-  <si>
     <t>0335</t>
   </si>
   <si>
     <t>Melczer Roland János  dr.</t>
   </si>
   <si>
     <t>Pápa</t>
   </si>
   <si>
     <t>Budai Nagy Antal</t>
   </si>
   <si>
     <t>11-12.</t>
   </si>
   <si>
     <t>+36-89-320-214</t>
   </si>
   <si>
     <t>+36-89-310-624</t>
   </si>
   <si>
     <t>vh.0335@mbvk.hu</t>
   </si>
   <si>
     <t>http://www.papaivegrehajto.hu/</t>
@@ -4396,59 +4393,59 @@
   <si>
     <t>Thököly</t>
   </si>
   <si>
     <t>I. lh.</t>
   </si>
   <si>
     <t>+36-1-951-9454</t>
   </si>
   <si>
     <t>vh.0377@mbvk.hu</t>
   </si>
   <si>
     <t>VH0377;262697715</t>
   </si>
   <si>
     <t>10103173-59211400-01001002</t>
   </si>
   <si>
     <t>0382</t>
   </si>
   <si>
     <t>Novák Amanda Nikoletta  dr.</t>
   </si>
   <si>
+    <t>+36-66-460-364</t>
+  </si>
+  <si>
     <t>NAVH;342679106</t>
   </si>
   <si>
     <t>11733003-27317392-00000000</t>
   </si>
   <si>
-    <t>+36-66-460-364</t>
-[...1 lines deleted...]
-  <si>
     <t>0389</t>
   </si>
   <si>
     <t>Kiss Sándor állandó helyettes (Vht. 245. §) dr. Sőre Zoltán helyett  dr.</t>
   </si>
   <si>
     <t>Pf.: 144.</t>
   </si>
   <si>
     <t>vh0389;743634163</t>
   </si>
   <si>
     <t>11749008-20185996-00000000</t>
   </si>
   <si>
     <t>Battonya</t>
   </si>
   <si>
     <t>+36-30-281-0389</t>
   </si>
   <si>
     <t>vh.0389@mbvk.hu</t>
   </si>
   <si>
     <t>0391</t>
@@ -4489,68 +4486,68 @@
   <si>
     <t>Vasné dr. Kolits Ágnes Katalin  dr.</t>
   </si>
   <si>
     <t>Pf.: 200.</t>
   </si>
   <si>
     <t>DRSKVHI; 440909104</t>
   </si>
   <si>
     <t>10103173-16171423-01000006</t>
   </si>
   <si>
     <t>+36-30-897-1946</t>
   </si>
   <si>
     <t>vh.0397@mbvk.hu</t>
   </si>
   <si>
     <t>0400</t>
   </si>
   <si>
     <t>Papp Gábor  dr.</t>
   </si>
   <si>
+    <t>+36-62-222-448</t>
+  </si>
+  <si>
+    <t>+36-62- 222-458</t>
+  </si>
+  <si>
+    <t>vh.0400@mbvk.hu</t>
+  </si>
+  <si>
     <t>DRPAPPVHTO;149681779</t>
   </si>
   <si>
+    <t>iroda,telephely,szekhely</t>
+  </si>
+  <si>
     <t>10101078-14909200-04003006</t>
   </si>
   <si>
-    <t>+36-62-222-448</t>
-[...10 lines deleted...]
-  <si>
     <t>0409</t>
   </si>
   <si>
     <t>Csala Erika Irén  dr.</t>
   </si>
   <si>
     <t>Kecskemét</t>
   </si>
   <si>
     <t>Korona</t>
   </si>
   <si>
     <t>VI.</t>
   </si>
   <si>
     <t>61-62.</t>
   </si>
   <si>
     <t>+36-76-418-199</t>
   </si>
   <si>
     <t>+36-76-324-700</t>
   </si>
   <si>
     <t>drcsalavh@gmail.com, vh.0409@mbvk.hu</t>
@@ -4828,71 +4825,71 @@
   <si>
     <t>+36-79-887-525</t>
   </si>
   <si>
     <t>+36-79-888-300</t>
   </si>
   <si>
     <t>vh.0494@mbvk.hu</t>
   </si>
   <si>
     <t>http://www.fajdvh.hu/</t>
   </si>
   <si>
     <t>DRFAJDVH01;743600983</t>
   </si>
   <si>
     <t>10102093-47464600-02004009</t>
   </si>
   <si>
     <t>0500</t>
   </si>
   <si>
     <t>Király András  dr.</t>
   </si>
   <si>
+    <t>VHIRODA500;644673382</t>
+  </si>
+  <si>
+    <t>10103379-34720700-02003002</t>
+  </si>
+  <si>
     <t>Lónyay</t>
   </si>
   <si>
     <t>+36-1-789-4131</t>
   </si>
   <si>
     <t>+36-1-789-4731</t>
   </si>
   <si>
     <t>drkiralyandrasonallo.birosagivegrehajto@upcmail.hu, vh.0500@mbvk.hu</t>
   </si>
   <si>
     <t>http://www.drkiralyiroda.hu/</t>
   </si>
   <si>
-    <t>VHIRODA500;644673382</t>
-[...4 lines deleted...]
-  <si>
     <t>0510</t>
   </si>
   <si>
     <t>Egyed Zsolt állandó helyettes (Vht. 245. §.) Egyedné dr. Pataki Márta helyett  dr.</t>
   </si>
   <si>
     <t>+36-22-398-079</t>
   </si>
   <si>
     <t>vh.0510@mbvk.hu</t>
   </si>
   <si>
     <t>VH0510;341633732</t>
   </si>
   <si>
     <t>11736006-20400725-00000000</t>
   </si>
   <si>
     <t>0522</t>
   </si>
   <si>
     <t>Jánoky Adél  dr.</t>
   </si>
   <si>
     <t>Nagyajtai</t>
@@ -5110,113 +5107,113 @@
   <si>
     <t>vh.0722@mbvk.hu, iroda@bereczvh.hu</t>
   </si>
   <si>
     <t>http://bereczvh.hu/</t>
   </si>
   <si>
     <t>VH0722MBVK; 356757921</t>
   </si>
   <si>
     <t>11735050-23547195-00000000</t>
   </si>
   <si>
     <t>Csongrád</t>
   </si>
   <si>
     <t>0723</t>
   </si>
   <si>
     <t>Kiss Sándor  dr.</t>
   </si>
   <si>
     <t>Szeghalom</t>
   </si>
   <si>
+    <t>VH0723;745626926</t>
+  </si>
+  <si>
+    <t>11733254-21452385-00000000</t>
+  </si>
+  <si>
     <t>Bethlen</t>
   </si>
   <si>
     <t>+36-66-777-222</t>
   </si>
   <si>
     <t>vh.0723@mbvk.hu</t>
   </si>
   <si>
-    <t>VH0723;745626926</t>
-[...4 lines deleted...]
-  <si>
     <t>0724</t>
   </si>
   <si>
     <t>Karacs Anett  dr.</t>
   </si>
   <si>
     <t xml:space="preserve">Egressy Béni </t>
   </si>
   <si>
     <t>I/</t>
   </si>
   <si>
     <t>+36-48-785-910</t>
   </si>
   <si>
     <t>+36-48-785-911</t>
   </si>
   <si>
     <t>vh.0724@mbvk.hu</t>
   </si>
   <si>
     <t>VH0724;551243748</t>
   </si>
   <si>
     <t>10101274-34072200-02005007</t>
   </si>
   <si>
     <t>0725</t>
   </si>
   <si>
     <t>Simon Péter Miklós  dr.</t>
   </si>
   <si>
+    <t>Móricz Zsigmond</t>
+  </si>
+  <si>
+    <t>+36-29-269-649</t>
+  </si>
+  <si>
+    <t>vh.0725@mbvk.hu, drsimonvhirodaja@gmail.com</t>
+  </si>
+  <si>
     <t>VH0725;459052769</t>
   </si>
   <si>
     <t>10103843-16966500-02004007</t>
   </si>
   <si>
-    <t>Móricz Zsigmond</t>
-[...7 lines deleted...]
-  <si>
     <t>0730</t>
   </si>
   <si>
     <t>Rádoki Andrea  dr.</t>
   </si>
   <si>
     <t>RADOKIAVH;455515918</t>
   </si>
   <si>
     <t>10104820-12420800-02005008</t>
   </si>
   <si>
     <t>Semmelweis</t>
   </si>
   <si>
     <t>4-6.</t>
   </si>
   <si>
     <t>+36-94-793-528</t>
   </si>
   <si>
     <t>+36-94-793-552</t>
   </si>
   <si>
     <t>radoki.andrea@gmail.com, vh.0730@mbvk.hu</t>
@@ -5416,50 +5413,53 @@
   <si>
     <t>0749</t>
   </si>
   <si>
     <t>Fiedler Laura Ágnes  dr.</t>
   </si>
   <si>
     <t>+36-21-314-1606</t>
   </si>
   <si>
     <t>vh.0749@mbvk.hu, esztergomivegrehajto@gmail.com</t>
   </si>
   <si>
     <t>VH0749MBVK; 253535987</t>
   </si>
   <si>
     <t>11708001-22255239-00000000</t>
   </si>
   <si>
     <t>0750</t>
   </si>
   <si>
     <t>Letenyei Róbert  dr.</t>
   </si>
   <si>
+    <t xml:space="preserve">Erkel Ferenc </t>
+  </si>
+  <si>
     <t>+36-29-783-236</t>
   </si>
   <si>
     <t>vh.0750@mbvk.hu</t>
   </si>
   <si>
     <t>LETENYEIVH;640723991</t>
   </si>
   <si>
     <t>11746005-25735857-00000000</t>
   </si>
   <si>
     <t>0764</t>
   </si>
   <si>
     <t>Kovács Zoltán Attila állandó helyettes (Vht. 245. §) dr. Papp István András helyett  dr.</t>
   </si>
   <si>
     <t xml:space="preserve">Sütő </t>
   </si>
   <si>
     <t>+36-70-300-7485</t>
   </si>
   <si>
     <t>vh.0764@mbvk.hu</t>
@@ -5602,72 +5602,72 @@
   <si>
     <t xml:space="preserve">143/1. </t>
   </si>
   <si>
     <t>+36-30-302-1716</t>
   </si>
   <si>
     <t>+36-82-951-045</t>
   </si>
   <si>
     <t>vh.0770@mbvk.hu</t>
   </si>
   <si>
     <t>DRDANKAP;264143173</t>
   </si>
   <si>
     <t>11731001-23122943-00000000</t>
   </si>
   <si>
     <t>0771</t>
   </si>
   <si>
     <t>Schmidt Zoltán Róbert állandó helyettes (Vht. 245. §) dr. Kiss Ferenc helyett  dr.</t>
   </si>
   <si>
+    <t xml:space="preserve">II. Rákóczi Ferenc </t>
+  </si>
+  <si>
+    <t>+36-1-264-1080</t>
+  </si>
+  <si>
+    <t>+36-1-294-8801</t>
+  </si>
+  <si>
+    <t>vh.0771@mbvk.hu</t>
+  </si>
+  <si>
+    <t>https://vhiroda.co.hu/vh0771/</t>
+  </si>
+  <si>
     <t>VH0771; 653502120</t>
   </si>
   <si>
+    <t>10300002-13576479-00024905</t>
+  </si>
+  <si>
     <t>10100716-06331200-04005000</t>
-  </si>
-[...16 lines deleted...]
-    <t>10300002-13576479-00024905</t>
   </si>
   <si>
     <t>0772</t>
   </si>
   <si>
     <t>Nagy Szilvia  dr.</t>
   </si>
   <si>
     <t>Zirc</t>
   </si>
   <si>
     <t>Pacsirta</t>
   </si>
   <si>
     <t>+36-70-241-0038</t>
   </si>
   <si>
     <t>06-88-830-320</t>
   </si>
   <si>
     <t>vh.0772@mbvk.hu</t>
   </si>
   <si>
     <t>VH0772MBVK; 160311919</t>
   </si>
@@ -6218,51 +6218,51 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:U361"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="U361" sqref="U361"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="113.115234" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.709717" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="42.418213" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="72.982178" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.123291" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.706543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
@@ -7176,228 +7176,228 @@
       <c r="P19" s="1" t="s">
         <v>131</v>
       </c>
       <c r="Q19" s="1"/>
       <c r="R19" s="1" t="s">
         <v>123</v>
       </c>
       <c r="S19" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T19" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U19" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>133</v>
       </c>
       <c r="C20" s="1">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="E20" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
-      <c r="K20" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K20" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="L20" s="1"/>
       <c r="M20" s="1"/>
-      <c r="N20" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="N20" s="1"/>
+      <c r="O20" s="1"/>
+      <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="S20" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T20" s="1" t="s">
-        <v>141</v>
+        <v>33</v>
       </c>
       <c r="U20" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>133</v>
       </c>
       <c r="C21" s="1">
         <v>2101</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>134</v>
       </c>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="S21" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T21" s="1" t="s">
-        <v>33</v>
+        <v>138</v>
       </c>
       <c r="U21" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>133</v>
       </c>
       <c r="C22" s="1">
-        <v>2101</v>
+        <v>2100</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="E22" s="1"/>
-[...1 lines deleted...]
-      <c r="G22" s="1"/>
+      <c r="E22" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G22" s="1">
+        <v>16</v>
+      </c>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
-      <c r="K22" s="1" t="s">
+      <c r="K22" s="1"/>
+      <c r="L22" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="M22" s="1"/>
+      <c r="N22" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="O22" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="P22" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="L22" s="1"/>
-[...3 lines deleted...]
-      <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="S22" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T22" s="1" t="s">
-        <v>141</v>
+        <v>33</v>
       </c>
       <c r="U22" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>133</v>
       </c>
       <c r="C23" s="1">
         <v>2100</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>134</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G23" s="1">
         <v>16</v>
       </c>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="M23" s="1"/>
       <c r="N23" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="O23" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="P23" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="Q23" s="1"/>
       <c r="R23" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="S23" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T23" s="1" t="s">
-        <v>33</v>
+        <v>138</v>
       </c>
       <c r="U23" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C24" s="1">
         <v>1325</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E24" s="1"/>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1" t="s">
         <v>147</v>
@@ -10043,51 +10043,51 @@
         <v>7</v>
       </c>
       <c r="H78" s="1" t="s">
         <v>465</v>
       </c>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1" t="s">
         <v>466</v>
       </c>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
       <c r="P78" s="1" t="s">
         <v>467</v>
       </c>
       <c r="Q78" s="1"/>
       <c r="R78" s="1" t="s">
         <v>468</v>
       </c>
       <c r="S78" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T78" s="1" t="s">
-        <v>33</v>
+        <v>297</v>
       </c>
       <c r="U78" s="1" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="79" spans="1:21">
       <c r="A79" s="1" t="s">
         <v>470</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>471</v>
       </c>
       <c r="C79" s="1">
         <v>1042</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>472</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G79" s="1">
@@ -10592,130 +10592,130 @@
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1" t="s">
         <v>530</v>
       </c>
       <c r="S89" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T89" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U89" s="1" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="90" spans="1:21">
       <c r="A90" s="1" t="s">
         <v>532</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>533</v>
       </c>
       <c r="C90" s="1">
-        <v>5541</v>
+        <v>5540</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="E90" s="1"/>
-[...1 lines deleted...]
-      <c r="G90" s="1"/>
+      <c r="E90" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>536</v>
+      </c>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
-      <c r="K90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L90" s="1"/>
+      <c r="K90" s="1"/>
+      <c r="L90" s="1" t="s">
+        <v>537</v>
+      </c>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
-      <c r="P90" s="1"/>
+      <c r="P90" s="1" t="s">
+        <v>538</v>
+      </c>
       <c r="Q90" s="1"/>
       <c r="R90" s="1" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="S90" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T90" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U90" s="1" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
     </row>
     <row r="91" spans="1:21">
       <c r="A91" s="1" t="s">
         <v>532</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>533</v>
       </c>
       <c r="C91" s="1">
-        <v>5540</v>
+        <v>5541</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="E91" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E91" s="1"/>
+      <c r="F91" s="1"/>
+      <c r="G91" s="1"/>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
-      <c r="K91" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K91" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
-      <c r="P91" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="S91" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T91" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U91" s="1" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
     </row>
     <row r="92" spans="1:21">
       <c r="A92" s="1" t="s">
         <v>542</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>543</v>
       </c>
       <c r="C92" s="1">
         <v>2400</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>544</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>545</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G92" s="1">
         <v>17</v>
       </c>
       <c r="H92" s="1"/>
@@ -11115,11451 +11115,11445 @@
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1" t="s">
         <v>585</v>
       </c>
       <c r="S100" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T100" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U100" s="1" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="101" spans="1:21">
       <c r="A101" s="1" t="s">
         <v>587</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>588</v>
       </c>
       <c r="C101" s="1">
-        <v>1097</v>
+        <v>1204</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>589</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>590</v>
+        <v>4</v>
+      </c>
+      <c r="G101" s="1">
+        <v>113</v>
       </c>
       <c r="H101" s="1"/>
       <c r="I101" s="1"/>
       <c r="J101" s="1"/>
       <c r="K101" s="1"/>
       <c r="L101" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="M101" s="1" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
       <c r="N101" s="1"/>
       <c r="O101" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="P101" s="1" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
       <c r="Q101" s="1"/>
       <c r="R101" s="1" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="S101" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T101" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U101" s="1" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
     </row>
     <row r="102" spans="1:21">
       <c r="A102" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="B102" s="1" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="C102" s="1">
         <v>8004</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>284</v>
       </c>
       <c r="E102" s="1"/>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1">
         <v>26</v>
       </c>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="S102" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T102" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U102" s="1" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
     </row>
     <row r="103" spans="1:21">
       <c r="A103" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="B103" s="1" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="C103" s="1">
         <v>8000</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>284</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="P103" s="1" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>605</v>
       </c>
       <c r="Q103" s="1"/>
       <c r="R103" s="1" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="S103" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T103" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U103" s="1" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
     </row>
     <row r="104" spans="1:21">
       <c r="A104" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="B104" s="1" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="C104" s="1">
         <v>5000</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>195</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="H104" s="1"/>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="P104" s="1" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
       <c r="Q104" s="1"/>
       <c r="R104" s="1" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="S104" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T104" s="1" t="s">
         <v>78</v>
       </c>
       <c r="U104" s="1" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
     </row>
     <row r="105" spans="1:21">
       <c r="A105" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="B105" s="1" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="C105" s="1">
         <v>5001</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>195</v>
       </c>
       <c r="E105" s="1"/>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1">
         <v>122</v>
       </c>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="S105" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T105" s="1" t="s">
         <v>78</v>
       </c>
       <c r="U105" s="1" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
     </row>
     <row r="106" spans="1:21">
       <c r="A106" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B106" s="1" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
       <c r="C106" s="1">
         <v>4400</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>228</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="Q106" s="1"/>
       <c r="R106" s="1" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="S106" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T106" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U106" s="1" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
     </row>
     <row r="107" spans="1:21">
       <c r="A107" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="B107" s="1" t="s">
         <v>622</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
       <c r="C107" s="1">
         <v>3100</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>481</v>
       </c>
       <c r="E107" s="1"/>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="L107" s="1"/>
       <c r="M107" s="1"/>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1"/>
       <c r="Q107" s="1"/>
       <c r="R107" s="1" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="S107" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T107" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U107" s="1" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
     </row>
     <row r="108" spans="1:21">
       <c r="A108" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="B108" s="1" t="s">
         <v>622</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
       <c r="C108" s="1">
         <v>3100</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>481</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G108" s="1">
         <v>9</v>
       </c>
       <c r="H108" s="1"/>
       <c r="I108" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="J108" s="1" t="s">
         <v>628</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
       <c r="K108" s="1"/>
       <c r="L108" s="1" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="P108" s="1" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
       <c r="Q108" s="1"/>
       <c r="R108" s="1" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="S108" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T108" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U108" s="1" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
     </row>
     <row r="109" spans="1:21">
       <c r="A109" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="B109" s="1" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>633</v>
       </c>
       <c r="C109" s="1">
         <v>4025</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G109" s="1">
         <v>41</v>
       </c>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="Q109" s="1"/>
       <c r="R109" s="1" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="S109" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T109" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U109" s="1" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
     </row>
     <row r="110" spans="1:21">
       <c r="A110" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="B110" s="1" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>633</v>
       </c>
       <c r="C110" s="1">
         <v>4001</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E110" s="1"/>
       <c r="F110" s="1"/>
       <c r="G110" s="1"/>
       <c r="H110" s="1"/>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="S110" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T110" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U110" s="1" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
     </row>
     <row r="111" spans="1:21">
       <c r="A111" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="B111" s="1" t="s">
         <v>640</v>
-      </c>
-[...1 lines deleted...]
-        <v>641</v>
       </c>
       <c r="C111" s="1">
         <v>2060</v>
       </c>
       <c r="D111" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="E111" s="1" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G111" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="H111" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="H111" s="1" t="s">
+      <c r="I111" s="1" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
       <c r="J111" s="1" t="s">
         <v>500</v>
       </c>
       <c r="K111" s="1"/>
       <c r="L111" s="1" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="Q111" s="1"/>
       <c r="R111" s="1" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="S111" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T111" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U111" s="1" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
     </row>
     <row r="112" spans="1:21">
       <c r="A112" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="B112" s="1" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
       <c r="C112" s="1">
         <v>7090</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="E112" s="1"/>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="S112" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T112" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U112" s="1" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
     </row>
     <row r="113" spans="1:21">
       <c r="A113" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="B113" s="1" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
       <c r="C113" s="1">
         <v>7090</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G113" s="1">
         <v>13</v>
       </c>
       <c r="H113" s="1"/>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
       <c r="K113" s="1"/>
       <c r="L113" s="1" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="Q113" s="1"/>
       <c r="R113" s="1" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="S113" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T113" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U113" s="1" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
     </row>
     <row r="114" spans="1:21">
       <c r="A114" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B114" s="1" t="s">
         <v>660</v>
-      </c>
-[...1 lines deleted...]
-        <v>661</v>
       </c>
       <c r="C114" s="1">
         <v>2900</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>662</v>
-[...3 lines deleted...]
-      </c>
+        <v>661</v>
+      </c>
+      <c r="E114" s="1"/>
       <c r="F114" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G114" s="1"/>
       <c r="H114" s="1"/>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
-      <c r="K114" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K114" s="1">
+        <v>154</v>
+      </c>
+      <c r="L114" s="1"/>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
-      <c r="O114" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O114" s="1"/>
+      <c r="P114" s="1"/>
       <c r="Q114" s="1"/>
       <c r="R114" s="1" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
       <c r="S114" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T114" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U114" s="1" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
     </row>
     <row r="115" spans="1:21">
       <c r="A115" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B115" s="1" t="s">
         <v>660</v>
-      </c>
-[...1 lines deleted...]
-        <v>661</v>
       </c>
       <c r="C115" s="1">
         <v>2900</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="E115" s="1"/>
+        <v>661</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>664</v>
+      </c>
       <c r="F115" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G115" s="1"/>
+        <v>71</v>
+      </c>
+      <c r="G115" s="1">
+        <v>19</v>
+      </c>
       <c r="H115" s="1"/>
       <c r="I115" s="1"/>
       <c r="J115" s="1"/>
-      <c r="K115" s="1">
-[...2 lines deleted...]
-      <c r="L115" s="1"/>
+      <c r="K115" s="1"/>
+      <c r="L115" s="1" t="s">
+        <v>665</v>
+      </c>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
-      <c r="O115" s="1"/>
-      <c r="P115" s="1"/>
+      <c r="O115" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="P115" s="1" t="s">
+        <v>667</v>
+      </c>
       <c r="Q115" s="1"/>
       <c r="R115" s="1" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
       <c r="S115" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T115" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U115" s="1" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
     </row>
     <row r="116" spans="1:21">
       <c r="A116" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="B116" s="1" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
       <c r="C116" s="1">
         <v>4001</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E116" s="1"/>
       <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
       <c r="I116" s="1"/>
       <c r="J116" s="1"/>
       <c r="K116" s="1" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="L116" s="1"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="S116" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T116" s="1" t="s">
         <v>297</v>
       </c>
       <c r="U116" s="1" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
     </row>
     <row r="117" spans="1:21">
       <c r="A117" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="B117" s="1" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
       <c r="C117" s="1">
         <v>2120</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H117" s="1"/>
       <c r="I117" s="1" t="s">
         <v>129</v>
       </c>
       <c r="J117" s="1">
         <v>3</v>
       </c>
       <c r="K117" s="1"/>
       <c r="L117" s="1" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="Q117" s="1"/>
       <c r="R117" s="1" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="S117" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T117" s="1" t="s">
         <v>297</v>
       </c>
       <c r="U117" s="1" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
     </row>
     <row r="118" spans="1:21">
       <c r="A118" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="B118" s="1" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
       <c r="C118" s="1">
         <v>3530</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E118" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="F118" s="1" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
       <c r="G118" s="1">
         <v>5</v>
       </c>
       <c r="H118" s="1"/>
       <c r="I118" s="1" t="s">
         <v>269</v>
       </c>
       <c r="J118" s="1">
         <v>3</v>
       </c>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="O118" s="1"/>
       <c r="P118" s="1" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="Q118" s="1"/>
       <c r="R118" s="1" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="S118" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T118" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U118" s="1" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
     </row>
     <row r="119" spans="1:21">
       <c r="A119" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="B119" s="1" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
       <c r="C119" s="1">
         <v>3501</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E119" s="1"/>
       <c r="F119" s="1"/>
       <c r="G119" s="1"/>
       <c r="H119" s="1"/>
       <c r="I119" s="1"/>
       <c r="J119" s="1"/>
       <c r="K119" s="1" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="S119" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T119" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U119" s="1" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
     </row>
     <row r="120" spans="1:21">
       <c r="A120" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="B120" s="1" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
       <c r="C120" s="1">
         <v>3900</v>
       </c>
       <c r="D120" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="E120" s="1" t="s">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>689</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G120" s="1">
         <v>4</v>
       </c>
       <c r="H120" s="1"/>
       <c r="I120" s="1"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="Q120" s="1"/>
       <c r="R120" s="1" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="S120" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T120" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U120" s="1" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
     </row>
     <row r="121" spans="1:21">
       <c r="A121" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="B121" s="1" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
       <c r="C121" s="1">
         <v>3901</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="E121" s="1"/>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G121" s="1"/>
       <c r="H121" s="1"/>
       <c r="I121" s="1"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1">
         <v>71</v>
       </c>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="S121" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T121" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U121" s="1" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
     </row>
     <row r="122" spans="1:21">
       <c r="A122" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="B122" s="1" t="s">
         <v>694</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
       <c r="C122" s="1">
         <v>8600</v>
       </c>
       <c r="D122" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="E122" s="1" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G122" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H122" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="H122" s="1" t="s">
+      <c r="I122" s="1" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>700</v>
       </c>
       <c r="J122" s="1">
         <v>40</v>
       </c>
       <c r="K122" s="1"/>
       <c r="L122" s="1" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="Q122" s="1"/>
       <c r="R122" s="1" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="S122" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T122" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U122" s="1" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
     </row>
     <row r="123" spans="1:21">
       <c r="A123" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="B123" s="1" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="C123" s="1">
         <v>7570</v>
       </c>
       <c r="D123" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="E123" s="1" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="H123" s="1"/>
       <c r="I123" s="1"/>
       <c r="J123" s="1"/>
       <c r="K123" s="1"/>
       <c r="L123" s="1"/>
       <c r="M123" s="1"/>
       <c r="N123" s="1" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="O123" s="1"/>
       <c r="P123" s="1" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="Q123" s="1"/>
       <c r="R123" s="1" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="S123" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T123" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U123" s="1" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
     </row>
     <row r="124" spans="1:21">
       <c r="A124" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="B124" s="1" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="C124" s="1">
         <v>7570</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="E124" s="1"/>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G124" s="1"/>
       <c r="H124" s="1"/>
       <c r="I124" s="1"/>
       <c r="J124" s="1"/>
       <c r="K124" s="1">
         <v>39</v>
       </c>
       <c r="L124" s="1"/>
       <c r="M124" s="1"/>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1"/>
       <c r="Q124" s="1"/>
       <c r="R124" s="1" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="S124" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T124" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U124" s="1" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
     </row>
     <row r="125" spans="1:21">
       <c r="A125" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B125" s="1" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
       <c r="C125" s="1">
         <v>8900</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>394</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>61</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="G125" s="1">
         <v>3</v>
       </c>
       <c r="H125" s="1"/>
       <c r="I125" s="1"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="Q125" s="1"/>
       <c r="R125" s="1" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="S125" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T125" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U125" s="1" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
     </row>
     <row r="126" spans="1:21">
       <c r="A126" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="B126" s="1" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>722</v>
       </c>
       <c r="C126" s="1">
         <v>7621</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G126" s="1">
         <v>7</v>
       </c>
       <c r="H126" s="1"/>
       <c r="I126" s="1" t="s">
         <v>307</v>
       </c>
       <c r="J126" s="1">
         <v>3</v>
       </c>
       <c r="K126" s="1"/>
       <c r="L126" s="1" t="s">
-        <v>724</v>
+        <v>723</v>
       </c>
       <c r="M126" s="1"/>
       <c r="N126" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="O126" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="P126" s="1" t="s">
         <v>725</v>
-      </c>
-[...4 lines deleted...]
-        <v>726</v>
       </c>
       <c r="Q126" s="1"/>
       <c r="R126" s="1" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="S126" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T126" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U126" s="1" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
     </row>
     <row r="127" spans="1:21">
       <c r="A127" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B127" s="1" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
       <c r="C127" s="1">
         <v>8600</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G127" s="1">
         <v>99</v>
       </c>
       <c r="H127" s="1"/>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="P127" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="P127" s="1" t="s">
+      <c r="Q127" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="Q127" s="1" t="s">
+      <c r="R127" s="1" t="s">
         <v>735</v>
-      </c>
-[...1 lines deleted...]
-        <v>736</v>
       </c>
       <c r="S127" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T127" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U127" s="1" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
     </row>
     <row r="128" spans="1:21">
       <c r="A128" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B128" s="1" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
       <c r="C128" s="1">
         <v>8601</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="E128" s="1"/>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G128" s="1"/>
       <c r="H128" s="1"/>
       <c r="I128" s="1"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1">
         <v>65</v>
       </c>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="S128" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T128" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U128" s="1" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
     </row>
     <row r="129" spans="1:21">
       <c r="A129" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="B129" s="1" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>739</v>
       </c>
       <c r="C129" s="1">
         <v>6100</v>
       </c>
       <c r="D129" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="E129" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="E129" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F129" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>185</v>
       </c>
       <c r="H129" s="1"/>
       <c r="I129" s="1" t="s">
         <v>152</v>
       </c>
       <c r="J129" s="1" t="s">
         <v>85</v>
       </c>
       <c r="K129" s="1"/>
       <c r="L129" s="1" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1" t="s">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="Q129" s="1"/>
       <c r="R129" s="1" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="S129" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T129" s="1" t="s">
         <v>78</v>
       </c>
       <c r="U129" s="1" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
     </row>
     <row r="130" spans="1:21">
       <c r="A130" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="B130" s="1" t="s">
         <v>746</v>
-      </c>
-[...1 lines deleted...]
-        <v>747</v>
       </c>
       <c r="C130" s="1">
         <v>1055</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>83</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G130" s="1">
         <v>30</v>
       </c>
       <c r="H130" s="1"/>
       <c r="I130" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J130" s="1">
         <v>1</v>
       </c>
       <c r="K130" s="1"/>
       <c r="L130" s="1" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="M130" s="1"/>
       <c r="N130" s="1"/>
       <c r="O130" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="P130" s="1" t="s">
         <v>749</v>
-      </c>
-[...1 lines deleted...]
-        <v>750</v>
       </c>
       <c r="Q130" s="1"/>
       <c r="R130" s="1" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="S130" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T130" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U130" s="1" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
     </row>
     <row r="131" spans="1:21">
       <c r="A131" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="B131" s="1" t="s">
         <v>746</v>
-      </c>
-[...1 lines deleted...]
-        <v>747</v>
       </c>
       <c r="C131" s="1">
         <v>1387</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E131" s="1"/>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G131" s="1"/>
       <c r="H131" s="1"/>
       <c r="I131" s="1"/>
       <c r="J131" s="1"/>
       <c r="K131" s="1">
         <v>25</v>
       </c>
       <c r="L131" s="1"/>
       <c r="M131" s="1"/>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
       <c r="P131" s="1"/>
       <c r="Q131" s="1"/>
       <c r="R131" s="1" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="S131" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T131" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U131" s="1" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
     </row>
     <row r="132" spans="1:21">
       <c r="A132" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="B132" s="1" t="s">
         <v>753</v>
-      </c>
-[...1 lines deleted...]
-        <v>754</v>
       </c>
       <c r="C132" s="1">
         <v>9200</v>
       </c>
       <c r="D132" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="E132" s="1" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G132" s="1">
         <v>2</v>
       </c>
       <c r="H132" s="1"/>
       <c r="I132" s="1" t="s">
         <v>307</v>
       </c>
       <c r="J132" s="1">
         <v>1</v>
       </c>
       <c r="K132" s="1"/>
       <c r="L132" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="M132" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="M132" s="1" t="s">
+      <c r="N132" s="1" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>759</v>
       </c>
       <c r="O132" s="1"/>
       <c r="P132" s="1" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="Q132" s="1"/>
       <c r="R132" s="1" t="s">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="S132" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T132" s="1" t="s">
         <v>357</v>
       </c>
       <c r="U132" s="1" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
     </row>
     <row r="133" spans="1:21">
       <c r="A133" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="B133" s="1" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>764</v>
       </c>
       <c r="C133" s="1">
         <v>4002</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E133" s="1"/>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G133" s="1"/>
       <c r="H133" s="1"/>
       <c r="I133" s="1"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1">
         <v>435</v>
       </c>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="S133" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T133" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U133" s="1" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
     </row>
     <row r="134" spans="1:21">
       <c r="A134" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="B134" s="1" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>764</v>
       </c>
       <c r="C134" s="1">
         <v>4031</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>525</v>
       </c>
       <c r="H134" s="1"/>
       <c r="I134" s="1" t="s">
         <v>526</v>
       </c>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="P134" s="1" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>769</v>
       </c>
       <c r="Q134" s="1"/>
       <c r="R134" s="1" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="S134" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T134" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U134" s="1" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
     </row>
     <row r="135" spans="1:21">
       <c r="A135" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B135" s="1" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
       <c r="C135" s="1">
         <v>5001</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>195</v>
       </c>
       <c r="E135" s="1"/>
       <c r="F135" s="1"/>
       <c r="G135" s="1"/>
       <c r="H135" s="1"/>
       <c r="I135" s="1"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="S135" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T135" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U135" s="1" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
     </row>
     <row r="136" spans="1:21">
       <c r="A136" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B136" s="1" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
       <c r="C136" s="1">
         <v>5700</v>
       </c>
       <c r="D136" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="E136" s="1" t="s">
         <v>775</v>
-      </c>
-[...1 lines deleted...]
-        <v>776</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="H136" s="1"/>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="O136" s="1"/>
       <c r="P136" s="1" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="Q136" s="1"/>
       <c r="R136" s="1" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="S136" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T136" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U136" s="1" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
     </row>
     <row r="137" spans="1:21">
       <c r="A137" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B137" s="1" t="s">
         <v>780</v>
-      </c>
-[...1 lines deleted...]
-        <v>781</v>
       </c>
       <c r="C137" s="1">
         <v>3580</v>
       </c>
       <c r="D137" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="E137" s="1" t="s">
         <v>782</v>
-      </c>
-[...1 lines deleted...]
-        <v>783</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G137" s="1">
         <v>97</v>
       </c>
       <c r="H137" s="1"/>
       <c r="I137" s="1"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="M137" s="1"/>
       <c r="N137" s="1" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="O137" s="1"/>
       <c r="P137" s="1" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="Q137" s="1"/>
       <c r="R137" s="1" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="S137" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T137" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U137" s="1" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
     </row>
     <row r="138" spans="1:21">
       <c r="A138" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="B138" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="B138" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="1">
-        <v>1675</v>
+        <v>1181</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E138" s="1"/>
-[...1 lines deleted...]
-      <c r="G138" s="1"/>
+      <c r="E138" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>791</v>
+      </c>
       <c r="H138" s="1"/>
       <c r="I138" s="1"/>
       <c r="J138" s="1"/>
-      <c r="K138" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K138" s="1"/>
       <c r="L138" s="1"/>
       <c r="M138" s="1"/>
-      <c r="N138" s="1"/>
+      <c r="N138" s="1" t="s">
+        <v>792</v>
+      </c>
       <c r="O138" s="1"/>
-      <c r="P138" s="1"/>
+      <c r="P138" s="1" t="s">
+        <v>793</v>
+      </c>
       <c r="Q138" s="1"/>
       <c r="R138" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="S138" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T138" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U138" s="1" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
     </row>
     <row r="139" spans="1:21">
       <c r="A139" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="B139" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="B139" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" s="1">
-        <v>1181</v>
+        <v>1675</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E139" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E139" s="1"/>
+      <c r="F139" s="1"/>
+      <c r="G139" s="1"/>
       <c r="H139" s="1"/>
       <c r="I139" s="1"/>
       <c r="J139" s="1"/>
-      <c r="K139" s="1"/>
+      <c r="K139" s="1" t="s">
+        <v>796</v>
+      </c>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
-      <c r="N139" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N139" s="1"/>
       <c r="O139" s="1"/>
-      <c r="P139" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P139" s="1"/>
       <c r="Q139" s="1"/>
       <c r="R139" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="S139" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T139" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U139" s="1" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
     </row>
     <row r="140" spans="1:21">
       <c r="A140" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="B140" s="1" t="s">
         <v>798</v>
-      </c>
-[...1 lines deleted...]
-        <v>799</v>
       </c>
       <c r="C140" s="1">
         <v>3980</v>
       </c>
       <c r="D140" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="E140" s="1" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G140" s="1">
         <v>61</v>
       </c>
       <c r="H140" s="1"/>
       <c r="I140" s="1"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="P140" s="1" t="s">
         <v>802</v>
-      </c>
-[...1 lines deleted...]
-        <v>803</v>
       </c>
       <c r="Q140" s="1"/>
       <c r="R140" s="1" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
       <c r="S140" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T140" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U140" s="1" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
     </row>
     <row r="141" spans="1:21">
       <c r="A141" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="B141" s="1" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
       <c r="C141" s="1">
         <v>6720</v>
       </c>
       <c r="D141" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="E141" s="1" t="s">
         <v>808</v>
-      </c>
-[...1 lines deleted...]
-        <v>809</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>185</v>
       </c>
       <c r="H141" s="1"/>
       <c r="I141" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J141" s="1">
         <v>1</v>
       </c>
       <c r="K141" s="1"/>
       <c r="L141" s="1" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="M141" s="1"/>
       <c r="N141" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="O141" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="P141" s="1" t="s">
         <v>811</v>
-      </c>
-[...4 lines deleted...]
-        <v>812</v>
       </c>
       <c r="Q141" s="1"/>
       <c r="R141" s="1" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="S141" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T141" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U141" s="1" t="s">
-        <v>814</v>
+        <v>813</v>
       </c>
     </row>
     <row r="142" spans="1:21">
       <c r="A142" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="B142" s="1" t="s">
         <v>815</v>
-      </c>
-[...1 lines deleted...]
-        <v>816</v>
       </c>
       <c r="C142" s="1">
         <v>9700</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>507</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G142" s="1">
         <v>13</v>
       </c>
       <c r="H142" s="1" t="s">
         <v>269</v>
       </c>
       <c r="I142" s="1">
         <v>1</v>
       </c>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="P142" s="1" t="s">
         <v>819</v>
-      </c>
-[...1 lines deleted...]
-        <v>820</v>
       </c>
       <c r="Q142" s="1"/>
       <c r="R142" s="1" t="s">
-        <v>821</v>
+        <v>820</v>
       </c>
       <c r="S142" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T142" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U142" s="1" t="s">
-        <v>822</v>
+        <v>821</v>
       </c>
     </row>
     <row r="143" spans="1:21">
       <c r="A143" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="B143" s="1" t="s">
         <v>823</v>
-      </c>
-[...1 lines deleted...]
-        <v>824</v>
       </c>
       <c r="C143" s="1">
         <v>8000</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>284</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H143" s="1"/>
       <c r="I143" s="1" t="s">
         <v>152</v>
       </c>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
       <c r="P143" s="1" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="Q143" s="1"/>
       <c r="R143" s="1" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
       <c r="S143" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T143" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U143" s="1" t="s">
-        <v>829</v>
+        <v>828</v>
       </c>
     </row>
     <row r="144" spans="1:21">
       <c r="A144" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="B144" s="1" t="s">
         <v>830</v>
-      </c>
-[...1 lines deleted...]
-        <v>831</v>
       </c>
       <c r="C144" s="1">
         <v>5900</v>
       </c>
       <c r="D144" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="E144" s="1" t="s">
         <v>832</v>
-      </c>
-[...1 lines deleted...]
-        <v>833</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G144" s="1">
         <v>6</v>
       </c>
       <c r="H144" s="1"/>
       <c r="I144" s="1"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="P144" s="1" t="s">
         <v>835</v>
-      </c>
-[...1 lines deleted...]
-        <v>836</v>
       </c>
       <c r="Q144" s="1"/>
       <c r="R144" s="1" t="s">
-        <v>837</v>
+        <v>836</v>
       </c>
       <c r="S144" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T144" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U144" s="1" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
     </row>
     <row r="145" spans="1:21">
       <c r="A145" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="B145" s="1" t="s">
         <v>830</v>
-      </c>
-[...1 lines deleted...]
-        <v>831</v>
       </c>
       <c r="C145" s="1">
         <v>5901</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="E145" s="1"/>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G145" s="1"/>
       <c r="H145" s="1"/>
       <c r="I145" s="1"/>
       <c r="J145" s="1"/>
       <c r="K145" s="1">
         <v>32</v>
       </c>
       <c r="L145" s="1"/>
       <c r="M145" s="1"/>
       <c r="N145" s="1"/>
       <c r="O145" s="1"/>
       <c r="P145" s="1"/>
       <c r="Q145" s="1"/>
       <c r="R145" s="1" t="s">
-        <v>837</v>
+        <v>836</v>
       </c>
       <c r="S145" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T145" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U145" s="1" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
     </row>
     <row r="146" spans="1:21">
       <c r="A146" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="B146" s="1" t="s">
         <v>839</v>
-      </c>
-[...1 lines deleted...]
-        <v>840</v>
       </c>
       <c r="C146" s="1">
         <v>7300</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>259</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G146" s="1">
         <v>3</v>
       </c>
       <c r="H146" s="1"/>
       <c r="I146" s="1" t="s">
         <v>307</v>
       </c>
       <c r="J146" s="1">
         <v>1</v>
       </c>
       <c r="K146" s="1"/>
       <c r="L146" s="1" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
       <c r="O146" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="P146" s="1" t="s">
         <v>843</v>
-      </c>
-[...1 lines deleted...]
-        <v>844</v>
       </c>
       <c r="Q146" s="1"/>
       <c r="R146" s="1" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="S146" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T146" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U146" s="1" t="s">
-        <v>846</v>
+        <v>845</v>
       </c>
     </row>
     <row r="147" spans="1:21">
       <c r="A147" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="B147" s="1" t="s">
         <v>847</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
       <c r="C147" s="1">
         <v>2800</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>323</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="H147" s="1"/>
       <c r="I147" s="1"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="M147" s="1" t="s">
         <v>851</v>
-      </c>
-[...1 lines deleted...]
-        <v>852</v>
       </c>
       <c r="N147" s="1"/>
       <c r="O147" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="P147" s="1" t="s">
         <v>853</v>
-      </c>
-[...1 lines deleted...]
-        <v>854</v>
       </c>
       <c r="Q147" s="1"/>
       <c r="R147" s="1" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="S147" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T147" s="1" t="s">
         <v>297</v>
       </c>
       <c r="U147" s="1" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
     </row>
     <row r="148" spans="1:21">
       <c r="A148" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="B148" s="1" t="s">
         <v>857</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
       <c r="C148" s="1">
         <v>3300</v>
       </c>
       <c r="D148" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="E148" s="1" t="s">
         <v>859</v>
-      </c>
-[...1 lines deleted...]
-        <v>860</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G148" s="1">
         <v>12</v>
       </c>
       <c r="H148" s="1"/>
       <c r="I148" s="1" t="s">
         <v>307</v>
       </c>
       <c r="J148" s="1">
         <v>1</v>
       </c>
       <c r="K148" s="1"/>
       <c r="L148" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="M148" s="1" t="s">
         <v>861</v>
-      </c>
-[...1 lines deleted...]
-        <v>862</v>
       </c>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
       <c r="P148" s="1" t="s">
-        <v>863</v>
+        <v>862</v>
       </c>
       <c r="Q148" s="1"/>
       <c r="R148" s="1" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
       <c r="S148" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T148" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U148" s="1" t="s">
-        <v>865</v>
+        <v>864</v>
       </c>
     </row>
     <row r="149" spans="1:21">
       <c r="A149" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="B149" s="1" t="s">
         <v>857</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
       <c r="C149" s="1">
         <v>3301</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="E149" s="1"/>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G149" s="1"/>
       <c r="H149" s="1"/>
       <c r="I149" s="1"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1">
         <v>466</v>
       </c>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1"/>
       <c r="R149" s="1" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
       <c r="S149" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T149" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U149" s="1" t="s">
-        <v>865</v>
+        <v>864</v>
       </c>
     </row>
     <row r="150" spans="1:21">
       <c r="A150" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="B150" s="1" t="s">
         <v>867</v>
-      </c>
-[...1 lines deleted...]
-        <v>868</v>
       </c>
       <c r="C150" s="1">
         <v>3300</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>869</v>
+        <v>868</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="H150" s="1"/>
       <c r="I150" s="1" t="s">
         <v>439</v>
       </c>
       <c r="J150" s="1">
         <v>2</v>
       </c>
       <c r="K150" s="1"/>
       <c r="L150" s="1"/>
       <c r="M150" s="1"/>
       <c r="N150" s="1" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="O150" s="1"/>
       <c r="P150" s="1" t="s">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="Q150" s="1"/>
       <c r="R150" s="1" t="s">
-        <v>873</v>
+        <v>872</v>
       </c>
       <c r="S150" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T150" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U150" s="1" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
     </row>
     <row r="151" spans="1:21">
       <c r="A151" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="B151" s="1" t="s">
         <v>867</v>
-      </c>
-[...1 lines deleted...]
-        <v>868</v>
       </c>
       <c r="C151" s="1">
         <v>3300</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="E151" s="1"/>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G151" s="1"/>
       <c r="H151" s="1"/>
       <c r="I151" s="1"/>
       <c r="J151" s="1"/>
       <c r="K151" s="1">
         <v>467</v>
       </c>
       <c r="L151" s="1"/>
       <c r="M151" s="1"/>
       <c r="N151" s="1"/>
       <c r="O151" s="1"/>
       <c r="P151" s="1"/>
       <c r="Q151" s="1"/>
       <c r="R151" s="1" t="s">
-        <v>873</v>
+        <v>872</v>
       </c>
       <c r="S151" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T151" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U151" s="1" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
     </row>
     <row r="152" spans="1:21">
       <c r="A152" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="B152" s="1" t="s">
         <v>875</v>
-      </c>
-[...1 lines deleted...]
-        <v>876</v>
       </c>
       <c r="C152" s="1">
         <v>4400</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>228</v>
       </c>
       <c r="E152" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="G152" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="F152" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G152" s="1" t="s">
+      <c r="H152" s="1" t="s">
         <v>878</v>
-      </c>
-[...1 lines deleted...]
-        <v>879</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>526</v>
       </c>
       <c r="J152" s="1" t="s">
         <v>525</v>
       </c>
       <c r="K152" s="1"/>
       <c r="L152" s="1" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="M152" s="1"/>
       <c r="N152" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="O152" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="P152" s="1" t="s">
         <v>881</v>
-      </c>
-[...4 lines deleted...]
-        <v>882</v>
       </c>
       <c r="Q152" s="1"/>
       <c r="R152" s="1" t="s">
-        <v>883</v>
+        <v>882</v>
       </c>
       <c r="S152" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T152" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U152" s="1" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
     </row>
     <row r="153" spans="1:21">
       <c r="A153" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="B153" s="1" t="s">
         <v>885</v>
-      </c>
-[...1 lines deleted...]
-        <v>886</v>
       </c>
       <c r="C153" s="1">
         <v>6401</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="E153" s="1"/>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G153" s="1"/>
       <c r="H153" s="1"/>
       <c r="I153" s="1"/>
       <c r="J153" s="1"/>
       <c r="K153" s="1" t="s">
         <v>525</v>
       </c>
       <c r="L153" s="1"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
       <c r="O153" s="1"/>
       <c r="P153" s="1"/>
       <c r="Q153" s="1"/>
       <c r="R153" s="1" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="S153" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T153" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U153" s="1" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
     </row>
     <row r="154" spans="1:21">
       <c r="A154" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="B154" s="1" t="s">
         <v>885</v>
-      </c>
-[...1 lines deleted...]
-        <v>886</v>
       </c>
       <c r="C154" s="1">
         <v>6400</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G154" s="1">
         <v>3</v>
       </c>
       <c r="H154" s="1"/>
       <c r="I154" s="1"/>
       <c r="J154" s="1"/>
       <c r="K154" s="1"/>
       <c r="L154" s="1" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
       <c r="O154" s="1"/>
       <c r="P154" s="1" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="Q154" s="1"/>
       <c r="R154" s="1" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="S154" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T154" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U154" s="1" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
     </row>
     <row r="155" spans="1:21">
       <c r="A155" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="B155" s="1" t="s">
         <v>893</v>
-      </c>
-[...1 lines deleted...]
-        <v>894</v>
       </c>
       <c r="C155" s="1">
         <v>3390</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>395</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="H155" s="1"/>
       <c r="I155" s="1"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="P155" s="1" t="s">
         <v>898</v>
-      </c>
-[...1 lines deleted...]
-        <v>899</v>
       </c>
       <c r="Q155" s="1"/>
       <c r="R155" s="1" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="S155" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T155" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U155" s="1" t="s">
-        <v>901</v>
+        <v>900</v>
       </c>
     </row>
     <row r="156" spans="1:21">
       <c r="A156" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="B156" s="1" t="s">
         <v>893</v>
-      </c>
-[...1 lines deleted...]
-        <v>894</v>
       </c>
       <c r="C156" s="1">
         <v>5001</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>195</v>
       </c>
       <c r="E156" s="1"/>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G156" s="1"/>
       <c r="H156" s="1"/>
       <c r="I156" s="1"/>
       <c r="J156" s="1"/>
       <c r="K156" s="1">
         <v>222</v>
       </c>
       <c r="L156" s="1"/>
       <c r="M156" s="1"/>
       <c r="N156" s="1"/>
       <c r="O156" s="1"/>
       <c r="P156" s="1"/>
       <c r="Q156" s="1"/>
       <c r="R156" s="1" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="S156" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T156" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U156" s="1" t="s">
-        <v>901</v>
+        <v>900</v>
       </c>
     </row>
     <row r="157" spans="1:21">
       <c r="A157" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="B157" s="1" t="s">
         <v>902</v>
-      </c>
-[...1 lines deleted...]
-        <v>903</v>
       </c>
       <c r="C157" s="1">
         <v>1475</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E157" s="1"/>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G157" s="1"/>
       <c r="H157" s="1"/>
       <c r="I157" s="1"/>
       <c r="J157" s="1"/>
       <c r="K157" s="1">
         <v>247</v>
       </c>
       <c r="L157" s="1"/>
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
       <c r="P157" s="1"/>
       <c r="Q157" s="1"/>
       <c r="R157" s="1" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="S157" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T157" s="1" t="s">
         <v>78</v>
       </c>
       <c r="U157" s="1" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
     </row>
     <row r="158" spans="1:21">
       <c r="A158" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="B158" s="1" t="s">
         <v>902</v>
-      </c>
-[...1 lines deleted...]
-        <v>903</v>
       </c>
       <c r="C158" s="1">
         <v>1106</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G158" s="1">
         <v>30</v>
       </c>
       <c r="H158" s="1"/>
       <c r="I158" s="1"/>
       <c r="J158" s="1"/>
       <c r="K158" s="1"/>
       <c r="L158" s="1" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
       <c r="O158" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="P158" s="1" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>908</v>
       </c>
       <c r="Q158" s="1"/>
       <c r="R158" s="1" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="S158" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T158" s="1" t="s">
         <v>78</v>
       </c>
       <c r="U158" s="1" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
     </row>
     <row r="159" spans="1:21">
       <c r="A159" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="B159" s="1" t="s">
         <v>909</v>
-      </c>
-[...1 lines deleted...]
-        <v>910</v>
       </c>
       <c r="C159" s="1">
         <v>3200</v>
       </c>
       <c r="D159" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="E159" s="1" t="s">
         <v>911</v>
-      </c>
-[...1 lines deleted...]
-        <v>912</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>913</v>
+        <v>912</v>
       </c>
       <c r="H159" s="1" t="s">
         <v>253</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J159" s="1" t="s">
         <v>160</v>
       </c>
       <c r="K159" s="1"/>
       <c r="L159" s="1" t="s">
-        <v>914</v>
+        <v>913</v>
       </c>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
       <c r="P159" s="1" t="s">
-        <v>915</v>
+        <v>914</v>
       </c>
       <c r="Q159" s="1"/>
       <c r="R159" s="1" t="s">
-        <v>916</v>
+        <v>915</v>
       </c>
       <c r="S159" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T159" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U159" s="1" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
     </row>
     <row r="160" spans="1:21">
       <c r="A160" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="B160" s="1" t="s">
         <v>909</v>
-      </c>
-[...1 lines deleted...]
-        <v>910</v>
       </c>
       <c r="C160" s="1">
         <v>3200</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="E160" s="1"/>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G160" s="1"/>
       <c r="H160" s="1"/>
       <c r="I160" s="1"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1">
         <v>273</v>
       </c>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1" t="s">
-        <v>916</v>
+        <v>915</v>
       </c>
       <c r="S160" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T160" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U160" s="1" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
     </row>
     <row r="161" spans="1:21">
       <c r="A161" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="B161" s="1" t="s">
         <v>918</v>
-      </c>
-[...1 lines deleted...]
-        <v>919</v>
       </c>
       <c r="C161" s="1">
         <v>2801</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>323</v>
       </c>
       <c r="E161" s="1"/>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G161" s="1"/>
       <c r="H161" s="1"/>
       <c r="I161" s="1"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1">
         <v>1660</v>
       </c>
       <c r="L161" s="1"/>
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
       <c r="O161" s="1"/>
       <c r="P161" s="1"/>
       <c r="Q161" s="1"/>
       <c r="R161" s="1" t="s">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="S161" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T161" s="1" t="s">
         <v>217</v>
       </c>
       <c r="U161" s="1" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
     </row>
     <row r="162" spans="1:21">
       <c r="A162" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="B162" s="1" t="s">
         <v>918</v>
-      </c>
-[...1 lines deleted...]
-        <v>919</v>
       </c>
       <c r="C162" s="1">
         <v>2800</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>323</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G162" s="1">
         <v>7</v>
       </c>
       <c r="H162" s="1"/>
       <c r="I162" s="1" t="s">
-        <v>922</v>
+        <v>921</v>
       </c>
       <c r="J162" s="1">
         <v>3</v>
       </c>
       <c r="K162" s="1"/>
       <c r="L162" s="1" t="s">
-        <v>923</v>
+        <v>922</v>
       </c>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="P162" s="1" t="s">
         <v>923</v>
-      </c>
-[...1 lines deleted...]
-        <v>924</v>
       </c>
       <c r="Q162" s="1"/>
       <c r="R162" s="1" t="s">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="S162" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T162" s="1" t="s">
         <v>217</v>
       </c>
       <c r="U162" s="1" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
     </row>
     <row r="163" spans="1:21">
       <c r="A163" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="B163" s="1" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>926</v>
       </c>
       <c r="C163" s="1">
         <v>8000</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>284</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G163" s="1">
         <v>31</v>
       </c>
       <c r="H163" s="1"/>
       <c r="I163" s="1"/>
       <c r="J163" s="1"/>
       <c r="K163" s="1"/>
       <c r="L163" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="M163" s="1" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
       <c r="P163" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="Q163" s="1" t="s">
         <v>930</v>
       </c>
-      <c r="Q163" s="1" t="s">
+      <c r="R163" s="1" t="s">
         <v>931</v>
-      </c>
-[...1 lines deleted...]
-        <v>932</v>
       </c>
       <c r="S163" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T163" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U163" s="1" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
     </row>
     <row r="164" spans="1:21">
       <c r="A164" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="B164" s="1" t="s">
         <v>934</v>
-      </c>
-[...1 lines deleted...]
-        <v>935</v>
       </c>
       <c r="C164" s="1">
         <v>3800</v>
       </c>
       <c r="D164" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="E164" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="E164" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F164" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="H164" s="1"/>
       <c r="I164" s="1" t="s">
         <v>571</v>
       </c>
       <c r="J164" s="1">
         <v>6</v>
       </c>
       <c r="K164" s="1"/>
       <c r="L164" s="1" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="M164" s="1"/>
       <c r="N164" s="1"/>
       <c r="O164" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="P164" s="1" t="s">
         <v>938</v>
-      </c>
-[...1 lines deleted...]
-        <v>939</v>
       </c>
       <c r="Q164" s="1"/>
       <c r="R164" s="1" t="s">
-        <v>940</v>
+        <v>939</v>
       </c>
       <c r="S164" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T164" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U164" s="1" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
     </row>
     <row r="165" spans="1:21">
       <c r="A165" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="B165" s="1" t="s">
         <v>934</v>
-      </c>
-[...1 lines deleted...]
-        <v>935</v>
       </c>
       <c r="C165" s="1">
         <v>3800</v>
       </c>
       <c r="D165" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="E165" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="E165" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F165" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="H165" s="1"/>
       <c r="I165" s="1" t="s">
         <v>571</v>
       </c>
       <c r="J165" s="1">
         <v>6</v>
       </c>
       <c r="K165" s="1"/>
       <c r="L165" s="1" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="P165" s="1" t="s">
         <v>938</v>
-      </c>
-[...1 lines deleted...]
-        <v>939</v>
       </c>
       <c r="Q165" s="1"/>
       <c r="R165" s="1" t="s">
-        <v>940</v>
+        <v>939</v>
       </c>
       <c r="S165" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T165" s="1" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="U165" s="1" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
     </row>
     <row r="166" spans="1:21">
       <c r="A166" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="B166" s="1" t="s">
         <v>942</v>
-      </c>
-[...1 lines deleted...]
-        <v>943</v>
       </c>
       <c r="C166" s="1">
         <v>3200</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="H166" s="1"/>
       <c r="I166" s="1"/>
       <c r="J166" s="1"/>
       <c r="K166" s="1"/>
       <c r="L166" s="1" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="P166" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="P166" s="1" t="s">
+      <c r="Q166" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="Q166" s="1" t="s">
+      <c r="R166" s="1" t="s">
         <v>949</v>
-      </c>
-[...1 lines deleted...]
-        <v>950</v>
       </c>
       <c r="S166" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T166" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U166" s="1" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
     </row>
     <row r="167" spans="1:21">
       <c r="A167" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="B167" s="1" t="s">
         <v>942</v>
-      </c>
-[...1 lines deleted...]
-        <v>943</v>
       </c>
       <c r="C167" s="1">
         <v>3201</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="E167" s="1"/>
       <c r="F167" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G167" s="1"/>
       <c r="H167" s="1"/>
       <c r="I167" s="1"/>
       <c r="J167" s="1"/>
       <c r="K167" s="1">
         <v>137</v>
       </c>
       <c r="L167" s="1"/>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1" t="s">
-        <v>950</v>
+        <v>949</v>
       </c>
       <c r="S167" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T167" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U167" s="1" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
     </row>
     <row r="168" spans="1:21">
       <c r="A168" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="B168" s="1" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>953</v>
       </c>
       <c r="C168" s="1">
         <v>2311</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>954</v>
+        <v>953</v>
       </c>
       <c r="E168" s="1"/>
       <c r="F168" s="1"/>
       <c r="G168" s="1"/>
       <c r="H168" s="1"/>
       <c r="I168" s="1"/>
       <c r="J168" s="1"/>
       <c r="K168" s="1" t="s">
-        <v>955</v>
+        <v>954</v>
       </c>
       <c r="L168" s="1"/>
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
       <c r="P168" s="1"/>
       <c r="Q168" s="1"/>
       <c r="R168" s="1" t="s">
-        <v>956</v>
+        <v>955</v>
       </c>
       <c r="S168" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T168" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U168" s="1" t="s">
-        <v>957</v>
+        <v>956</v>
       </c>
     </row>
     <row r="169" spans="1:21">
       <c r="A169" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="B169" s="1" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>953</v>
       </c>
       <c r="C169" s="1">
         <v>2310</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>954</v>
+        <v>953</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>958</v>
+        <v>957</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>959</v>
+        <v>958</v>
       </c>
       <c r="H169" s="1"/>
       <c r="I169" s="1" t="s">
         <v>571</v>
       </c>
       <c r="J169" s="1">
         <v>5</v>
       </c>
       <c r="K169" s="1"/>
       <c r="L169" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="M169" s="1" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
       <c r="P169" s="1" t="s">
-        <v>962</v>
+        <v>961</v>
       </c>
       <c r="Q169" s="1"/>
       <c r="R169" s="1" t="s">
-        <v>956</v>
+        <v>955</v>
       </c>
       <c r="S169" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T169" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U169" s="1" t="s">
-        <v>957</v>
+        <v>956</v>
       </c>
     </row>
     <row r="170" spans="1:21">
       <c r="A170" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="B170" s="1" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
       <c r="C170" s="1">
         <v>2100</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>134</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G170" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="H170" s="1" t="s">
         <v>966</v>
-      </c>
-[...1 lines deleted...]
-        <v>967</v>
       </c>
       <c r="I170" s="1"/>
       <c r="J170" s="1"/>
       <c r="K170" s="1"/>
       <c r="L170" s="1" t="s">
-        <v>968</v>
+        <v>967</v>
       </c>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
       <c r="P170" s="1" t="s">
-        <v>969</v>
+        <v>968</v>
       </c>
       <c r="Q170" s="1"/>
       <c r="R170" s="1" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="S170" s="1" t="s">
         <v>57</v>
       </c>
       <c r="T170" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U170" s="1" t="s">
-        <v>971</v>
+        <v>970</v>
       </c>
     </row>
     <row r="171" spans="1:21">
       <c r="A171" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="B171" s="1" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
       <c r="C171" s="1">
         <v>2101</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>134</v>
       </c>
       <c r="E171" s="1"/>
       <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G171" s="1"/>
       <c r="H171" s="1"/>
       <c r="I171" s="1"/>
       <c r="J171" s="1"/>
       <c r="K171" s="1">
         <v>273</v>
       </c>
       <c r="L171" s="1"/>
       <c r="M171" s="1"/>
       <c r="N171" s="1"/>
       <c r="O171" s="1"/>
       <c r="P171" s="1"/>
       <c r="Q171" s="1"/>
       <c r="R171" s="1" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="S171" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T171" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U171" s="1" t="s">
-        <v>971</v>
+        <v>970</v>
       </c>
     </row>
     <row r="172" spans="1:21">
       <c r="A172" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="B172" s="1" t="s">
         <v>972</v>
-      </c>
-[...1 lines deleted...]
-        <v>973</v>
       </c>
       <c r="C172" s="1">
         <v>3360</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>974</v>
+        <v>973</v>
       </c>
       <c r="E172" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="F172" s="1" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
       <c r="G172" s="1">
         <v>3</v>
       </c>
       <c r="H172" s="1"/>
       <c r="I172" s="1"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1" t="s">
-        <v>975</v>
+        <v>974</v>
       </c>
       <c r="O172" s="1"/>
       <c r="P172" s="1" t="s">
-        <v>976</v>
+        <v>975</v>
       </c>
       <c r="Q172" s="1"/>
       <c r="R172" s="1" t="s">
-        <v>977</v>
+        <v>976</v>
       </c>
       <c r="S172" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T172" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U172" s="1" t="s">
-        <v>978</v>
+        <v>977</v>
       </c>
     </row>
     <row r="173" spans="1:21">
       <c r="A173" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="B173" s="1" t="s">
         <v>979</v>
-      </c>
-[...1 lines deleted...]
-        <v>980</v>
       </c>
       <c r="C173" s="1">
         <v>1502</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E173" s="1"/>
       <c r="F173" s="1"/>
       <c r="G173" s="1"/>
       <c r="H173" s="1"/>
       <c r="I173" s="1"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1" t="s">
-        <v>981</v>
+        <v>980</v>
       </c>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
       <c r="P173" s="1"/>
       <c r="Q173" s="1"/>
       <c r="R173" s="1" t="s">
-        <v>982</v>
+        <v>981</v>
       </c>
       <c r="S173" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T173" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U173" s="1" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
     </row>
     <row r="174" spans="1:21">
       <c r="A174" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="B174" s="1" t="s">
         <v>979</v>
-      </c>
-[...1 lines deleted...]
-        <v>980</v>
       </c>
       <c r="C174" s="1">
         <v>1119</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>984</v>
+        <v>983</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G174" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="H174" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="H174" s="1" t="s">
+      <c r="I174" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="I174" s="1" t="s">
+      <c r="J174" s="1" t="s">
         <v>987</v>
-      </c>
-[...1 lines deleted...]
-        <v>988</v>
       </c>
       <c r="K174" s="1"/>
       <c r="L174" s="1" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
       <c r="O174" s="1"/>
       <c r="P174" s="1" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
       <c r="Q174" s="1"/>
       <c r="R174" s="1" t="s">
-        <v>982</v>
+        <v>981</v>
       </c>
       <c r="S174" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T174" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U174" s="1" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
     </row>
     <row r="175" spans="1:21">
       <c r="A175" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="B175" s="1" t="s">
         <v>991</v>
-      </c>
-[...1 lines deleted...]
-        <v>992</v>
       </c>
       <c r="C175" s="1">
         <v>2661</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>993</v>
+        <v>992</v>
       </c>
       <c r="E175" s="1"/>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G175" s="1"/>
       <c r="H175" s="1"/>
       <c r="I175" s="1"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1">
         <v>116</v>
       </c>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
       <c r="P175" s="1"/>
       <c r="Q175" s="1"/>
       <c r="R175" s="1" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="S175" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T175" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U175" s="1" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
     </row>
     <row r="176" spans="1:21">
       <c r="A176" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="B176" s="1" t="s">
         <v>991</v>
-      </c>
-[...1 lines deleted...]
-        <v>992</v>
       </c>
       <c r="C176" s="1">
         <v>2660</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>993</v>
+        <v>992</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>996</v>
+        <v>995</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>300</v>
       </c>
       <c r="H176" s="1"/>
       <c r="I176" s="1"/>
       <c r="J176" s="1"/>
       <c r="K176" s="1"/>
       <c r="L176" s="1" t="s">
-        <v>997</v>
+        <v>996</v>
       </c>
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
       <c r="O176" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="P176" s="1" t="s">
         <v>997</v>
-      </c>
-[...1 lines deleted...]
-        <v>998</v>
       </c>
       <c r="Q176" s="1"/>
       <c r="R176" s="1" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="S176" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T176" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U176" s="1" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
     </row>
     <row r="177" spans="1:21">
       <c r="A177" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="B177" s="1" t="s">
         <v>999</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="C177" s="1">
         <v>1135</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>1001</v>
+        <v>1000</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G177" s="1">
         <v>25</v>
       </c>
       <c r="H177" s="1"/>
       <c r="I177" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="J177" s="1" t="s">
         <v>628</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
       <c r="K177" s="1"/>
       <c r="L177" s="1"/>
       <c r="M177" s="1"/>
       <c r="N177" s="1" t="s">
-        <v>1002</v>
+        <v>1001</v>
       </c>
       <c r="O177" s="1"/>
       <c r="P177" s="1" t="s">
-        <v>1003</v>
+        <v>1002</v>
       </c>
       <c r="Q177" s="1"/>
       <c r="R177" s="1" t="s">
-        <v>1004</v>
+        <v>1003</v>
       </c>
       <c r="S177" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T177" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U177" s="1" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="178" spans="1:21">
       <c r="A178" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="B178" s="1" t="s">
         <v>999</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="C178" s="1">
         <v>1390</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E178" s="1"/>
       <c r="F178" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G178" s="1"/>
       <c r="H178" s="1"/>
       <c r="I178" s="1"/>
       <c r="J178" s="1"/>
       <c r="K178" s="1">
         <v>200</v>
       </c>
       <c r="L178" s="1"/>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
       <c r="O178" s="1"/>
       <c r="P178" s="1"/>
       <c r="Q178" s="1"/>
       <c r="R178" s="1" t="s">
-        <v>1004</v>
+        <v>1003</v>
       </c>
       <c r="S178" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T178" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U178" s="1" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="179" spans="1:21">
       <c r="A179" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B179" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="C179" s="1">
+        <v>8701</v>
+      </c>
+      <c r="D179" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="C179" s="1">
-[...7 lines deleted...]
-      </c>
+      <c r="E179" s="1"/>
       <c r="F179" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G179" s="1"/>
       <c r="H179" s="1"/>
-      <c r="I179" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I179" s="1"/>
+      <c r="J179" s="1"/>
+      <c r="K179" s="1">
+        <v>129</v>
+      </c>
+      <c r="L179" s="1"/>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
-      <c r="O179" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="O179" s="1"/>
+      <c r="P179" s="1"/>
+      <c r="Q179" s="1"/>
       <c r="R179" s="1" t="s">
-        <v>1014</v>
+        <v>1008</v>
       </c>
       <c r="S179" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T179" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U179" s="1" t="s">
-        <v>1015</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="180" spans="1:21">
       <c r="A180" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B180" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="C180" s="1">
+        <v>8700</v>
+      </c>
+      <c r="D180" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="C180" s="1">
-[...5 lines deleted...]
-      <c r="E180" s="1"/>
+      <c r="E180" s="1" t="s">
+        <v>395</v>
+      </c>
       <c r="F180" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G180" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>1010</v>
+      </c>
       <c r="H180" s="1"/>
-      <c r="I180" s="1"/>
-[...4 lines deleted...]
-      <c r="L180" s="1"/>
+      <c r="I180" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J180" s="1">
+        <v>4</v>
+      </c>
+      <c r="K180" s="1"/>
+      <c r="L180" s="1" t="s">
+        <v>1011</v>
+      </c>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
-      <c r="O180" s="1"/>
-[...1 lines deleted...]
-      <c r="Q180" s="1"/>
+      <c r="O180" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="P180" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="Q180" s="1" t="s">
+        <v>1014</v>
+      </c>
       <c r="R180" s="1" t="s">
-        <v>1014</v>
+        <v>1008</v>
       </c>
       <c r="S180" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T180" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U180" s="1" t="s">
-        <v>1015</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="181" spans="1:21">
       <c r="A181" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B181" s="1" t="s">
         <v>1016</v>
-      </c>
-[...1 lines deleted...]
-        <v>1017</v>
       </c>
       <c r="C181" s="1">
         <v>3501</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E181" s="1"/>
       <c r="F181" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G181" s="1"/>
       <c r="H181" s="1"/>
       <c r="I181" s="1"/>
       <c r="J181" s="1"/>
       <c r="K181" s="1">
         <v>59</v>
       </c>
       <c r="L181" s="1"/>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
       <c r="O181" s="1"/>
       <c r="P181" s="1"/>
       <c r="Q181" s="1"/>
       <c r="R181" s="1" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c r="S181" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T181" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U181" s="1" t="s">
-        <v>1019</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="182" spans="1:21">
       <c r="A182" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B182" s="1" t="s">
         <v>1016</v>
-      </c>
-[...1 lines deleted...]
-        <v>1017</v>
       </c>
       <c r="C182" s="1">
         <v>3525</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>1020</v>
+        <v>1019</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G182" s="1">
         <v>10</v>
       </c>
       <c r="H182" s="1"/>
       <c r="I182" s="1" t="s">
         <v>307</v>
       </c>
       <c r="J182" s="1">
         <v>4</v>
       </c>
       <c r="K182" s="1"/>
       <c r="L182" s="1" t="s">
-        <v>1021</v>
+        <v>1020</v>
       </c>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="P182" s="1" t="s">
         <v>1022</v>
-      </c>
-[...1 lines deleted...]
-        <v>1023</v>
       </c>
       <c r="Q182" s="1"/>
       <c r="R182" s="1" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c r="S182" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T182" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U182" s="1" t="s">
-        <v>1019</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="183" spans="1:21">
       <c r="A183" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B183" s="1" t="s">
         <v>1024</v>
-      </c>
-[...1 lines deleted...]
-        <v>1025</v>
       </c>
       <c r="C183" s="1">
         <v>3530</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>1026</v>
+        <v>1025</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G183" s="1">
         <v>44</v>
       </c>
       <c r="H183" s="1"/>
       <c r="I183" s="1" t="s">
         <v>152</v>
       </c>
       <c r="J183" s="1">
         <v>1</v>
       </c>
       <c r="K183" s="1"/>
       <c r="L183" s="1" t="s">
-        <v>1027</v>
+        <v>1026</v>
       </c>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
       <c r="O183" s="1"/>
       <c r="P183" s="1" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="Q183" s="1"/>
       <c r="R183" s="1" t="s">
-        <v>1029</v>
+        <v>1028</v>
       </c>
       <c r="S183" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T183" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U183" s="1" t="s">
-        <v>1030</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="184" spans="1:21">
       <c r="A184" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B184" s="1" t="s">
         <v>1031</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
       <c r="C184" s="1">
         <v>7100</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>334</v>
       </c>
       <c r="E184" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F184" s="1" t="s">
         <v>1033</v>
-      </c>
-[...1 lines deleted...]
-        <v>1034</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H184" s="1"/>
       <c r="I184" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J184" s="1" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="K184" s="1"/>
       <c r="L184" s="1" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
       <c r="O184" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="P184" s="1" t="s">
         <v>1036</v>
-      </c>
-[...1 lines deleted...]
-        <v>1037</v>
       </c>
       <c r="Q184" s="1"/>
       <c r="R184" s="1" t="s">
-        <v>1038</v>
+        <v>1037</v>
       </c>
       <c r="S184" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T184" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U184" s="1" t="s">
-        <v>1039</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="185" spans="1:21">
       <c r="A185" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B185" s="1" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="C185" s="1">
         <v>1106</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="H185" s="1"/>
       <c r="I185" s="1"/>
       <c r="J185" s="1"/>
       <c r="K185" s="1"/>
       <c r="L185" s="1" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
       <c r="O185" s="1"/>
       <c r="P185" s="1" t="s">
-        <v>1045</v>
+        <v>1044</v>
       </c>
       <c r="Q185" s="1"/>
       <c r="R185" s="1" t="s">
-        <v>1046</v>
+        <v>1045</v>
       </c>
       <c r="S185" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T185" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U185" s="1" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="186" spans="1:21">
       <c r="A186" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B186" s="1" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="C186" s="1">
         <v>1083</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>1048</v>
+        <v>1047</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>1049</v>
+        <v>1048</v>
       </c>
       <c r="H186" s="1"/>
       <c r="I186" s="1" t="s">
-        <v>1050</v>
+        <v>1049</v>
       </c>
       <c r="J186" s="1">
         <v>3</v>
       </c>
       <c r="K186" s="1"/>
       <c r="L186" s="1"/>
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
       <c r="O186" s="1"/>
       <c r="P186" s="1"/>
       <c r="Q186" s="1"/>
       <c r="R186" s="1" t="s">
-        <v>1046</v>
+        <v>1045</v>
       </c>
       <c r="S186" s="1" t="s">
-        <v>1051</v>
+        <v>1050</v>
       </c>
       <c r="T186" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U186" s="1" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="187" spans="1:21">
       <c r="A187" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B187" s="1" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="C187" s="1">
         <v>1475</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E187" s="1"/>
       <c r="F187" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G187" s="1"/>
       <c r="H187" s="1"/>
       <c r="I187" s="1"/>
       <c r="J187" s="1"/>
       <c r="K187" s="1" t="s">
-        <v>1052</v>
+        <v>1051</v>
       </c>
       <c r="L187" s="1"/>
       <c r="M187" s="1"/>
       <c r="N187" s="1"/>
       <c r="O187" s="1"/>
       <c r="P187" s="1"/>
       <c r="Q187" s="1"/>
       <c r="R187" s="1" t="s">
-        <v>1046</v>
+        <v>1045</v>
       </c>
       <c r="S187" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T187" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U187" s="1" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="188" spans="1:21">
       <c r="A188" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B188" s="1" t="s">
         <v>1053</v>
-      </c>
-[...1 lines deleted...]
-        <v>1054</v>
       </c>
       <c r="C188" s="1">
         <v>7150</v>
       </c>
       <c r="D188" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E188" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="E188" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F188" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G188" s="1">
         <v>5</v>
       </c>
       <c r="H188" s="1"/>
       <c r="I188" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J188" s="1"/>
       <c r="K188" s="1"/>
       <c r="L188" s="1" t="s">
-        <v>1057</v>
+        <v>1056</v>
       </c>
       <c r="M188" s="1"/>
       <c r="N188" s="1" t="s">
-        <v>1058</v>
+        <v>1057</v>
       </c>
       <c r="O188" s="1"/>
       <c r="P188" s="1" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="Q188" s="1"/>
       <c r="R188" s="1" t="s">
-        <v>1060</v>
+        <v>1059</v>
       </c>
       <c r="S188" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T188" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U188" s="1" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="189" spans="1:21">
       <c r="A189" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B189" s="1" t="s">
         <v>1062</v>
-      </c>
-[...1 lines deleted...]
-        <v>1063</v>
       </c>
       <c r="C189" s="1">
         <v>9200</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>755</v>
+        <v>754</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>959</v>
+        <v>958</v>
       </c>
       <c r="H189" s="1"/>
       <c r="I189" s="1" t="s">
         <v>571</v>
       </c>
       <c r="J189" s="1">
         <v>1</v>
       </c>
       <c r="K189" s="1"/>
       <c r="L189" s="1" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="M189" s="1"/>
       <c r="N189" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="O189" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="P189" s="1" t="s">
         <v>1066</v>
-      </c>
-[...4 lines deleted...]
-        <v>1067</v>
       </c>
       <c r="Q189" s="1"/>
       <c r="R189" s="1" t="s">
-        <v>1068</v>
+        <v>1067</v>
       </c>
       <c r="S189" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T189" s="1" t="s">
         <v>357</v>
       </c>
       <c r="U189" s="1" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="190" spans="1:21">
       <c r="A190" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B190" s="1" t="s">
         <v>1070</v>
-      </c>
-[...1 lines deleted...]
-        <v>1071</v>
       </c>
       <c r="C190" s="1">
         <v>3700</v>
       </c>
       <c r="D190" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E190" s="1" t="s">
         <v>1072</v>
-      </c>
-[...1 lines deleted...]
-        <v>1073</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G190" s="1">
         <v>10</v>
       </c>
       <c r="H190" s="1"/>
       <c r="I190" s="1"/>
       <c r="J190" s="1"/>
       <c r="K190" s="1"/>
       <c r="L190" s="1" t="s">
-        <v>1074</v>
+        <v>1073</v>
       </c>
       <c r="M190" s="1"/>
       <c r="N190" s="1"/>
       <c r="O190" s="1"/>
       <c r="P190" s="1" t="s">
-        <v>1075</v>
+        <v>1074</v>
       </c>
       <c r="Q190" s="1"/>
       <c r="R190" s="1" t="s">
-        <v>1076</v>
+        <v>1075</v>
       </c>
       <c r="S190" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T190" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U190" s="1" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="191" spans="1:21">
       <c r="A191" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B191" s="1" t="s">
         <v>1078</v>
-      </c>
-[...1 lines deleted...]
-        <v>1079</v>
       </c>
       <c r="C191" s="1">
         <v>8360</v>
       </c>
       <c r="D191" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E191" s="1" t="s">
         <v>1080</v>
-      </c>
-[...1 lines deleted...]
-        <v>1081</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>325</v>
       </c>
       <c r="H191" s="1" t="s">
         <v>186</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J191" s="1">
         <v>5</v>
       </c>
       <c r="K191" s="1"/>
       <c r="L191" s="1" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
       <c r="Q191" s="1"/>
       <c r="R191" s="1" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="S191" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T191" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U191" s="1" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="192" spans="1:21">
       <c r="A192" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B192" s="1" t="s">
         <v>1086</v>
-      </c>
-[...1 lines deleted...]
-        <v>1087</v>
       </c>
       <c r="C192" s="1">
         <v>3700</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>1072</v>
+        <v>1071</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>516</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>185</v>
       </c>
       <c r="H192" s="1"/>
       <c r="I192" s="1" t="s">
         <v>571</v>
       </c>
       <c r="J192" s="1"/>
       <c r="K192" s="1"/>
       <c r="L192" s="1" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
       <c r="M192" s="1"/>
       <c r="N192" s="1"/>
       <c r="O192" s="1"/>
       <c r="P192" s="1" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
       <c r="Q192" s="1"/>
       <c r="R192" s="1" t="s">
-        <v>1090</v>
+        <v>1089</v>
       </c>
       <c r="S192" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T192" s="1" t="s">
         <v>297</v>
       </c>
       <c r="U192" s="1" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="193" spans="1:21">
       <c r="A193" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B193" s="1" t="s">
         <v>1086</v>
-      </c>
-[...1 lines deleted...]
-        <v>1087</v>
       </c>
       <c r="C193" s="1">
         <v>4401</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>228</v>
       </c>
       <c r="E193" s="1"/>
       <c r="F193" s="1"/>
       <c r="G193" s="1"/>
       <c r="H193" s="1"/>
       <c r="I193" s="1"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1" t="s">
-        <v>1090</v>
+        <v>1089</v>
       </c>
       <c r="S193" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T193" s="1" t="s">
         <v>297</v>
       </c>
       <c r="U193" s="1" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="194" spans="1:21">
       <c r="A194" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B194" s="1" t="s">
         <v>1093</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
       <c r="C194" s="1">
         <v>2760</v>
       </c>
       <c r="D194" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E194" s="1" t="s">
         <v>1095</v>
-      </c>
-[...1 lines deleted...]
-        <v>1096</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G194" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H194" s="1" t="s">
         <v>1097</v>
-      </c>
-[...1 lines deleted...]
-        <v>1098</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>307</v>
       </c>
       <c r="J194" s="1">
         <v>1</v>
       </c>
       <c r="K194" s="1"/>
       <c r="L194" s="1" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
       <c r="P194" s="1" t="s">
-        <v>1100</v>
+        <v>1099</v>
       </c>
       <c r="Q194" s="1"/>
       <c r="R194" s="1" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="S194" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T194" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U194" s="1" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="195" spans="1:21">
       <c r="A195" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B195" s="1" t="s">
         <v>1093</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
       <c r="C195" s="1">
         <v>2760</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="E195" s="1"/>
       <c r="F195" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G195" s="1"/>
       <c r="H195" s="1"/>
       <c r="I195" s="1"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1">
         <v>78</v>
       </c>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="S195" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T195" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U195" s="1" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="196" spans="1:21">
       <c r="A196" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B196" s="1" t="s">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>1104</v>
       </c>
       <c r="C196" s="1">
         <v>4600</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>568</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>1106</v>
+        <v>1105</v>
       </c>
       <c r="H196" s="1"/>
       <c r="I196" s="1"/>
       <c r="J196" s="1"/>
       <c r="K196" s="1"/>
       <c r="L196" s="1" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
       <c r="P196" s="1" t="s">
-        <v>1108</v>
+        <v>1107</v>
       </c>
       <c r="Q196" s="1"/>
       <c r="R196" s="1" t="s">
-        <v>1109</v>
+        <v>1108</v>
       </c>
       <c r="S196" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T196" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U196" s="1" t="s">
-        <v>1110</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="197" spans="1:21">
       <c r="A197" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B197" s="1" t="s">
         <v>1111</v>
-      </c>
-[...1 lines deleted...]
-        <v>1112</v>
       </c>
       <c r="C197" s="1">
         <v>1388</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E197" s="1"/>
       <c r="F197" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G197" s="1"/>
       <c r="H197" s="1"/>
       <c r="I197" s="1"/>
       <c r="J197" s="1"/>
       <c r="K197" s="1">
         <v>70</v>
       </c>
       <c r="L197" s="1"/>
       <c r="M197" s="1"/>
       <c r="N197" s="1"/>
       <c r="O197" s="1"/>
       <c r="P197" s="1"/>
       <c r="Q197" s="1"/>
       <c r="R197" s="1" t="s">
-        <v>1113</v>
+        <v>1112</v>
       </c>
       <c r="S197" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T197" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U197" s="1" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="198" spans="1:21">
       <c r="A198" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B198" s="1" t="s">
         <v>1111</v>
-      </c>
-[...1 lines deleted...]
-        <v>1112</v>
       </c>
       <c r="C198" s="1">
         <v>1135</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>1115</v>
+        <v>1114</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>1116</v>
+        <v>1115</v>
       </c>
       <c r="H198" s="1"/>
       <c r="I198" s="1"/>
       <c r="J198" s="1">
         <v>305</v>
       </c>
       <c r="K198" s="1"/>
       <c r="L198" s="1" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="P198" s="1" t="s">
         <v>1118</v>
-      </c>
-[...1 lines deleted...]
-        <v>1119</v>
       </c>
       <c r="Q198" s="1"/>
       <c r="R198" s="1" t="s">
-        <v>1113</v>
+        <v>1112</v>
       </c>
       <c r="S198" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T198" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U198" s="1" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="199" spans="1:21">
       <c r="A199" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B199" s="1" t="s">
         <v>1120</v>
-      </c>
-[...1 lines deleted...]
-        <v>1121</v>
       </c>
       <c r="C199" s="1">
         <v>6300</v>
       </c>
       <c r="D199" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E199" s="1" t="s">
         <v>1122</v>
-      </c>
-[...1 lines deleted...]
-        <v>1123</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G199" s="1">
         <v>79</v>
       </c>
       <c r="H199" s="1"/>
       <c r="I199" s="1"/>
       <c r="J199" s="1"/>
       <c r="K199" s="1"/>
       <c r="L199" s="1" t="s">
-        <v>1124</v>
+        <v>1123</v>
       </c>
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
       <c r="O199" s="1"/>
       <c r="P199" s="1" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="Q199" s="1"/>
       <c r="R199" s="1" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="S199" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T199" s="1" t="s">
-        <v>33</v>
+        <v>297</v>
       </c>
       <c r="U199" s="1" t="s">
-        <v>1127</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="200" spans="1:21">
       <c r="A200" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B200" s="1" t="s">
         <v>1120</v>
-      </c>
-[...1 lines deleted...]
-        <v>1121</v>
       </c>
       <c r="C200" s="1">
         <v>6301</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="E200" s="1"/>
       <c r="F200" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G200" s="1"/>
       <c r="H200" s="1"/>
       <c r="I200" s="1"/>
       <c r="J200" s="1"/>
       <c r="K200" s="1">
         <v>159</v>
       </c>
       <c r="L200" s="1"/>
       <c r="M200" s="1"/>
       <c r="N200" s="1"/>
       <c r="O200" s="1"/>
       <c r="P200" s="1"/>
       <c r="Q200" s="1"/>
       <c r="R200" s="1" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="S200" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T200" s="1" t="s">
-        <v>33</v>
+        <v>297</v>
       </c>
       <c r="U200" s="1" t="s">
-        <v>1127</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="201" spans="1:21">
       <c r="A201" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B201" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="C201" s="1">
+        <v>6501</v>
+      </c>
+      <c r="D201" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="C201" s="1">
-[...7 lines deleted...]
-      </c>
+      <c r="E201" s="1"/>
       <c r="F201" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G201" s="1"/>
       <c r="H201" s="1"/>
       <c r="I201" s="1"/>
       <c r="J201" s="1"/>
-      <c r="K201" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K201" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="L201" s="1"/>
       <c r="M201" s="1"/>
       <c r="N201" s="1"/>
-      <c r="O201" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O201" s="1"/>
+      <c r="P201" s="1"/>
       <c r="Q201" s="1"/>
       <c r="R201" s="1" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="S201" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T201" s="1" t="s">
         <v>78</v>
       </c>
       <c r="U201" s="1" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="202" spans="1:21">
       <c r="A202" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B202" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="C202" s="1">
+        <v>6500</v>
+      </c>
+      <c r="D202" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="C202" s="1">
-[...5 lines deleted...]
-      <c r="E202" s="1"/>
+      <c r="E202" s="1" t="s">
+        <v>1133</v>
+      </c>
       <c r="F202" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G202" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="H202" s="1"/>
       <c r="I202" s="1"/>
       <c r="J202" s="1"/>
-      <c r="K202" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L202" s="1"/>
+      <c r="K202" s="1"/>
+      <c r="L202" s="1" t="s">
+        <v>1134</v>
+      </c>
       <c r="M202" s="1"/>
       <c r="N202" s="1"/>
-      <c r="O202" s="1"/>
-      <c r="P202" s="1"/>
+      <c r="O202" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="P202" s="1" t="s">
+        <v>1135</v>
+      </c>
       <c r="Q202" s="1"/>
       <c r="R202" s="1" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="S202" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T202" s="1" t="s">
         <v>78</v>
       </c>
       <c r="U202" s="1" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="203" spans="1:21">
       <c r="A203" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B203" s="1" t="s">
         <v>1137</v>
-      </c>
-[...1 lines deleted...]
-        <v>1138</v>
       </c>
       <c r="C203" s="1">
         <v>6722</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>1139</v>
+        <v>1138</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>1140</v>
+        <v>1139</v>
       </c>
       <c r="H203" s="1"/>
       <c r="I203" s="1" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="J203" s="1" t="s">
         <v>500</v>
       </c>
       <c r="K203" s="1"/>
       <c r="L203" s="1" t="s">
-        <v>1141</v>
+        <v>1140</v>
       </c>
       <c r="M203" s="1"/>
       <c r="N203" s="1"/>
       <c r="O203" s="1"/>
       <c r="P203" s="1" t="s">
-        <v>1142</v>
+        <v>1141</v>
       </c>
       <c r="Q203" s="1"/>
       <c r="R203" s="1" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="S203" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T203" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U203" s="1" t="s">
-        <v>1143</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="204" spans="1:21">
       <c r="A204" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B204" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="C204" s="1">
+        <v>2001</v>
+      </c>
+      <c r="D204" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="C204" s="1">
-[...13 lines deleted...]
-      </c>
+      <c r="E204" s="1"/>
+      <c r="F204" s="1"/>
+      <c r="G204" s="1"/>
       <c r="H204" s="1"/>
       <c r="I204" s="1"/>
       <c r="J204" s="1"/>
-      <c r="K204" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K204" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="L204" s="1"/>
       <c r="M204" s="1"/>
       <c r="N204" s="1"/>
       <c r="O204" s="1"/>
-      <c r="P204" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P204" s="1"/>
       <c r="Q204" s="1"/>
       <c r="R204" s="1" t="s">
-        <v>1151</v>
+        <v>1147</v>
       </c>
       <c r="S204" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T204" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U204" s="1" t="s">
-        <v>1152</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="205" spans="1:21">
       <c r="A205" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B205" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="C205" s="1">
+        <v>2000</v>
+      </c>
+      <c r="D205" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="C205" s="1">
-[...7 lines deleted...]
-      <c r="G205" s="1"/>
+      <c r="E205" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>1150</v>
+      </c>
       <c r="H205" s="1"/>
       <c r="I205" s="1"/>
       <c r="J205" s="1"/>
-      <c r="K205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L205" s="1"/>
+      <c r="K205" s="1"/>
+      <c r="L205" s="1" t="s">
+        <v>1151</v>
+      </c>
       <c r="M205" s="1"/>
       <c r="N205" s="1"/>
       <c r="O205" s="1"/>
-      <c r="P205" s="1"/>
+      <c r="P205" s="1" t="s">
+        <v>1152</v>
+      </c>
       <c r="Q205" s="1"/>
       <c r="R205" s="1" t="s">
-        <v>1151</v>
+        <v>1147</v>
       </c>
       <c r="S205" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T205" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U205" s="1" t="s">
-        <v>1152</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="206" spans="1:21">
       <c r="A206" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B206" s="1" t="s">
         <v>1154</v>
-      </c>
-[...1 lines deleted...]
-        <v>1155</v>
       </c>
       <c r="C206" s="1">
         <v>1095</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="H206" s="1"/>
       <c r="I206" s="1" t="s">
         <v>307</v>
       </c>
       <c r="J206" s="1"/>
       <c r="K206" s="1"/>
       <c r="L206" s="1" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="M206" s="1"/>
       <c r="N206" s="1"/>
       <c r="O206" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="P206" s="1" t="s">
         <v>1158</v>
-      </c>
-[...1 lines deleted...]
-        <v>1159</v>
       </c>
       <c r="Q206" s="1"/>
       <c r="R206" s="1" t="s">
-        <v>1160</v>
+        <v>1159</v>
       </c>
       <c r="S206" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T206" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U206" s="1" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="207" spans="1:21">
       <c r="A207" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B207" s="1" t="s">
         <v>1154</v>
-      </c>
-[...1 lines deleted...]
-        <v>1155</v>
       </c>
       <c r="C207" s="1">
         <v>1675</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E207" s="1"/>
       <c r="F207" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G207" s="1"/>
       <c r="H207" s="1"/>
       <c r="I207" s="1"/>
       <c r="J207" s="1"/>
       <c r="K207" s="1" t="s">
         <v>147</v>
       </c>
       <c r="L207" s="1"/>
       <c r="M207" s="1"/>
       <c r="N207" s="1"/>
       <c r="O207" s="1"/>
       <c r="P207" s="1"/>
       <c r="Q207" s="1"/>
       <c r="R207" s="1" t="s">
-        <v>1160</v>
+        <v>1159</v>
       </c>
       <c r="S207" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T207" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U207" s="1" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="208" spans="1:21">
       <c r="A208" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B208" s="1" t="s">
         <v>1162</v>
-      </c>
-[...1 lines deleted...]
-        <v>1163</v>
       </c>
       <c r="C208" s="1">
         <v>9730</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>1164</v>
+        <v>1163</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G208" s="1">
         <v>32</v>
       </c>
       <c r="H208" s="1"/>
       <c r="I208" s="1" t="s">
         <v>269</v>
       </c>
       <c r="J208" s="1">
         <v>2</v>
       </c>
       <c r="K208" s="1"/>
       <c r="L208" s="1" t="s">
-        <v>1165</v>
+        <v>1164</v>
       </c>
       <c r="M208" s="1"/>
       <c r="N208" s="1"/>
       <c r="O208" s="1"/>
       <c r="P208" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="Q208" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="Q208" s="1" t="s">
+      <c r="R208" s="1" t="s">
         <v>1167</v>
-      </c>
-[...1 lines deleted...]
-        <v>1168</v>
       </c>
       <c r="S208" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T208" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U208" s="1" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="209" spans="1:21">
       <c r="A209" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B209" s="1" t="s">
         <v>1162</v>
-      </c>
-[...1 lines deleted...]
-        <v>1163</v>
       </c>
       <c r="C209" s="1">
         <v>9731</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>1164</v>
+        <v>1163</v>
       </c>
       <c r="E209" s="1"/>
       <c r="F209" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G209" s="1"/>
       <c r="H209" s="1"/>
       <c r="I209" s="1"/>
       <c r="J209" s="1"/>
       <c r="K209" s="1">
         <v>90</v>
       </c>
       <c r="L209" s="1"/>
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
       <c r="O209" s="1"/>
       <c r="P209" s="1"/>
       <c r="Q209" s="1"/>
       <c r="R209" s="1" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="S209" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T209" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U209" s="1" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="210" spans="1:21">
       <c r="A210" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B210" s="1" t="s">
         <v>1170</v>
-      </c>
-[...1 lines deleted...]
-        <v>1171</v>
       </c>
       <c r="C210" s="1">
         <v>5300</v>
       </c>
       <c r="D210" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E210" s="1" t="s">
         <v>1172</v>
-      </c>
-[...1 lines deleted...]
-        <v>1173</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G210" s="1">
         <v>6</v>
       </c>
       <c r="H210" s="1"/>
       <c r="I210" s="1"/>
       <c r="J210" s="1"/>
       <c r="K210" s="1"/>
       <c r="L210" s="1" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="M210" s="1"/>
       <c r="N210" s="1"/>
       <c r="O210" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="P210" s="1" t="s">
         <v>1174</v>
-      </c>
-[...1 lines deleted...]
-        <v>1175</v>
       </c>
       <c r="Q210" s="1"/>
       <c r="R210" s="1" t="s">
-        <v>1176</v>
+        <v>1175</v>
       </c>
       <c r="S210" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T210" s="1" t="s">
         <v>78</v>
       </c>
       <c r="U210" s="1" t="s">
-        <v>1177</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="211" spans="1:21">
       <c r="A211" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B211" s="1" t="s">
         <v>1178</v>
-      </c>
-[...1 lines deleted...]
-        <v>1179</v>
       </c>
       <c r="C211" s="1">
         <v>3400</v>
       </c>
       <c r="D211" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E211" s="1" t="s">
         <v>1180</v>
-      </c>
-[...1 lines deleted...]
-        <v>1181</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G211" s="1">
         <v>14</v>
       </c>
       <c r="H211" s="1"/>
       <c r="I211" s="1"/>
       <c r="J211" s="1"/>
       <c r="K211" s="1"/>
       <c r="L211" s="1" t="s">
-        <v>1182</v>
+        <v>1181</v>
       </c>
       <c r="M211" s="1"/>
       <c r="N211" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="O211" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="P211" s="1" t="s">
         <v>1183</v>
-      </c>
-[...4 lines deleted...]
-        <v>1184</v>
       </c>
       <c r="Q211" s="1"/>
       <c r="R211" s="1" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="S211" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T211" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U211" s="1" t="s">
-        <v>1186</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="212" spans="1:21">
       <c r="A212" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B212" s="1" t="s">
         <v>1187</v>
       </c>
-      <c r="B212" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C212" s="1">
-        <v>8801</v>
+        <v>8800</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="E212" s="1"/>
+      <c r="E212" s="1" t="s">
+        <v>1188</v>
+      </c>
       <c r="F212" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-      <c r="L212" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H212" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="I212" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="J212" s="1">
+        <v>1</v>
+      </c>
+      <c r="K212" s="1"/>
+      <c r="L212" s="1" t="s">
+        <v>1189</v>
+      </c>
       <c r="M212" s="1"/>
-      <c r="N212" s="1"/>
+      <c r="N212" s="1" t="s">
+        <v>1190</v>
+      </c>
       <c r="O212" s="1"/>
-      <c r="P212" s="1"/>
+      <c r="P212" s="1" t="s">
+        <v>1191</v>
+      </c>
       <c r="Q212" s="1"/>
       <c r="R212" s="1" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="S212" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="T212" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U212" s="1" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="213" spans="1:21">
       <c r="A213" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B213" s="1" t="s">
         <v>1187</v>
       </c>
-      <c r="B213" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C213" s="1">
-        <v>8800</v>
+        <v>8801</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="E213" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E213" s="1"/>
       <c r="F213" s="1" t="s">
-        <v>4</v>
-[...16 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G213" s="1"/>
+      <c r="H213" s="1"/>
+      <c r="I213" s="1"/>
+      <c r="J213" s="1"/>
+      <c r="K213" s="1">
+        <v>236</v>
+      </c>
+      <c r="L213" s="1"/>
       <c r="M213" s="1"/>
-      <c r="N213" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N213" s="1"/>
       <c r="O213" s="1"/>
-      <c r="P213" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="S213" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="T213" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U213" s="1" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="214" spans="1:21">
       <c r="A214" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B214" s="1" t="s">
         <v>1195</v>
-      </c>
-[...1 lines deleted...]
-        <v>1196</v>
       </c>
       <c r="C214" s="1">
         <v>2400</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>544</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>436</v>
       </c>
       <c r="G214" s="1">
         <v>27</v>
       </c>
       <c r="H214" s="1"/>
       <c r="I214" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="J214" s="1" t="s">
         <v>628</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
       <c r="K214" s="1"/>
       <c r="L214" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="M214" s="1" t="s">
         <v>1198</v>
-      </c>
-[...1 lines deleted...]
-        <v>1199</v>
       </c>
       <c r="N214" s="1"/>
       <c r="O214" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="P214" s="1" t="s">
         <v>1200</v>
-      </c>
-[...1 lines deleted...]
-        <v>1201</v>
       </c>
       <c r="Q214" s="1"/>
       <c r="R214" s="1" t="s">
-        <v>1202</v>
+        <v>1201</v>
       </c>
       <c r="S214" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T214" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U214" s="1" t="s">
-        <v>1203</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="215" spans="1:21">
       <c r="A215" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B215" s="1" t="s">
         <v>1195</v>
-      </c>
-[...1 lines deleted...]
-        <v>1196</v>
       </c>
       <c r="C215" s="1">
         <v>7101</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>334</v>
       </c>
       <c r="E215" s="1"/>
       <c r="F215" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G215" s="1"/>
       <c r="H215" s="1"/>
       <c r="I215" s="1"/>
       <c r="J215" s="1"/>
       <c r="K215" s="1" t="s">
-        <v>1204</v>
+        <v>1203</v>
       </c>
       <c r="L215" s="1"/>
       <c r="M215" s="1"/>
       <c r="N215" s="1"/>
       <c r="O215" s="1"/>
       <c r="P215" s="1"/>
       <c r="Q215" s="1"/>
       <c r="R215" s="1" t="s">
-        <v>1202</v>
+        <v>1201</v>
       </c>
       <c r="S215" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T215" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U215" s="1" t="s">
-        <v>1203</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="216" spans="1:21">
       <c r="A216" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B216" s="1" t="s">
         <v>1205</v>
-      </c>
-[...1 lines deleted...]
-        <v>1206</v>
       </c>
       <c r="C216" s="1">
         <v>6721</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>1207</v>
+        <v>1206</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>128</v>
       </c>
       <c r="H216" s="1"/>
       <c r="I216" s="1" t="s">
         <v>152</v>
       </c>
       <c r="J216" s="1">
         <v>1</v>
       </c>
       <c r="K216" s="1"/>
       <c r="L216" s="1" t="s">
-        <v>1208</v>
+        <v>1207</v>
       </c>
       <c r="M216" s="1"/>
       <c r="N216" s="1"/>
       <c r="O216" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="P216" s="1" t="s">
         <v>1208</v>
-      </c>
-[...1 lines deleted...]
-        <v>1209</v>
       </c>
       <c r="Q216" s="1"/>
       <c r="R216" s="1" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
       <c r="S216" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T216" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U216" s="1" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="217" spans="1:21">
       <c r="A217" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B217" s="1" t="s">
         <v>1212</v>
-      </c>
-[...1 lines deleted...]
-        <v>1213</v>
       </c>
       <c r="C217" s="1">
         <v>1114</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E217" s="1"/>
       <c r="F217" s="1"/>
       <c r="G217" s="1"/>
       <c r="H217" s="1"/>
       <c r="I217" s="1"/>
       <c r="J217" s="1"/>
       <c r="K217" s="1" t="s">
-        <v>1214</v>
+        <v>1213</v>
       </c>
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
       <c r="Q217" s="1"/>
       <c r="R217" s="1" t="s">
-        <v>1215</v>
+        <v>1214</v>
       </c>
       <c r="S217" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T217" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U217" s="1" t="s">
-        <v>1216</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="218" spans="1:21">
       <c r="A218" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B218" s="1" t="s">
         <v>1212</v>
-      </c>
-[...1 lines deleted...]
-        <v>1213</v>
       </c>
       <c r="C218" s="1">
         <v>1117</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>1218</v>
+        <v>1217</v>
       </c>
       <c r="H218" s="1"/>
       <c r="I218" s="1"/>
       <c r="J218" s="1"/>
       <c r="K218" s="1"/>
       <c r="L218" s="1" t="s">
-        <v>1219</v>
+        <v>1218</v>
       </c>
       <c r="M218" s="1"/>
       <c r="N218" s="1"/>
       <c r="O218" s="1"/>
       <c r="P218" s="1" t="s">
-        <v>1220</v>
+        <v>1219</v>
       </c>
       <c r="Q218" s="1"/>
       <c r="R218" s="1" t="s">
-        <v>1215</v>
+        <v>1214</v>
       </c>
       <c r="S218" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T218" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U218" s="1" t="s">
-        <v>1216</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="219" spans="1:21">
       <c r="A219" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B219" s="1" t="s">
         <v>1221</v>
-      </c>
-[...1 lines deleted...]
-        <v>1222</v>
       </c>
       <c r="C219" s="1">
         <v>3525</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G219" s="1">
         <v>10</v>
       </c>
       <c r="H219" s="1"/>
       <c r="I219" s="1" t="s">
         <v>269</v>
       </c>
       <c r="J219" s="1">
         <v>4</v>
       </c>
       <c r="K219" s="1"/>
       <c r="L219" s="1" t="s">
-        <v>1223</v>
+        <v>1222</v>
       </c>
       <c r="M219" s="1"/>
       <c r="N219" s="1"/>
       <c r="O219" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="P219" s="1" t="s">
         <v>1223</v>
-      </c>
-[...1 lines deleted...]
-        <v>1224</v>
       </c>
       <c r="Q219" s="1"/>
       <c r="R219" s="1" t="s">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="S219" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T219" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U219" s="1" t="s">
-        <v>1226</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="220" spans="1:21">
       <c r="A220" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B220" s="1" t="s">
         <v>1227</v>
-      </c>
-[...1 lines deleted...]
-        <v>1228</v>
       </c>
       <c r="C220" s="1">
         <v>2030</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>984</v>
+        <v>983</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G220" s="1">
         <v>41</v>
       </c>
       <c r="H220" s="1"/>
       <c r="I220" s="1"/>
       <c r="J220" s="1"/>
       <c r="K220" s="1"/>
       <c r="L220" s="1" t="s">
-        <v>1230</v>
+        <v>1229</v>
       </c>
       <c r="M220" s="1"/>
       <c r="N220" s="1"/>
       <c r="O220" s="1"/>
       <c r="P220" s="1" t="s">
-        <v>1231</v>
+        <v>1230</v>
       </c>
       <c r="Q220" s="1"/>
       <c r="R220" s="1" t="s">
-        <v>1232</v>
+        <v>1231</v>
       </c>
       <c r="S220" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T220" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U220" s="1" t="s">
-        <v>1233</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="221" spans="1:21">
       <c r="A221" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B221" s="1" t="s">
         <v>1234</v>
-      </c>
-[...1 lines deleted...]
-        <v>1235</v>
       </c>
       <c r="C221" s="1">
         <v>1214</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="H221" s="1"/>
       <c r="I221" s="1" t="s">
         <v>526</v>
       </c>
       <c r="J221" s="1" t="s">
-        <v>1238</v>
+        <v>1237</v>
       </c>
       <c r="K221" s="1"/>
       <c r="L221" s="1"/>
       <c r="M221" s="1"/>
       <c r="N221" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="O221" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="O221" s="1" t="s">
+      <c r="P221" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="P221" s="1" t="s">
+      <c r="Q221" s="1" t="s">
         <v>1241</v>
       </c>
-      <c r="Q221" s="1" t="s">
+      <c r="R221" s="1" t="s">
         <v>1242</v>
-      </c>
-[...1 lines deleted...]
-        <v>1243</v>
       </c>
       <c r="S221" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T221" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U221" s="1" t="s">
-        <v>1244</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="222" spans="1:21">
       <c r="A222" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B222" s="1" t="s">
         <v>1234</v>
-      </c>
-[...1 lines deleted...]
-        <v>1235</v>
       </c>
       <c r="C222" s="1">
         <v>2170</v>
       </c>
       <c r="D222" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E222" s="1" t="s">
         <v>1245</v>
-      </c>
-[...1 lines deleted...]
-        <v>1246</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>128</v>
       </c>
       <c r="H222" s="1"/>
       <c r="I222" s="1" t="s">
         <v>152</v>
       </c>
       <c r="J222" s="1">
         <v>3</v>
       </c>
       <c r="K222" s="1"/>
       <c r="L222" s="1"/>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="S222" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T222" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U222" s="1" t="s">
-        <v>1244</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="223" spans="1:21">
       <c r="A223" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B223" s="1" t="s">
         <v>1247</v>
-      </c>
-[...1 lines deleted...]
-        <v>1248</v>
       </c>
       <c r="C223" s="1">
         <v>6200</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>1249</v>
+        <v>1248</v>
       </c>
       <c r="E223" s="1"/>
       <c r="F223" s="1"/>
       <c r="G223" s="1"/>
       <c r="H223" s="1"/>
       <c r="I223" s="1"/>
       <c r="J223" s="1"/>
       <c r="K223" s="1" t="s">
-        <v>1250</v>
+        <v>1249</v>
       </c>
       <c r="L223" s="1"/>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1" t="s">
-        <v>1251</v>
+        <v>1250</v>
       </c>
       <c r="S223" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T223" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U223" s="1" t="s">
-        <v>1252</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="224" spans="1:21">
       <c r="A224" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B224" s="1" t="s">
         <v>1247</v>
-      </c>
-[...1 lines deleted...]
-        <v>1248</v>
       </c>
       <c r="C224" s="1">
         <v>6200</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>1249</v>
+        <v>1248</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G224" s="1">
         <v>2</v>
       </c>
       <c r="H224" s="1"/>
       <c r="I224" s="1" t="s">
         <v>287</v>
       </c>
       <c r="J224" s="1">
         <v>3</v>
       </c>
       <c r="K224" s="1"/>
       <c r="L224" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="M224" s="1" t="s">
         <v>1254</v>
-      </c>
-[...1 lines deleted...]
-        <v>1255</v>
       </c>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1" t="s">
-        <v>1256</v>
+        <v>1255</v>
       </c>
       <c r="Q224" s="1"/>
       <c r="R224" s="1" t="s">
-        <v>1251</v>
+        <v>1250</v>
       </c>
       <c r="S224" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T224" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U224" s="1" t="s">
-        <v>1252</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="225" spans="1:21">
       <c r="A225" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B225" s="1" t="s">
         <v>1257</v>
-      </c>
-[...1 lines deleted...]
-        <v>1258</v>
       </c>
       <c r="C225" s="1">
         <v>7400</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>239</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G225" s="1">
         <v>14</v>
       </c>
       <c r="H225" s="1"/>
       <c r="I225" s="1" t="s">
-        <v>922</v>
+        <v>921</v>
       </c>
       <c r="J225" s="1">
         <v>1</v>
       </c>
       <c r="K225" s="1"/>
       <c r="L225" s="1" t="s">
-        <v>1259</v>
+        <v>1258</v>
       </c>
       <c r="M225" s="1"/>
       <c r="N225" s="1"/>
       <c r="O225" s="1"/>
       <c r="P225" s="1" t="s">
-        <v>1260</v>
+        <v>1259</v>
       </c>
       <c r="Q225" s="1"/>
       <c r="R225" s="1" t="s">
-        <v>1261</v>
+        <v>1260</v>
       </c>
       <c r="S225" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T225" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U225" s="1" t="s">
-        <v>1262</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="226" spans="1:21">
       <c r="A226" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B226" s="1" t="s">
         <v>1263</v>
-      </c>
-[...1 lines deleted...]
-        <v>1264</v>
       </c>
       <c r="C226" s="1">
         <v>9021</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G226" s="1">
         <v>18</v>
       </c>
       <c r="H226" s="1"/>
       <c r="I226" s="1" t="s">
         <v>269</v>
       </c>
       <c r="J226" s="1"/>
       <c r="K226" s="1"/>
       <c r="L226" s="1" t="s">
-        <v>1265</v>
+        <v>1264</v>
       </c>
       <c r="M226" s="1"/>
       <c r="N226" s="1"/>
       <c r="O226" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="P226" s="1" t="s">
         <v>1265</v>
-      </c>
-[...1 lines deleted...]
-        <v>1266</v>
       </c>
       <c r="Q226" s="1"/>
       <c r="R226" s="1" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="S226" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T226" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U226" s="1" t="s">
-        <v>1268</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="227" spans="1:21">
       <c r="A227" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B227" s="1" t="s">
         <v>1263</v>
-      </c>
-[...1 lines deleted...]
-        <v>1264</v>
       </c>
       <c r="C227" s="1">
         <v>9001</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E227" s="1"/>
       <c r="F227" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G227" s="1"/>
       <c r="H227" s="1"/>
       <c r="I227" s="1"/>
       <c r="J227" s="1"/>
       <c r="K227" s="1">
         <v>1612</v>
       </c>
       <c r="L227" s="1"/>
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
       <c r="Q227" s="1"/>
       <c r="R227" s="1" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="S227" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T227" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U227" s="1" t="s">
-        <v>1268</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="228" spans="1:21">
       <c r="A228" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B228" s="1" t="s">
         <v>1269</v>
-      </c>
-[...1 lines deleted...]
-        <v>1270</v>
       </c>
       <c r="C228" s="1">
         <v>3501</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E228" s="1"/>
       <c r="F228" s="1"/>
       <c r="G228" s="1"/>
       <c r="H228" s="1"/>
       <c r="I228" s="1"/>
       <c r="J228" s="1"/>
       <c r="K228" s="1" t="s">
-        <v>1271</v>
+        <v>1270</v>
       </c>
       <c r="L228" s="1"/>
       <c r="M228" s="1"/>
       <c r="N228" s="1"/>
       <c r="O228" s="1"/>
       <c r="P228" s="1"/>
       <c r="Q228" s="1"/>
       <c r="R228" s="1" t="s">
-        <v>1272</v>
+        <v>1271</v>
       </c>
       <c r="S228" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T228" s="1" t="s">
         <v>297</v>
       </c>
       <c r="U228" s="1" t="s">
-        <v>1273</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="229" spans="1:21">
       <c r="A229" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B229" s="1" t="s">
         <v>1269</v>
-      </c>
-[...1 lines deleted...]
-        <v>1270</v>
       </c>
       <c r="C229" s="1">
         <v>3600</v>
       </c>
       <c r="D229" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="E229" s="1" t="s">
         <v>1274</v>
       </c>
-      <c r="E229" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F229" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H229" s="1"/>
       <c r="I229" s="1" t="s">
         <v>378</v>
       </c>
       <c r="J229" s="1" t="s">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="K229" s="1"/>
       <c r="L229" s="1" t="s">
-        <v>1277</v>
+        <v>1276</v>
       </c>
       <c r="M229" s="1"/>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1" t="s">
-        <v>1278</v>
+        <v>1277</v>
       </c>
       <c r="Q229" s="1"/>
       <c r="R229" s="1" t="s">
-        <v>1272</v>
+        <v>1271</v>
       </c>
       <c r="S229" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T229" s="1" t="s">
         <v>297</v>
       </c>
       <c r="U229" s="1" t="s">
-        <v>1273</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="230" spans="1:21">
       <c r="A230" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B230" s="1" t="s">
         <v>1279</v>
-      </c>
-[...1 lines deleted...]
-        <v>1280</v>
       </c>
       <c r="C230" s="1">
         <v>3300</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>1281</v>
+        <v>1280</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G230" s="1">
         <v>1</v>
       </c>
       <c r="H230" s="1"/>
       <c r="I230" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J230" s="1"/>
       <c r="K230" s="1"/>
       <c r="L230" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="M230" s="1" t="s">
         <v>1282</v>
-      </c>
-[...1 lines deleted...]
-        <v>1283</v>
       </c>
       <c r="N230" s="1"/>
       <c r="O230" s="1"/>
       <c r="P230" s="1" t="s">
-        <v>1284</v>
+        <v>1283</v>
       </c>
       <c r="Q230" s="1"/>
       <c r="R230" s="1" t="s">
-        <v>1285</v>
+        <v>1284</v>
       </c>
       <c r="S230" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T230" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U230" s="1" t="s">
-        <v>1286</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="231" spans="1:21">
       <c r="A231" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B231" s="1" t="s">
         <v>1287</v>
-      </c>
-[...1 lines deleted...]
-        <v>1288</v>
       </c>
       <c r="C231" s="1">
         <v>3527</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="H231" s="1">
         <v>3</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="J231" s="1">
         <v>2</v>
       </c>
       <c r="K231" s="1"/>
       <c r="L231" s="1" t="s">
-        <v>1290</v>
+        <v>1289</v>
       </c>
       <c r="M231" s="1"/>
       <c r="N231" s="1"/>
       <c r="O231" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="P231" s="1" t="s">
         <v>1291</v>
-      </c>
-[...1 lines deleted...]
-        <v>1292</v>
       </c>
       <c r="Q231" s="1"/>
       <c r="R231" s="1" t="s">
-        <v>1293</v>
+        <v>1292</v>
       </c>
       <c r="S231" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T231" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="U231" s="1" t="s">
         <v>1294</v>
-      </c>
-[...1 lines deleted...]
-        <v>1295</v>
       </c>
     </row>
     <row r="232" spans="1:21">
       <c r="A232" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B232" s="1" t="s">
         <v>1296</v>
-      </c>
-[...1 lines deleted...]
-        <v>1297</v>
       </c>
       <c r="C232" s="1">
         <v>3525</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>1298</v>
+        <v>1297</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G232" s="1">
         <v>10</v>
       </c>
       <c r="H232" s="1"/>
       <c r="I232" s="1" t="s">
         <v>307</v>
       </c>
       <c r="J232" s="1">
         <v>4</v>
       </c>
       <c r="K232" s="1"/>
       <c r="L232" s="1" t="s">
-        <v>1021</v>
+        <v>1020</v>
       </c>
       <c r="M232" s="1"/>
       <c r="N232" s="1" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="O232" s="1"/>
       <c r="P232" s="1" t="s">
-        <v>1300</v>
+        <v>1299</v>
       </c>
       <c r="Q232" s="1"/>
       <c r="R232" s="1" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c r="S232" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T232" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="U232" s="1" t="s">
         <v>1301</v>
-      </c>
-[...1 lines deleted...]
-        <v>1302</v>
       </c>
     </row>
     <row r="233" spans="1:21">
       <c r="A233" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B233" s="1" t="s">
         <v>1296</v>
-      </c>
-[...1 lines deleted...]
-        <v>1297</v>
       </c>
       <c r="C233" s="1">
         <v>3625</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>1303</v>
+        <v>1302</v>
       </c>
       <c r="E233" s="1"/>
       <c r="F233" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G233" s="1"/>
       <c r="H233" s="1"/>
       <c r="I233" s="1"/>
       <c r="J233" s="1"/>
       <c r="K233" s="1">
         <v>426</v>
       </c>
       <c r="L233" s="1"/>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1"/>
       <c r="Q233" s="1"/>
       <c r="R233" s="1" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c r="S233" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T233" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="U233" s="1" t="s">
         <v>1301</v>
-      </c>
-[...1 lines deleted...]
-        <v>1302</v>
       </c>
     </row>
     <row r="234" spans="1:21">
       <c r="A234" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B234" s="1" t="s">
         <v>1304</v>
-      </c>
-[...1 lines deleted...]
-        <v>1305</v>
       </c>
       <c r="C234" s="1">
         <v>8400</v>
       </c>
       <c r="D234" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="E234" s="1" t="s">
         <v>1306</v>
       </c>
-      <c r="E234" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F234" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G234" s="1">
         <v>11</v>
       </c>
       <c r="H234" s="1"/>
       <c r="I234" s="1"/>
       <c r="J234" s="1"/>
       <c r="K234" s="1"/>
       <c r="L234" s="1" t="s">
         <v>406</v>
       </c>
       <c r="M234" s="1"/>
       <c r="N234" s="1"/>
       <c r="O234" s="1"/>
       <c r="P234" s="1" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="Q234" s="1" t="s">
         <v>408</v>
       </c>
       <c r="R234" s="1" t="s">
         <v>409</v>
       </c>
       <c r="S234" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T234" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U234" s="1" t="s">
-        <v>1309</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="235" spans="1:21">
       <c r="A235" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B235" s="1" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="C235" s="1">
         <v>5101</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>578</v>
       </c>
       <c r="E235" s="1"/>
       <c r="F235" s="1"/>
       <c r="G235" s="1"/>
       <c r="H235" s="1"/>
       <c r="I235" s="1"/>
       <c r="J235" s="1"/>
       <c r="K235" s="1" t="s">
-        <v>1312</v>
+        <v>1311</v>
       </c>
       <c r="L235" s="1"/>
       <c r="M235" s="1"/>
       <c r="N235" s="1"/>
       <c r="O235" s="1"/>
       <c r="P235" s="1"/>
       <c r="Q235" s="1"/>
       <c r="R235" s="1" t="s">
-        <v>1313</v>
+        <v>1312</v>
       </c>
       <c r="S235" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T235" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U235" s="1" t="s">
-        <v>1314</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="236" spans="1:21">
       <c r="A236" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B236" s="1" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="C236" s="1">
         <v>5100</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>578</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G236" s="1">
         <v>38</v>
       </c>
       <c r="H236" s="1"/>
       <c r="I236" s="1"/>
       <c r="J236" s="1"/>
       <c r="K236" s="1"/>
       <c r="L236" s="1" t="s">
-        <v>1315</v>
+        <v>1314</v>
       </c>
       <c r="M236" s="1"/>
       <c r="N236" s="1"/>
       <c r="O236" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="P236" s="1" t="s">
         <v>1316</v>
-      </c>
-[...1 lines deleted...]
-        <v>1317</v>
       </c>
       <c r="Q236" s="1"/>
       <c r="R236" s="1" t="s">
-        <v>1313</v>
+        <v>1312</v>
       </c>
       <c r="S236" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T236" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U236" s="1" t="s">
-        <v>1314</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="237" spans="1:21">
       <c r="A237" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B237" s="1" t="s">
         <v>1318</v>
-      </c>
-[...1 lines deleted...]
-        <v>1319</v>
       </c>
       <c r="C237" s="1">
         <v>7622</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>1320</v>
+        <v>1319</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G237" s="1">
         <v>1</v>
       </c>
       <c r="H237" s="1"/>
       <c r="I237" s="1"/>
       <c r="J237" s="1"/>
       <c r="K237" s="1"/>
       <c r="L237" s="1" t="s">
-        <v>1321</v>
+        <v>1320</v>
       </c>
       <c r="M237" s="1"/>
       <c r="N237" s="1"/>
       <c r="O237" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="P237" s="1" t="s">
         <v>1321</v>
-      </c>
-[...1 lines deleted...]
-        <v>1322</v>
       </c>
       <c r="Q237" s="1"/>
       <c r="R237" s="1" t="s">
-        <v>1323</v>
+        <v>1322</v>
       </c>
       <c r="S237" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T237" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U237" s="1" t="s">
-        <v>1324</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="238" spans="1:21">
       <c r="A238" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B238" s="1" t="s">
         <v>1325</v>
-      </c>
-[...1 lines deleted...]
-        <v>1326</v>
       </c>
       <c r="C238" s="1">
         <v>8900</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="E238" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E238" s="1"/>
       <c r="F238" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G238" s="1"/>
       <c r="H238" s="1"/>
-      <c r="I238" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I238" s="1"/>
+      <c r="J238" s="1"/>
+      <c r="K238" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="L238" s="1"/>
       <c r="M238" s="1"/>
       <c r="N238" s="1"/>
       <c r="O238" s="1"/>
-      <c r="P238" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P238" s="1"/>
       <c r="Q238" s="1"/>
       <c r="R238" s="1" t="s">
-        <v>1331</v>
+        <v>1327</v>
       </c>
       <c r="S238" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T238" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U238" s="1" t="s">
-        <v>1332</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="239" spans="1:21">
       <c r="A239" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B239" s="1" t="s">
         <v>1325</v>
-      </c>
-[...1 lines deleted...]
-        <v>1326</v>
       </c>
       <c r="C239" s="1">
         <v>8900</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="E239" s="1"/>
+      <c r="E239" s="1" t="s">
+        <v>1329</v>
+      </c>
       <c r="F239" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G239" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>1330</v>
+      </c>
       <c r="H239" s="1"/>
-      <c r="I239" s="1"/>
-[...4 lines deleted...]
-      <c r="L239" s="1"/>
+      <c r="I239" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="J239" s="1">
+        <v>1</v>
+      </c>
+      <c r="K239" s="1"/>
+      <c r="L239" s="1" t="s">
+        <v>1331</v>
+      </c>
       <c r="M239" s="1"/>
       <c r="N239" s="1"/>
       <c r="O239" s="1"/>
-      <c r="P239" s="1"/>
+      <c r="P239" s="1" t="s">
+        <v>1332</v>
+      </c>
       <c r="Q239" s="1"/>
       <c r="R239" s="1" t="s">
-        <v>1331</v>
+        <v>1327</v>
       </c>
       <c r="S239" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T239" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U239" s="1" t="s">
-        <v>1332</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="240" spans="1:21">
       <c r="A240" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B240" s="1" t="s">
         <v>1334</v>
-      </c>
-[...1 lines deleted...]
-        <v>1335</v>
       </c>
       <c r="C240" s="1">
         <v>5400</v>
       </c>
       <c r="D240" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E240" s="1" t="s">
         <v>1336</v>
-      </c>
-[...1 lines deleted...]
-        <v>1337</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G240" s="1">
         <v>4</v>
       </c>
       <c r="H240" s="1"/>
       <c r="I240" s="1"/>
       <c r="J240" s="1"/>
       <c r="K240" s="1"/>
       <c r="L240" s="1" t="s">
-        <v>1338</v>
+        <v>1337</v>
       </c>
       <c r="M240" s="1"/>
       <c r="N240" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="O240" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="P240" s="1" t="s">
         <v>1339</v>
-      </c>
-[...4 lines deleted...]
-        <v>1340</v>
       </c>
       <c r="Q240" s="1"/>
       <c r="R240" s="1" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="S240" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T240" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U240" s="1" t="s">
-        <v>1342</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="241" spans="1:21">
       <c r="A241" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B241" s="1" t="s">
         <v>1334</v>
-      </c>
-[...1 lines deleted...]
-        <v>1335</v>
       </c>
       <c r="C241" s="1">
         <v>5401</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>1336</v>
+        <v>1335</v>
       </c>
       <c r="E241" s="1"/>
       <c r="F241" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G241" s="1"/>
       <c r="H241" s="1"/>
       <c r="I241" s="1"/>
       <c r="J241" s="1"/>
       <c r="K241" s="1">
         <v>130</v>
       </c>
       <c r="L241" s="1"/>
       <c r="M241" s="1"/>
       <c r="N241" s="1"/>
       <c r="O241" s="1"/>
       <c r="P241" s="1"/>
       <c r="Q241" s="1"/>
       <c r="R241" s="1" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="S241" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T241" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U241" s="1" t="s">
-        <v>1342</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="242" spans="1:21">
       <c r="A242" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B242" s="1" t="s">
         <v>1343</v>
-      </c>
-[...1 lines deleted...]
-        <v>1344</v>
       </c>
       <c r="C242" s="1">
         <v>6800</v>
       </c>
       <c r="D242" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="E242" s="1" t="s">
         <v>1345</v>
-      </c>
-[...1 lines deleted...]
-        <v>1346</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G242" s="1">
         <v>37</v>
       </c>
       <c r="H242" s="1"/>
       <c r="I242" s="1"/>
       <c r="J242" s="1"/>
       <c r="K242" s="1"/>
       <c r="L242" s="1" t="s">
-        <v>1347</v>
+        <v>1346</v>
       </c>
       <c r="M242" s="1"/>
       <c r="N242" s="1"/>
       <c r="O242" s="1"/>
       <c r="P242" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="Q242" s="1" t="s">
         <v>1348</v>
       </c>
-      <c r="Q242" s="1" t="s">
+      <c r="R242" s="1" t="s">
         <v>1349</v>
-      </c>
-[...1 lines deleted...]
-        <v>1350</v>
       </c>
       <c r="S242" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T242" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U242" s="1" t="s">
-        <v>1351</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="243" spans="1:21">
       <c r="A243" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B243" s="1" t="s">
         <v>1343</v>
-      </c>
-[...1 lines deleted...]
-        <v>1344</v>
       </c>
       <c r="C243" s="1">
         <v>6801</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>1345</v>
+        <v>1344</v>
       </c>
       <c r="E243" s="1"/>
       <c r="F243" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G243" s="1"/>
       <c r="H243" s="1"/>
       <c r="I243" s="1"/>
       <c r="J243" s="1"/>
       <c r="K243" s="1">
         <v>166</v>
       </c>
       <c r="L243" s="1"/>
       <c r="M243" s="1"/>
       <c r="N243" s="1"/>
       <c r="O243" s="1"/>
       <c r="P243" s="1"/>
       <c r="Q243" s="1"/>
       <c r="R243" s="1" t="s">
-        <v>1350</v>
+        <v>1349</v>
       </c>
       <c r="S243" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T243" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U243" s="1" t="s">
-        <v>1351</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="244" spans="1:21">
       <c r="A244" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B244" s="1" t="s">
         <v>1352</v>
-      </c>
-[...1 lines deleted...]
-        <v>1353</v>
       </c>
       <c r="C244" s="1">
         <v>4100</v>
       </c>
       <c r="D244" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E244" s="1" t="s">
         <v>1354</v>
       </c>
-      <c r="E244" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F244" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G244" s="1">
         <v>8</v>
       </c>
       <c r="H244" s="1"/>
       <c r="I244" s="1"/>
       <c r="J244" s="1"/>
       <c r="K244" s="1"/>
       <c r="L244" s="1" t="s">
-        <v>1356</v>
+        <v>1355</v>
       </c>
       <c r="M244" s="1"/>
       <c r="N244" s="1"/>
       <c r="O244" s="1"/>
       <c r="P244" s="1" t="s">
-        <v>1357</v>
+        <v>1356</v>
       </c>
       <c r="Q244" s="1"/>
       <c r="R244" s="1" t="s">
-        <v>1358</v>
+        <v>1357</v>
       </c>
       <c r="S244" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T244" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U244" s="1" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="245" spans="1:21">
       <c r="A245" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B245" s="1" t="s">
         <v>1360</v>
-      </c>
-[...1 lines deleted...]
-        <v>1361</v>
       </c>
       <c r="C245" s="1">
         <v>4400</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>228</v>
       </c>
       <c r="E245" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="G245" s="1" t="s">
         <v>1362</v>
-      </c>
-[...4 lines deleted...]
-        <v>1363</v>
       </c>
       <c r="H245" s="1"/>
       <c r="I245" s="1" t="s">
         <v>73</v>
       </c>
       <c r="J245" s="1">
         <v>7</v>
       </c>
       <c r="K245" s="1"/>
       <c r="L245" s="1" t="s">
-        <v>1364</v>
+        <v>1363</v>
       </c>
       <c r="M245" s="1"/>
       <c r="N245" s="1"/>
       <c r="O245" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="P245" s="1" t="s">
         <v>1364</v>
-      </c>
-[...1 lines deleted...]
-        <v>1365</v>
       </c>
       <c r="Q245" s="1"/>
       <c r="R245" s="1" t="s">
-        <v>1366</v>
+        <v>1365</v>
       </c>
       <c r="S245" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T245" s="1" t="s">
         <v>217</v>
       </c>
       <c r="U245" s="1" t="s">
-        <v>1367</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="246" spans="1:21">
       <c r="A246" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B246" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="C246" s="1">
+        <v>6713</v>
+      </c>
+      <c r="D246" s="1" t="s">
         <v>1369</v>
       </c>
-      <c r="C246" s="1">
-[...5 lines deleted...]
-      <c r="E246" s="1" t="s">
+      <c r="E246" s="1"/>
+      <c r="F246" s="1"/>
+      <c r="G246" s="1"/>
+      <c r="H246" s="1"/>
+      <c r="I246" s="1"/>
+      <c r="J246" s="1"/>
+      <c r="K246" s="1" t="s">
         <v>1370</v>
       </c>
-      <c r="F246" s="1" t="s">
-[...15 lines deleted...]
-      </c>
+      <c r="L246" s="1"/>
       <c r="M246" s="1"/>
       <c r="N246" s="1"/>
-      <c r="O246" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O246" s="1"/>
+      <c r="P246" s="1"/>
       <c r="Q246" s="1"/>
       <c r="R246" s="1" t="s">
-        <v>1374</v>
+        <v>1371</v>
       </c>
       <c r="S246" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T246" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U246" s="1" t="s">
-        <v>1375</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="247" spans="1:21">
       <c r="A247" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B247" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="B247" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C247" s="1">
-        <v>6713</v>
+        <v>6721</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>1376</v>
-[...3 lines deleted...]
-      <c r="G247" s="1"/>
+        <v>807</v>
+      </c>
+      <c r="E247" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>1374</v>
+      </c>
       <c r="H247" s="1"/>
-      <c r="I247" s="1"/>
-[...4 lines deleted...]
-      <c r="L247" s="1"/>
+      <c r="I247" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="J247" s="1">
+        <v>2</v>
+      </c>
+      <c r="K247" s="1"/>
+      <c r="L247" s="1" t="s">
+        <v>1375</v>
+      </c>
       <c r="M247" s="1"/>
       <c r="N247" s="1"/>
-      <c r="O247" s="1"/>
-      <c r="P247" s="1"/>
+      <c r="O247" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="P247" s="1" t="s">
+        <v>1376</v>
+      </c>
       <c r="Q247" s="1"/>
       <c r="R247" s="1" t="s">
-        <v>1374</v>
+        <v>1371</v>
       </c>
       <c r="S247" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T247" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U247" s="1" t="s">
-        <v>1375</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="248" spans="1:21">
       <c r="A248" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B248" s="1" t="s">
         <v>1378</v>
-      </c>
-[...1 lines deleted...]
-        <v>1379</v>
       </c>
       <c r="C248" s="1">
         <v>8500</v>
       </c>
       <c r="D248" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E248" s="1" t="s">
         <v>1380</v>
-      </c>
-[...1 lines deleted...]
-        <v>1381</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G248" s="1">
         <v>1</v>
       </c>
       <c r="H248" s="1"/>
       <c r="I248" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J248" s="1" t="s">
-        <v>1382</v>
+        <v>1381</v>
       </c>
       <c r="K248" s="1"/>
       <c r="L248" s="1" t="s">
-        <v>1383</v>
+        <v>1382</v>
       </c>
       <c r="M248" s="1"/>
       <c r="N248" s="1"/>
       <c r="O248" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="P248" s="1" t="s">
         <v>1384</v>
       </c>
-      <c r="P248" s="1" t="s">
+      <c r="Q248" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="Q248" s="1" t="s">
+      <c r="R248" s="1" t="s">
         <v>1386</v>
-      </c>
-[...1 lines deleted...]
-        <v>1387</v>
       </c>
       <c r="S248" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T248" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U248" s="1" t="s">
-        <v>1388</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="249" spans="1:21">
       <c r="A249" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B249" s="1" t="s">
         <v>1389</v>
-      </c>
-[...1 lines deleted...]
-        <v>1390</v>
       </c>
       <c r="C249" s="1">
         <v>2660</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>993</v>
+        <v>992</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>1391</v>
+        <v>1390</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>1392</v>
+        <v>1391</v>
       </c>
       <c r="H249" s="1"/>
       <c r="I249" s="1"/>
       <c r="J249" s="1"/>
       <c r="K249" s="1"/>
       <c r="L249" s="1" t="s">
-        <v>1393</v>
+        <v>1392</v>
       </c>
       <c r="M249" s="1"/>
       <c r="N249" s="1"/>
       <c r="O249" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="P249" s="1" t="s">
         <v>1394</v>
-      </c>
-[...1 lines deleted...]
-        <v>1395</v>
       </c>
       <c r="Q249" s="1"/>
       <c r="R249" s="1" t="s">
-        <v>1396</v>
+        <v>1395</v>
       </c>
       <c r="S249" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T249" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U249" s="1" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="250" spans="1:21">
       <c r="A250" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B250" s="1" t="s">
         <v>1389</v>
-      </c>
-[...1 lines deleted...]
-        <v>1390</v>
       </c>
       <c r="C250" s="1">
         <v>1590</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E250" s="1"/>
       <c r="F250" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G250" s="1"/>
       <c r="H250" s="1"/>
       <c r="I250" s="1"/>
       <c r="J250" s="1"/>
       <c r="K250" s="1">
         <v>84</v>
       </c>
       <c r="L250" s="1"/>
       <c r="M250" s="1"/>
       <c r="N250" s="1"/>
       <c r="O250" s="1"/>
       <c r="P250" s="1"/>
       <c r="Q250" s="1"/>
       <c r="R250" s="1" t="s">
-        <v>1396</v>
+        <v>1395</v>
       </c>
       <c r="S250" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T250" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U250" s="1" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="251" spans="1:21">
       <c r="A251" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B251" s="1" t="s">
         <v>1398</v>
-      </c>
-[...1 lines deleted...]
-        <v>1399</v>
       </c>
       <c r="C251" s="1">
         <v>8300</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>1400</v>
+        <v>1399</v>
       </c>
       <c r="E251" s="1" t="s">
         <v>103</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G251" s="1">
         <v>6</v>
       </c>
       <c r="H251" s="1"/>
       <c r="I251" s="1"/>
       <c r="J251" s="1"/>
       <c r="K251" s="1"/>
       <c r="L251" s="1"/>
       <c r="M251" s="1"/>
       <c r="N251" s="1" t="s">
         <v>406</v>
       </c>
       <c r="O251" s="1"/>
       <c r="P251" s="1" t="s">
-        <v>1401</v>
+        <v>1400</v>
       </c>
       <c r="Q251" s="1" t="s">
         <v>408</v>
       </c>
       <c r="R251" s="1" t="s">
-        <v>1402</v>
+        <v>1401</v>
       </c>
       <c r="S251" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T251" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U251" s="1" t="s">
-        <v>1403</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="252" spans="1:21">
       <c r="A252" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B252" s="1" t="s">
         <v>1404</v>
-      </c>
-[...1 lines deleted...]
-        <v>1405</v>
       </c>
       <c r="C252" s="1">
         <v>2040</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="E252" s="1"/>
       <c r="F252" s="1"/>
       <c r="G252" s="1"/>
       <c r="H252" s="1"/>
       <c r="I252" s="1"/>
       <c r="J252" s="1"/>
       <c r="K252" s="1" t="s">
-        <v>1407</v>
+        <v>1406</v>
       </c>
       <c r="L252" s="1"/>
       <c r="M252" s="1"/>
       <c r="N252" s="1"/>
       <c r="O252" s="1"/>
       <c r="P252" s="1"/>
       <c r="Q252" s="1"/>
       <c r="R252" s="1" t="s">
-        <v>1408</v>
+        <v>1407</v>
       </c>
       <c r="S252" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T252" s="1" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="U252" s="1" t="s">
-        <v>1409</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="253" spans="1:21">
       <c r="A253" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B253" s="1" t="s">
         <v>1404</v>
-      </c>
-[...1 lines deleted...]
-        <v>1405</v>
       </c>
       <c r="C253" s="1">
         <v>2040</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="E253" s="1"/>
       <c r="F253" s="1"/>
       <c r="G253" s="1"/>
       <c r="H253" s="1"/>
       <c r="I253" s="1"/>
       <c r="J253" s="1"/>
       <c r="K253" s="1" t="s">
-        <v>1407</v>
+        <v>1406</v>
       </c>
       <c r="L253" s="1"/>
       <c r="M253" s="1"/>
       <c r="N253" s="1"/>
       <c r="O253" s="1"/>
       <c r="P253" s="1"/>
       <c r="Q253" s="1"/>
       <c r="R253" s="1" t="s">
-        <v>1408</v>
+        <v>1407</v>
       </c>
       <c r="S253" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T253" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U253" s="1" t="s">
-        <v>1409</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="254" spans="1:21">
       <c r="A254" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B254" s="1" t="s">
         <v>1404</v>
-      </c>
-[...1 lines deleted...]
-        <v>1405</v>
       </c>
       <c r="C254" s="1">
         <v>2040</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>1307</v>
+        <v>1306</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>1410</v>
+        <v>1409</v>
       </c>
       <c r="H254" s="1"/>
       <c r="I254" s="1" t="s">
         <v>571</v>
       </c>
       <c r="J254" s="1" t="s">
-        <v>1411</v>
+        <v>1410</v>
       </c>
       <c r="K254" s="1"/>
       <c r="L254" s="1" t="s">
-        <v>1412</v>
+        <v>1411</v>
       </c>
       <c r="M254" s="1"/>
       <c r="N254" s="1"/>
       <c r="O254" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="P254" s="1" t="s">
         <v>1413</v>
-      </c>
-[...1 lines deleted...]
-        <v>1414</v>
       </c>
       <c r="Q254" s="1"/>
       <c r="R254" s="1" t="s">
-        <v>1408</v>
+        <v>1407</v>
       </c>
       <c r="S254" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T254" s="1" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="U254" s="1" t="s">
-        <v>1409</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="255" spans="1:21">
       <c r="A255" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B255" s="1" t="s">
         <v>1404</v>
-      </c>
-[...1 lines deleted...]
-        <v>1405</v>
       </c>
       <c r="C255" s="1">
         <v>2040</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>1307</v>
+        <v>1306</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>1410</v>
+        <v>1409</v>
       </c>
       <c r="H255" s="1"/>
       <c r="I255" s="1" t="s">
         <v>571</v>
       </c>
       <c r="J255" s="1" t="s">
-        <v>1411</v>
+        <v>1410</v>
       </c>
       <c r="K255" s="1"/>
       <c r="L255" s="1" t="s">
-        <v>1412</v>
+        <v>1411</v>
       </c>
       <c r="M255" s="1"/>
       <c r="N255" s="1"/>
       <c r="O255" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="P255" s="1" t="s">
         <v>1413</v>
-      </c>
-[...1 lines deleted...]
-        <v>1414</v>
       </c>
       <c r="Q255" s="1"/>
       <c r="R255" s="1" t="s">
-        <v>1408</v>
+        <v>1407</v>
       </c>
       <c r="S255" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T255" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U255" s="1" t="s">
-        <v>1409</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="256" spans="1:21">
       <c r="A256" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B256" s="1" t="s">
         <v>1415</v>
-      </c>
-[...1 lines deleted...]
-        <v>1416</v>
       </c>
       <c r="C256" s="1">
         <v>5440</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>1417</v>
+        <v>1416</v>
       </c>
       <c r="E256" s="1"/>
       <c r="F256" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G256" s="1"/>
       <c r="H256" s="1"/>
       <c r="I256" s="1"/>
       <c r="J256" s="1"/>
       <c r="K256" s="1">
         <v>25</v>
       </c>
       <c r="L256" s="1"/>
       <c r="M256" s="1"/>
       <c r="N256" s="1"/>
       <c r="O256" s="1"/>
       <c r="P256" s="1"/>
       <c r="Q256" s="1"/>
       <c r="R256" s="1" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="S256" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T256" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U256" s="1" t="s">
-        <v>1419</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="257" spans="1:21">
       <c r="A257" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B257" s="1" t="s">
         <v>1415</v>
-      </c>
-[...1 lines deleted...]
-        <v>1416</v>
       </c>
       <c r="C257" s="1">
         <v>5440</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>1417</v>
+        <v>1416</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>1420</v>
+        <v>1419</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>1421</v>
+        <v>1420</v>
       </c>
       <c r="H257" s="1" t="s">
-        <v>1098</v>
+        <v>1097</v>
       </c>
       <c r="I257" s="1" t="s">
         <v>269</v>
       </c>
       <c r="J257" s="1">
         <v>3</v>
       </c>
       <c r="K257" s="1"/>
       <c r="L257" s="1" t="s">
-        <v>1422</v>
+        <v>1421</v>
       </c>
       <c r="M257" s="1"/>
       <c r="N257" s="1"/>
       <c r="O257" s="1"/>
       <c r="P257" s="1" t="s">
-        <v>1423</v>
+        <v>1422</v>
       </c>
       <c r="Q257" s="1"/>
       <c r="R257" s="1" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="S257" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T257" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U257" s="1" t="s">
-        <v>1419</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="258" spans="1:21">
       <c r="A258" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B258" s="1" t="s">
         <v>1424</v>
-      </c>
-[...1 lines deleted...]
-        <v>1425</v>
       </c>
       <c r="C258" s="1">
         <v>1042</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>1426</v>
+        <v>1425</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>1427</v>
+        <v>1426</v>
       </c>
       <c r="H258" s="1"/>
       <c r="I258" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J258" s="1" t="s">
         <v>525</v>
       </c>
       <c r="K258" s="1"/>
       <c r="L258" s="1" t="s">
-        <v>1428</v>
+        <v>1427</v>
       </c>
       <c r="M258" s="1"/>
       <c r="N258" s="1"/>
       <c r="O258" s="1" t="s">
+        <v>1428</v>
+      </c>
+      <c r="P258" s="1" t="s">
         <v>1429</v>
-      </c>
-[...1 lines deleted...]
-        <v>1430</v>
       </c>
       <c r="Q258" s="1"/>
       <c r="R258" s="1" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="S258" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T258" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U258" s="1" t="s">
-        <v>1432</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="259" spans="1:21">
       <c r="A259" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B259" s="1" t="s">
         <v>1433</v>
-      </c>
-[...1 lines deleted...]
-        <v>1434</v>
       </c>
       <c r="C259" s="1">
         <v>7400</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>239</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G259" s="1">
         <v>2</v>
       </c>
       <c r="H259" s="1"/>
       <c r="I259" s="1" t="s">
         <v>439</v>
       </c>
       <c r="J259" s="1">
         <v>9</v>
       </c>
       <c r="K259" s="1"/>
       <c r="L259" s="1" t="s">
-        <v>1435</v>
+        <v>1434</v>
       </c>
       <c r="M259" s="1"/>
       <c r="N259" s="1" t="s">
-        <v>1436</v>
+        <v>1435</v>
       </c>
       <c r="O259" s="1"/>
       <c r="P259" s="1" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="Q259" s="1"/>
       <c r="R259" s="1" t="s">
-        <v>1438</v>
+        <v>1437</v>
       </c>
       <c r="S259" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T259" s="1" t="s">
         <v>217</v>
       </c>
       <c r="U259" s="1" t="s">
-        <v>1439</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="260" spans="1:21">
       <c r="A260" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B260" s="1" t="s">
         <v>1440</v>
-      </c>
-[...1 lines deleted...]
-        <v>1441</v>
       </c>
       <c r="C260" s="1">
         <v>4400</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>228</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>1442</v>
+        <v>1441</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>1443</v>
+        <v>1442</v>
       </c>
       <c r="H260" s="1"/>
       <c r="I260" s="1"/>
       <c r="J260" s="1"/>
       <c r="K260" s="1"/>
       <c r="L260" s="1"/>
       <c r="M260" s="1"/>
       <c r="N260" s="1"/>
       <c r="O260" s="1"/>
       <c r="P260" s="1"/>
       <c r="Q260" s="1"/>
       <c r="R260" s="1" t="s">
-        <v>1444</v>
+        <v>1443</v>
       </c>
       <c r="S260" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T260" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U260" s="1" t="s">
-        <v>1445</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="261" spans="1:21">
       <c r="A261" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B261" s="1" t="s">
         <v>1440</v>
-      </c>
-[...1 lines deleted...]
-        <v>1441</v>
       </c>
       <c r="C261" s="1">
         <v>4400</v>
       </c>
       <c r="D261" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="E261" s="1" t="s">
         <v>1446</v>
-      </c>
-[...1 lines deleted...]
-        <v>1447</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G261" s="1">
         <v>6</v>
       </c>
       <c r="H261" s="1"/>
       <c r="I261" s="1"/>
       <c r="J261" s="1"/>
       <c r="K261" s="1"/>
       <c r="L261" s="1"/>
       <c r="M261" s="1"/>
       <c r="N261" s="1" t="s">
-        <v>1448</v>
+        <v>1447</v>
       </c>
       <c r="O261" s="1"/>
       <c r="P261" s="1" t="s">
-        <v>1449</v>
+        <v>1448</v>
       </c>
       <c r="Q261" s="1"/>
       <c r="R261" s="1" t="s">
-        <v>1444</v>
+        <v>1443</v>
       </c>
       <c r="S261" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T261" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U261" s="1" t="s">
-        <v>1445</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="262" spans="1:21">
       <c r="A262" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B262" s="1" t="s">
         <v>1450</v>
-      </c>
-[...1 lines deleted...]
-        <v>1451</v>
       </c>
       <c r="C262" s="1">
         <v>1146</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>1452</v>
+        <v>1451</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G262" s="1">
         <v>167</v>
       </c>
       <c r="H262" s="1" t="s">
-        <v>1453</v>
+        <v>1452</v>
       </c>
       <c r="I262" s="1" t="s">
         <v>287</v>
       </c>
       <c r="J262" s="1">
         <v>7</v>
       </c>
       <c r="K262" s="1"/>
       <c r="L262" s="1" t="s">
-        <v>1454</v>
+        <v>1453</v>
       </c>
       <c r="M262" s="1"/>
       <c r="N262" s="1"/>
       <c r="O262" s="1"/>
       <c r="P262" s="1" t="s">
-        <v>1455</v>
+        <v>1454</v>
       </c>
       <c r="Q262" s="1"/>
       <c r="R262" s="1" t="s">
-        <v>1456</v>
+        <v>1455</v>
       </c>
       <c r="S262" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T262" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U262" s="1" t="s">
-        <v>1457</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="263" spans="1:21">
       <c r="A263" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B263" s="1" t="s">
         <v>1458</v>
       </c>
-      <c r="B263" s="1" t="s">
+      <c r="C263" s="1">
+        <v>5700</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="E263" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="G263" s="1">
+        <v>8</v>
+      </c>
+      <c r="H263" s="1"/>
+      <c r="I263" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="J263" s="1">
+        <v>1</v>
+      </c>
+      <c r="K263" s="1"/>
+      <c r="L263" s="1" t="s">
         <v>1459</v>
       </c>
-      <c r="C263" s="1">
-[...16 lines deleted...]
-      <c r="L263" s="1"/>
       <c r="M263" s="1"/>
       <c r="N263" s="1"/>
-      <c r="O263" s="1"/>
+      <c r="O263" s="1" t="s">
+        <v>1459</v>
+      </c>
       <c r="P263" s="1"/>
       <c r="Q263" s="1"/>
       <c r="R263" s="1" t="s">
         <v>1460</v>
       </c>
       <c r="S263" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="T263" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U263" s="1" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="264" spans="1:21">
       <c r="A264" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B264" s="1" t="s">
         <v>1458</v>
       </c>
-      <c r="B264" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C264" s="1">
-        <v>5700</v>
+        <v>5701</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>775</v>
-[...3 lines deleted...]
-      </c>
+        <v>774</v>
+      </c>
+      <c r="E264" s="1"/>
       <c r="F264" s="1" t="s">
-        <v>680</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G264" s="1"/>
       <c r="H264" s="1"/>
-      <c r="I264" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I264" s="1"/>
+      <c r="J264" s="1"/>
+      <c r="K264" s="1">
+        <v>145</v>
+      </c>
+      <c r="L264" s="1"/>
       <c r="M264" s="1"/>
       <c r="N264" s="1"/>
-      <c r="O264" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O264" s="1"/>
       <c r="P264" s="1"/>
       <c r="Q264" s="1"/>
       <c r="R264" s="1" t="s">
         <v>1460</v>
       </c>
       <c r="S264" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="T264" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U264" s="1" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="265" spans="1:21">
       <c r="A265" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B265" s="1" t="s">
         <v>1463</v>
-      </c>
-[...1 lines deleted...]
-        <v>1464</v>
       </c>
       <c r="C265" s="1">
         <v>8901</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>394</v>
       </c>
       <c r="E265" s="1"/>
       <c r="F265" s="1"/>
       <c r="G265" s="1"/>
       <c r="H265" s="1"/>
       <c r="I265" s="1"/>
       <c r="J265" s="1"/>
       <c r="K265" s="1" t="s">
-        <v>1465</v>
+        <v>1464</v>
       </c>
       <c r="L265" s="1"/>
       <c r="M265" s="1"/>
       <c r="N265" s="1"/>
       <c r="O265" s="1"/>
       <c r="P265" s="1"/>
       <c r="Q265" s="1"/>
       <c r="R265" s="1" t="s">
-        <v>1466</v>
+        <v>1465</v>
       </c>
       <c r="S265" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T265" s="1" t="s">
         <v>297</v>
       </c>
       <c r="U265" s="1" t="s">
-        <v>1467</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="266" spans="1:21">
       <c r="A266" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B266" s="1" t="s">
         <v>1463</v>
-      </c>
-[...1 lines deleted...]
-        <v>1464</v>
       </c>
       <c r="C266" s="1">
         <v>5830</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>1468</v>
+        <v>1467</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>1362</v>
+        <v>1361</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G266" s="1">
         <v>24</v>
       </c>
       <c r="H266" s="1"/>
       <c r="I266" s="1"/>
       <c r="J266" s="1"/>
       <c r="K266" s="1"/>
       <c r="L266" s="1"/>
       <c r="M266" s="1"/>
       <c r="N266" s="1" t="s">
-        <v>1469</v>
+        <v>1468</v>
       </c>
       <c r="O266" s="1"/>
       <c r="P266" s="1" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="Q266" s="1"/>
       <c r="R266" s="1" t="s">
-        <v>1466</v>
+        <v>1465</v>
       </c>
       <c r="S266" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T266" s="1" t="s">
         <v>297</v>
       </c>
       <c r="U266" s="1" t="s">
-        <v>1467</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="267" spans="1:21">
       <c r="A267" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B267" s="1" t="s">
         <v>1471</v>
-      </c>
-[...1 lines deleted...]
-        <v>1472</v>
       </c>
       <c r="C267" s="1">
         <v>1055</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>1473</v>
+        <v>1472</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G267" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="H267" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="I267" s="1" t="s">
         <v>1474</v>
       </c>
-      <c r="H267" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I267" s="1" t="s">
+      <c r="J267" s="1" t="s">
         <v>1475</v>
-      </c>
-[...1 lines deleted...]
-        <v>1476</v>
       </c>
       <c r="K267" s="1"/>
       <c r="L267" s="1" t="s">
-        <v>1477</v>
+        <v>1476</v>
       </c>
       <c r="M267" s="1"/>
       <c r="N267" s="1"/>
       <c r="O267" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P267" s="1" t="s">
         <v>1478</v>
-      </c>
-[...1 lines deleted...]
-        <v>1479</v>
       </c>
       <c r="Q267" s="1"/>
       <c r="R267" s="1" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
       <c r="S267" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T267" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U267" s="1" t="s">
-        <v>1481</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="268" spans="1:21">
       <c r="A268" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B268" s="1" t="s">
         <v>1471</v>
-      </c>
-[...1 lines deleted...]
-        <v>1472</v>
       </c>
       <c r="C268" s="1">
         <v>1396</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E268" s="1"/>
       <c r="F268" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G268" s="1"/>
       <c r="H268" s="1"/>
       <c r="I268" s="1"/>
       <c r="J268" s="1"/>
       <c r="K268" s="1">
         <v>488</v>
       </c>
       <c r="L268" s="1"/>
       <c r="M268" s="1"/>
       <c r="N268" s="1"/>
       <c r="O268" s="1"/>
       <c r="P268" s="1"/>
       <c r="Q268" s="1"/>
       <c r="R268" s="1" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
       <c r="S268" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T268" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U268" s="1" t="s">
-        <v>1481</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="269" spans="1:21">
       <c r="A269" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B269" s="1" t="s">
         <v>1482</v>
-      </c>
-[...1 lines deleted...]
-        <v>1483</v>
       </c>
       <c r="C269" s="1">
         <v>1390</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E269" s="1"/>
       <c r="F269" s="1"/>
       <c r="G269" s="1"/>
       <c r="H269" s="1"/>
       <c r="I269" s="1"/>
       <c r="J269" s="1"/>
       <c r="K269" s="1" t="s">
-        <v>1484</v>
+        <v>1483</v>
       </c>
       <c r="L269" s="1"/>
       <c r="M269" s="1"/>
       <c r="N269" s="1"/>
       <c r="O269" s="1"/>
       <c r="P269" s="1"/>
       <c r="Q269" s="1"/>
       <c r="R269" s="1" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="S269" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T269" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U269" s="1" t="s">
-        <v>1486</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="270" spans="1:21">
       <c r="A270" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B270" s="1" t="s">
         <v>1482</v>
-      </c>
-[...1 lines deleted...]
-        <v>1483</v>
       </c>
       <c r="C270" s="1">
         <v>1135</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>1001</v>
+        <v>1000</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G270" s="1">
         <v>25</v>
       </c>
       <c r="H270" s="1"/>
       <c r="I270" s="1" t="s">
         <v>307</v>
       </c>
       <c r="J270" s="1">
         <v>2</v>
       </c>
       <c r="K270" s="1"/>
       <c r="L270" s="1"/>
       <c r="M270" s="1"/>
       <c r="N270" s="1" t="s">
-        <v>1487</v>
+        <v>1486</v>
       </c>
       <c r="O270" s="1"/>
       <c r="P270" s="1" t="s">
-        <v>1488</v>
+        <v>1487</v>
       </c>
       <c r="Q270" s="1"/>
       <c r="R270" s="1" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="S270" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T270" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U270" s="1" t="s">
-        <v>1486</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="271" spans="1:21">
       <c r="A271" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B271" s="1" t="s">
         <v>1489</v>
       </c>
-      <c r="B271" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C271" s="1">
-        <v>6801</v>
+        <v>6800</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>1345</v>
-[...1 lines deleted...]
-      <c r="E271" s="1"/>
+        <v>1344</v>
+      </c>
+      <c r="E271" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="F271" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G271" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G271" s="1">
+        <v>3</v>
+      </c>
       <c r="H271" s="1"/>
       <c r="I271" s="1"/>
       <c r="J271" s="1"/>
-      <c r="K271" s="1">
-[...2 lines deleted...]
-      <c r="L271" s="1"/>
+      <c r="K271" s="1"/>
+      <c r="L271" s="1" t="s">
+        <v>1490</v>
+      </c>
       <c r="M271" s="1"/>
       <c r="N271" s="1"/>
-      <c r="O271" s="1"/>
-      <c r="P271" s="1"/>
+      <c r="O271" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="P271" s="1" t="s">
+        <v>1492</v>
+      </c>
       <c r="Q271" s="1"/>
       <c r="R271" s="1" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="S271" s="1" t="s">
-        <v>35</v>
+        <v>1494</v>
       </c>
       <c r="T271" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U271" s="1" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="272" spans="1:21">
       <c r="A272" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B272" s="1" t="s">
         <v>1489</v>
       </c>
-      <c r="B272" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C272" s="1">
-        <v>6800</v>
+        <v>6801</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>1345</v>
-[...3 lines deleted...]
-      </c>
+        <v>1344</v>
+      </c>
+      <c r="E272" s="1"/>
       <c r="F272" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G272" s="1"/>
       <c r="H272" s="1"/>
       <c r="I272" s="1"/>
       <c r="J272" s="1"/>
-      <c r="K272" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K272" s="1">
+        <v>29</v>
+      </c>
+      <c r="L272" s="1"/>
       <c r="M272" s="1"/>
       <c r="N272" s="1"/>
-      <c r="O272" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O272" s="1"/>
+      <c r="P272" s="1"/>
       <c r="Q272" s="1"/>
       <c r="R272" s="1" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="S272" s="1" t="s">
-        <v>1496</v>
+        <v>35</v>
       </c>
       <c r="T272" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U272" s="1" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="273" spans="1:21">
       <c r="A273" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B273" s="1" t="s">
         <v>1497</v>
-      </c>
-[...1 lines deleted...]
-        <v>1498</v>
       </c>
       <c r="C273" s="1">
         <v>6000</v>
       </c>
       <c r="D273" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E273" s="1" t="s">
         <v>1499</v>
-      </c>
-[...1 lines deleted...]
-        <v>1500</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G273" s="1">
         <v>2</v>
       </c>
       <c r="H273" s="1"/>
       <c r="I273" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="J273" s="1" t="s">
         <v>1501</v>
-      </c>
-[...1 lines deleted...]
-        <v>1502</v>
       </c>
       <c r="K273" s="1"/>
       <c r="L273" s="1" t="s">
-        <v>1503</v>
+        <v>1502</v>
       </c>
       <c r="M273" s="1"/>
       <c r="N273" s="1"/>
       <c r="O273" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="P273" s="1" t="s">
         <v>1504</v>
       </c>
-      <c r="P273" s="1" t="s">
+      <c r="Q273" s="1" t="s">
         <v>1505</v>
       </c>
-      <c r="Q273" s="1" t="s">
+      <c r="R273" s="1" t="s">
         <v>1506</v>
-      </c>
-[...1 lines deleted...]
-        <v>1507</v>
       </c>
       <c r="S273" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T273" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U273" s="1" t="s">
-        <v>1508</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="274" spans="1:21">
       <c r="A274" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B274" s="1" t="s">
         <v>1497</v>
-      </c>
-[...1 lines deleted...]
-        <v>1498</v>
       </c>
       <c r="C274" s="1">
         <v>6001</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="E274" s="1"/>
       <c r="F274" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G274" s="1"/>
       <c r="H274" s="1"/>
       <c r="I274" s="1"/>
       <c r="J274" s="1"/>
       <c r="K274" s="1">
         <v>508</v>
       </c>
       <c r="L274" s="1"/>
       <c r="M274" s="1"/>
       <c r="N274" s="1"/>
       <c r="O274" s="1"/>
       <c r="P274" s="1"/>
       <c r="Q274" s="1"/>
       <c r="R274" s="1" t="s">
-        <v>1507</v>
+        <v>1506</v>
       </c>
       <c r="S274" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T274" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U274" s="1" t="s">
-        <v>1508</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="275" spans="1:21">
       <c r="A275" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B275" s="1" t="s">
         <v>1509</v>
-      </c>
-[...1 lines deleted...]
-        <v>1510</v>
       </c>
       <c r="C275" s="1">
         <v>2201</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>1511</v>
+        <v>1510</v>
       </c>
       <c r="E275" s="1"/>
       <c r="F275" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G275" s="1"/>
       <c r="H275" s="1"/>
       <c r="I275" s="1"/>
       <c r="J275" s="1"/>
       <c r="K275" s="1">
         <v>166</v>
       </c>
       <c r="L275" s="1"/>
       <c r="M275" s="1"/>
       <c r="N275" s="1"/>
       <c r="O275" s="1"/>
       <c r="P275" s="1"/>
       <c r="Q275" s="1"/>
       <c r="R275" s="1" t="s">
-        <v>1512</v>
+        <v>1511</v>
       </c>
       <c r="S275" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T275" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U275" s="1" t="s">
-        <v>1513</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="276" spans="1:21">
       <c r="A276" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B276" s="1" t="s">
         <v>1509</v>
-      </c>
-[...1 lines deleted...]
-        <v>1510</v>
       </c>
       <c r="C276" s="1">
         <v>1055</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>1514</v>
+        <v>1513</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G276" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H276" s="1" t="s">
         <v>1515</v>
-      </c>
-[...1 lines deleted...]
-        <v>1516</v>
       </c>
       <c r="I276" s="1" t="s">
         <v>73</v>
       </c>
       <c r="J276" s="1" t="s">
-        <v>1476</v>
+        <v>1475</v>
       </c>
       <c r="K276" s="1"/>
       <c r="L276" s="1" t="s">
-        <v>1517</v>
+        <v>1516</v>
       </c>
       <c r="M276" s="1"/>
       <c r="N276" s="1"/>
       <c r="O276" s="1"/>
       <c r="P276" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="Q276" s="1" t="s">
         <v>1518</v>
       </c>
-      <c r="Q276" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R276" s="1" t="s">
-        <v>1512</v>
+        <v>1511</v>
       </c>
       <c r="S276" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T276" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U276" s="1" t="s">
-        <v>1513</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="277" spans="1:21">
       <c r="A277" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B277" s="1" t="s">
         <v>1520</v>
-      </c>
-[...1 lines deleted...]
-        <v>1521</v>
       </c>
       <c r="C277" s="1">
         <v>7622</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>1320</v>
+        <v>1319</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G277" s="1">
         <v>1</v>
       </c>
       <c r="H277" s="1"/>
       <c r="I277" s="1"/>
       <c r="J277" s="1"/>
       <c r="K277" s="1"/>
       <c r="L277" s="1" t="s">
-        <v>1522</v>
+        <v>1521</v>
       </c>
       <c r="M277" s="1"/>
       <c r="N277" s="1" t="s">
-        <v>1523</v>
+        <v>1522</v>
       </c>
       <c r="O277" s="1"/>
       <c r="P277" s="1" t="s">
-        <v>1524</v>
+        <v>1523</v>
       </c>
       <c r="Q277" s="1"/>
       <c r="R277" s="1" t="s">
-        <v>1525</v>
+        <v>1524</v>
       </c>
       <c r="S277" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T277" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U277" s="1" t="s">
-        <v>1526</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="278" spans="1:21">
       <c r="A278" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B278" s="1" t="s">
         <v>1520</v>
-      </c>
-[...1 lines deleted...]
-        <v>1521</v>
       </c>
       <c r="C278" s="1">
         <v>7601</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E278" s="1"/>
       <c r="F278" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G278" s="1"/>
       <c r="H278" s="1"/>
       <c r="I278" s="1"/>
       <c r="J278" s="1"/>
       <c r="K278" s="1">
         <v>336</v>
       </c>
       <c r="L278" s="1"/>
       <c r="M278" s="1"/>
       <c r="N278" s="1"/>
       <c r="O278" s="1"/>
       <c r="P278" s="1"/>
       <c r="Q278" s="1"/>
       <c r="R278" s="1" t="s">
-        <v>1525</v>
+        <v>1524</v>
       </c>
       <c r="S278" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T278" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U278" s="1" t="s">
-        <v>1526</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="279" spans="1:21">
       <c r="A279" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B279" s="1" t="s">
         <v>1527</v>
-      </c>
-[...1 lines deleted...]
-        <v>1528</v>
       </c>
       <c r="C279" s="1">
         <v>2370</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>1529</v>
+        <v>1528</v>
       </c>
       <c r="E279" s="1" t="s">
         <v>423</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G279" s="1">
         <v>46</v>
       </c>
       <c r="H279" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="I279" s="1" t="s">
         <v>1530</v>
       </c>
-      <c r="I279" s="1" t="s">
+      <c r="J279" s="1" t="s">
         <v>1531</v>
-      </c>
-[...1 lines deleted...]
-        <v>1532</v>
       </c>
       <c r="K279" s="1"/>
       <c r="L279" s="1" t="s">
-        <v>1533</v>
+        <v>1532</v>
       </c>
       <c r="M279" s="1"/>
       <c r="N279" s="1"/>
       <c r="O279" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="P279" s="1" t="s">
         <v>1534</v>
-      </c>
-[...1 lines deleted...]
-        <v>1535</v>
       </c>
       <c r="Q279" s="1"/>
       <c r="R279" s="1" t="s">
-        <v>1536</v>
+        <v>1535</v>
       </c>
       <c r="S279" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T279" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U279" s="1" t="s">
-        <v>1537</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="280" spans="1:21">
       <c r="A280" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B280" s="1" t="s">
         <v>1527</v>
-      </c>
-[...1 lines deleted...]
-        <v>1528</v>
       </c>
       <c r="C280" s="1">
         <v>2371</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>1529</v>
+        <v>1528</v>
       </c>
       <c r="E280" s="1"/>
       <c r="F280" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G280" s="1"/>
       <c r="H280" s="1"/>
       <c r="I280" s="1"/>
       <c r="J280" s="1"/>
       <c r="K280" s="1">
         <v>3</v>
       </c>
       <c r="L280" s="1"/>
       <c r="M280" s="1"/>
       <c r="N280" s="1"/>
       <c r="O280" s="1"/>
       <c r="P280" s="1"/>
       <c r="Q280" s="1"/>
       <c r="R280" s="1" t="s">
-        <v>1536</v>
+        <v>1535</v>
       </c>
       <c r="S280" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T280" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U280" s="1" t="s">
-        <v>1537</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="281" spans="1:21">
       <c r="A281" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B281" s="1" t="s">
         <v>1538</v>
-      </c>
-[...1 lines deleted...]
-        <v>1539</v>
       </c>
       <c r="C281" s="1">
         <v>2800</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>323</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>1540</v>
+        <v>1539</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G281" s="1">
         <v>28</v>
       </c>
       <c r="H281" s="1"/>
       <c r="I281" s="1"/>
       <c r="J281" s="1"/>
       <c r="K281" s="1"/>
       <c r="L281" s="1" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="M281" s="1" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="N281" s="1"/>
       <c r="O281" s="1" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="P281" s="1" t="s">
-        <v>1541</v>
+        <v>1540</v>
       </c>
       <c r="Q281" s="1"/>
       <c r="R281" s="1" t="s">
-        <v>1542</v>
+        <v>1541</v>
       </c>
       <c r="S281" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T281" s="1" t="s">
         <v>297</v>
       </c>
       <c r="U281" s="1" t="s">
-        <v>1543</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="282" spans="1:21">
       <c r="A282" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B282" s="1" t="s">
         <v>1544</v>
-      </c>
-[...1 lines deleted...]
-        <v>1545</v>
       </c>
       <c r="C282" s="1">
         <v>3062</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>1546</v>
+        <v>1545</v>
       </c>
       <c r="E282" s="1"/>
       <c r="F282" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G282" s="1"/>
       <c r="H282" s="1"/>
       <c r="I282" s="1"/>
       <c r="J282" s="1"/>
       <c r="K282" s="1">
         <v>1</v>
       </c>
       <c r="L282" s="1"/>
       <c r="M282" s="1"/>
       <c r="N282" s="1"/>
       <c r="O282" s="1"/>
       <c r="P282" s="1"/>
       <c r="Q282" s="1"/>
       <c r="R282" s="1" t="s">
-        <v>1547</v>
+        <v>1546</v>
       </c>
       <c r="S282" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T282" s="1" t="s">
         <v>78</v>
       </c>
       <c r="U282" s="1" t="s">
-        <v>1548</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="283" spans="1:21">
       <c r="A283" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B283" s="1" t="s">
         <v>1544</v>
-      </c>
-[...1 lines deleted...]
-        <v>1545</v>
       </c>
       <c r="C283" s="1">
         <v>3060</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>1546</v>
+        <v>1545</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>1549</v>
+        <v>1548</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G283" s="1">
         <v>15</v>
       </c>
       <c r="H283" s="1"/>
       <c r="I283" s="1"/>
       <c r="J283" s="1"/>
       <c r="K283" s="1"/>
       <c r="L283" s="1" t="s">
-        <v>1550</v>
+        <v>1549</v>
       </c>
       <c r="M283" s="1"/>
       <c r="N283" s="1"/>
       <c r="O283" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="P283" s="1" t="s">
         <v>1550</v>
-      </c>
-[...1 lines deleted...]
-        <v>1551</v>
       </c>
       <c r="Q283" s="1"/>
       <c r="R283" s="1" t="s">
-        <v>1547</v>
+        <v>1546</v>
       </c>
       <c r="S283" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T283" s="1" t="s">
         <v>78</v>
       </c>
       <c r="U283" s="1" t="s">
-        <v>1548</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="284" spans="1:21">
       <c r="A284" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B284" s="1" t="s">
         <v>1552</v>
-      </c>
-[...1 lines deleted...]
-        <v>1553</v>
       </c>
       <c r="C284" s="1">
         <v>6000</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G284" s="1">
         <v>35</v>
       </c>
       <c r="H284" s="1"/>
       <c r="I284" s="1"/>
       <c r="J284" s="1"/>
       <c r="K284" s="1"/>
       <c r="L284" s="1" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="M284" s="1"/>
       <c r="N284" s="1" t="s">
-        <v>1556</v>
+        <v>1555</v>
       </c>
       <c r="O284" s="1"/>
       <c r="P284" s="1" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
       <c r="Q284" s="1"/>
       <c r="R284" s="1" t="s">
-        <v>1558</v>
+        <v>1557</v>
       </c>
       <c r="S284" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T284" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U284" s="1" t="s">
-        <v>1559</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="285" spans="1:21">
       <c r="A285" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B285" s="1" t="s">
         <v>1552</v>
-      </c>
-[...1 lines deleted...]
-        <v>1553</v>
       </c>
       <c r="C285" s="1">
         <v>6001</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="E285" s="1"/>
       <c r="F285" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G285" s="1"/>
       <c r="H285" s="1"/>
       <c r="I285" s="1"/>
       <c r="J285" s="1"/>
       <c r="K285" s="1">
         <v>568</v>
       </c>
       <c r="L285" s="1"/>
       <c r="M285" s="1"/>
       <c r="N285" s="1"/>
       <c r="O285" s="1"/>
       <c r="P285" s="1"/>
       <c r="Q285" s="1"/>
       <c r="R285" s="1" t="s">
-        <v>1558</v>
+        <v>1557</v>
       </c>
       <c r="S285" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T285" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U285" s="1" t="s">
-        <v>1559</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="286" spans="1:21">
       <c r="A286" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B286" s="1" t="s">
         <v>1560</v>
-      </c>
-[...1 lines deleted...]
-        <v>1561</v>
       </c>
       <c r="C286" s="1">
         <v>2500</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>1562</v>
+        <v>1561</v>
       </c>
       <c r="E286" s="1" t="s">
         <v>423</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="H286" s="1"/>
       <c r="I286" s="1"/>
       <c r="J286" s="1"/>
       <c r="K286" s="1"/>
       <c r="L286" s="1" t="s">
-        <v>1563</v>
+        <v>1562</v>
       </c>
       <c r="M286" s="1"/>
       <c r="N286" s="1"/>
       <c r="O286" s="1"/>
       <c r="P286" s="1" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="Q286" s="1"/>
       <c r="R286" s="1" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
       <c r="S286" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T286" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U286" s="1" t="s">
-        <v>1566</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="287" spans="1:21">
       <c r="A287" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B287" s="1" t="s">
         <v>1560</v>
-      </c>
-[...1 lines deleted...]
-        <v>1561</v>
       </c>
       <c r="C287" s="1">
         <v>2501</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>1562</v>
+        <v>1561</v>
       </c>
       <c r="E287" s="1"/>
       <c r="F287" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G287" s="1"/>
       <c r="H287" s="1"/>
       <c r="I287" s="1"/>
       <c r="J287" s="1"/>
       <c r="K287" s="1">
         <v>110</v>
       </c>
       <c r="L287" s="1"/>
       <c r="M287" s="1"/>
       <c r="N287" s="1"/>
       <c r="O287" s="1"/>
       <c r="P287" s="1"/>
       <c r="Q287" s="1"/>
       <c r="R287" s="1" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
       <c r="S287" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T287" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U287" s="1" t="s">
-        <v>1566</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="288" spans="1:21">
       <c r="A288" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B288" s="1" t="s">
         <v>1567</v>
-      </c>
-[...1 lines deleted...]
-        <v>1568</v>
       </c>
       <c r="C288" s="1">
         <v>1146</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>1569</v>
+        <v>1568</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G288" s="1">
         <v>174</v>
       </c>
       <c r="H288" s="1"/>
       <c r="I288" s="1"/>
       <c r="J288" s="1"/>
       <c r="K288" s="1"/>
       <c r="L288" s="1" t="s">
-        <v>1570</v>
+        <v>1569</v>
       </c>
       <c r="M288" s="1"/>
       <c r="N288" s="1"/>
       <c r="O288" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="P288" s="1" t="s">
         <v>1571</v>
-      </c>
-[...1 lines deleted...]
-        <v>1572</v>
       </c>
       <c r="Q288" s="1"/>
       <c r="R288" s="1" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="S288" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T288" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U288" s="1" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="289" spans="1:21">
       <c r="A289" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B289" s="1" t="s">
         <v>1567</v>
-      </c>
-[...1 lines deleted...]
-        <v>1568</v>
       </c>
       <c r="C289" s="1">
         <v>1385</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E289" s="1"/>
       <c r="F289" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G289" s="1"/>
       <c r="H289" s="1"/>
       <c r="I289" s="1"/>
       <c r="J289" s="1"/>
       <c r="K289" s="1">
         <v>895</v>
       </c>
       <c r="L289" s="1"/>
       <c r="M289" s="1"/>
       <c r="N289" s="1"/>
       <c r="O289" s="1"/>
       <c r="P289" s="1"/>
       <c r="Q289" s="1"/>
       <c r="R289" s="1" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="S289" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T289" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U289" s="1" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="290" spans="1:21">
       <c r="A290" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B290" s="1" t="s">
         <v>1575</v>
-      </c>
-[...1 lines deleted...]
-        <v>1576</v>
       </c>
       <c r="C290" s="1">
         <v>9600</v>
       </c>
       <c r="D290" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="E290" s="1" t="s">
         <v>1577</v>
-      </c>
-[...1 lines deleted...]
-        <v>1578</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G290" s="1">
         <v>28</v>
       </c>
       <c r="H290" s="1"/>
       <c r="I290" s="1"/>
       <c r="J290" s="1"/>
       <c r="K290" s="1"/>
       <c r="L290" s="1" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
       <c r="M290" s="1"/>
       <c r="N290" s="1"/>
       <c r="O290" s="1"/>
       <c r="P290" s="1" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="Q290" s="1"/>
       <c r="R290" s="1" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="S290" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T290" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U290" s="1" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="291" spans="1:21">
       <c r="A291" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B291" s="1" t="s">
         <v>1575</v>
-      </c>
-[...1 lines deleted...]
-        <v>1576</v>
       </c>
       <c r="C291" s="1">
         <v>9600</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>1577</v>
+        <v>1576</v>
       </c>
       <c r="E291" s="1"/>
       <c r="F291" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G291" s="1"/>
       <c r="H291" s="1"/>
       <c r="I291" s="1"/>
       <c r="J291" s="1"/>
       <c r="K291" s="1">
         <v>29</v>
       </c>
       <c r="L291" s="1"/>
       <c r="M291" s="1"/>
       <c r="N291" s="1"/>
       <c r="O291" s="1"/>
       <c r="P291" s="1"/>
       <c r="Q291" s="1"/>
       <c r="R291" s="1" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="S291" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T291" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U291" s="1" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="292" spans="1:21">
       <c r="A292" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B292" s="1" t="s">
         <v>1583</v>
-      </c>
-[...1 lines deleted...]
-        <v>1584</v>
       </c>
       <c r="C292" s="1">
         <v>8640</v>
       </c>
       <c r="D292" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="E292" s="1" t="s">
         <v>1585</v>
-      </c>
-[...1 lines deleted...]
-        <v>1586</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G292" s="1" t="s">
         <v>128</v>
       </c>
       <c r="H292" s="1"/>
       <c r="I292" s="1" t="s">
-        <v>1587</v>
+        <v>1586</v>
       </c>
       <c r="J292" s="1">
         <v>2</v>
       </c>
       <c r="K292" s="1"/>
       <c r="L292" s="1"/>
       <c r="M292" s="1"/>
       <c r="N292" s="1" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="O292" s="1"/>
       <c r="P292" s="1" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="Q292" s="1"/>
       <c r="R292" s="1" t="s">
-        <v>1590</v>
+        <v>1589</v>
       </c>
       <c r="S292" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T292" s="1" t="s">
         <v>297</v>
       </c>
       <c r="U292" s="1" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="293" spans="1:21">
       <c r="A293" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B293" s="1" t="s">
         <v>1592</v>
-      </c>
-[...1 lines deleted...]
-        <v>1593</v>
       </c>
       <c r="C293" s="1">
         <v>6500</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>1130</v>
+        <v>1129</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>1594</v>
+        <v>1593</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="H293" s="1"/>
       <c r="I293" s="1" t="s">
         <v>571</v>
       </c>
       <c r="J293" s="1">
         <v>3</v>
       </c>
       <c r="K293" s="1"/>
       <c r="L293" s="1" t="s">
-        <v>1596</v>
+        <v>1595</v>
       </c>
       <c r="M293" s="1"/>
       <c r="N293" s="1"/>
       <c r="O293" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="P293" s="1" t="s">
         <v>1597</v>
       </c>
-      <c r="P293" s="1" t="s">
+      <c r="Q293" s="1" t="s">
         <v>1598</v>
       </c>
-      <c r="Q293" s="1" t="s">
+      <c r="R293" s="1" t="s">
         <v>1599</v>
-      </c>
-[...1 lines deleted...]
-        <v>1600</v>
       </c>
       <c r="S293" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T293" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U293" s="1" t="s">
-        <v>1601</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="294" spans="1:21">
       <c r="A294" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B294" s="1" t="s">
         <v>1592</v>
-      </c>
-[...1 lines deleted...]
-        <v>1593</v>
       </c>
       <c r="C294" s="1">
         <v>6501</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>1130</v>
+        <v>1129</v>
       </c>
       <c r="E294" s="1"/>
       <c r="F294" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G294" s="1"/>
       <c r="H294" s="1"/>
       <c r="I294" s="1"/>
       <c r="J294" s="1"/>
       <c r="K294" s="1">
         <v>94</v>
       </c>
       <c r="L294" s="1"/>
       <c r="M294" s="1"/>
       <c r="N294" s="1"/>
       <c r="O294" s="1"/>
       <c r="P294" s="1"/>
       <c r="Q294" s="1"/>
       <c r="R294" s="1" t="s">
-        <v>1600</v>
+        <v>1599</v>
       </c>
       <c r="S294" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T294" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U294" s="1" t="s">
-        <v>1601</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="295" spans="1:21">
       <c r="A295" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B295" s="1" t="s">
         <v>1602</v>
       </c>
-      <c r="B295" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" s="1">
-        <v>1093</v>
+        <v>1462</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E295" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E295" s="1"/>
       <c r="F295" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G295" s="1"/>
       <c r="H295" s="1"/>
-      <c r="I295" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I295" s="1"/>
+      <c r="J295" s="1"/>
+      <c r="K295" s="1">
+        <v>500</v>
+      </c>
+      <c r="L295" s="1"/>
       <c r="M295" s="1"/>
       <c r="N295" s="1"/>
-      <c r="O295" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="O295" s="1"/>
+      <c r="P295" s="1"/>
+      <c r="Q295" s="1"/>
       <c r="R295" s="1" t="s">
-        <v>1609</v>
+        <v>1603</v>
       </c>
       <c r="S295" s="1" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="T295" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U295" s="1" t="s">
-        <v>1610</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="296" spans="1:21">
       <c r="A296" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B296" s="1" t="s">
         <v>1602</v>
       </c>
-      <c r="B296" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C296" s="1">
-        <v>1462</v>
+        <v>1093</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E296" s="1"/>
+      <c r="E296" s="1" t="s">
+        <v>1605</v>
+      </c>
       <c r="F296" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G296" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G296" s="1">
+        <v>17</v>
+      </c>
       <c r="H296" s="1"/>
-      <c r="I296" s="1"/>
-[...4 lines deleted...]
-      <c r="L296" s="1"/>
+      <c r="I296" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="J296" s="1">
+        <v>4</v>
+      </c>
+      <c r="K296" s="1"/>
+      <c r="L296" s="1" t="s">
+        <v>1606</v>
+      </c>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
-      <c r="O296" s="1"/>
-[...1 lines deleted...]
-      <c r="Q296" s="1"/>
+      <c r="O296" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="P296" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="Q296" s="1" t="s">
+        <v>1609</v>
+      </c>
       <c r="R296" s="1" t="s">
-        <v>1609</v>
+        <v>1603</v>
       </c>
       <c r="S296" s="1" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="T296" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U296" s="1" t="s">
-        <v>1610</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="297" spans="1:21">
       <c r="A297" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B297" s="1" t="s">
         <v>1611</v>
-      </c>
-[...1 lines deleted...]
-        <v>1612</v>
       </c>
       <c r="C297" s="1">
         <v>8000</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>284</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G297" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H297" s="1"/>
       <c r="I297" s="1"/>
       <c r="J297" s="1"/>
       <c r="K297" s="1"/>
       <c r="L297" s="1" t="s">
-        <v>1613</v>
+        <v>1612</v>
       </c>
       <c r="M297" s="1"/>
       <c r="N297" s="1"/>
       <c r="O297" s="1"/>
       <c r="P297" s="1" t="s">
-        <v>1614</v>
+        <v>1613</v>
       </c>
       <c r="Q297" s="1"/>
       <c r="R297" s="1" t="s">
-        <v>1615</v>
+        <v>1614</v>
       </c>
       <c r="S297" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T297" s="1" t="s">
         <v>297</v>
       </c>
       <c r="U297" s="1" t="s">
-        <v>1616</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="298" spans="1:21">
       <c r="A298" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B298" s="1" t="s">
         <v>1617</v>
-      </c>
-[...1 lines deleted...]
-        <v>1618</v>
       </c>
       <c r="C298" s="1">
         <v>1026</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>1619</v>
+        <v>1618</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1620</v>
+        <v>1619</v>
       </c>
       <c r="H298" s="1"/>
       <c r="I298" s="1" t="s">
-        <v>1621</v>
+        <v>1620</v>
       </c>
       <c r="J298" s="1">
         <v>2</v>
       </c>
       <c r="K298" s="1"/>
       <c r="L298" s="1" t="s">
-        <v>1622</v>
+        <v>1621</v>
       </c>
       <c r="M298" s="1"/>
       <c r="N298" s="1"/>
       <c r="O298" s="1"/>
       <c r="P298" s="1" t="s">
-        <v>1623</v>
+        <v>1622</v>
       </c>
       <c r="Q298" s="1"/>
       <c r="R298" s="1" t="s">
-        <v>1624</v>
+        <v>1623</v>
       </c>
       <c r="S298" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T298" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U298" s="1" t="s">
-        <v>1625</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="299" spans="1:21">
       <c r="A299" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B299" s="1" t="s">
         <v>1617</v>
-      </c>
-[...1 lines deleted...]
-        <v>1618</v>
       </c>
       <c r="C299" s="1">
         <v>1525</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E299" s="1"/>
       <c r="F299" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G299" s="1"/>
       <c r="H299" s="1"/>
       <c r="I299" s="1"/>
       <c r="J299" s="1"/>
       <c r="K299" s="1">
         <v>11</v>
       </c>
       <c r="L299" s="1"/>
       <c r="M299" s="1"/>
       <c r="N299" s="1"/>
       <c r="O299" s="1"/>
       <c r="P299" s="1"/>
       <c r="Q299" s="1"/>
       <c r="R299" s="1" t="s">
-        <v>1624</v>
+        <v>1623</v>
       </c>
       <c r="S299" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T299" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U299" s="1" t="s">
-        <v>1625</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="300" spans="1:21">
       <c r="A300" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B300" s="1" t="s">
         <v>1626</v>
-      </c>
-[...1 lines deleted...]
-        <v>1627</v>
       </c>
       <c r="C300" s="1">
         <v>1388</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E300" s="1"/>
       <c r="F300" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G300" s="1"/>
       <c r="H300" s="1"/>
       <c r="I300" s="1"/>
       <c r="J300" s="1"/>
       <c r="K300" s="1">
         <v>70</v>
       </c>
       <c r="L300" s="1"/>
       <c r="M300" s="1"/>
       <c r="N300" s="1"/>
       <c r="O300" s="1"/>
       <c r="P300" s="1"/>
       <c r="Q300" s="1"/>
       <c r="R300" s="1" t="s">
-        <v>1628</v>
+        <v>1627</v>
       </c>
       <c r="S300" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T300" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U300" s="1" t="s">
-        <v>1629</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="301" spans="1:21">
       <c r="A301" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B301" s="1" t="s">
         <v>1626</v>
-      </c>
-[...1 lines deleted...]
-        <v>1627</v>
       </c>
       <c r="C301" s="1">
         <v>1135</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>1115</v>
+        <v>1114</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1116</v>
+        <v>1115</v>
       </c>
       <c r="H301" s="1"/>
       <c r="I301" s="1"/>
       <c r="J301" s="1">
         <v>305</v>
       </c>
       <c r="K301" s="1"/>
       <c r="L301" s="1" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="M301" s="1"/>
       <c r="N301" s="1"/>
       <c r="O301" s="1" t="s">
-        <v>1118</v>
+        <v>1117</v>
       </c>
       <c r="P301" s="1" t="s">
-        <v>1630</v>
+        <v>1629</v>
       </c>
       <c r="Q301" s="1"/>
       <c r="R301" s="1" t="s">
-        <v>1628</v>
+        <v>1627</v>
       </c>
       <c r="S301" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T301" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U301" s="1" t="s">
-        <v>1629</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="302" spans="1:21">
       <c r="A302" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B302" s="1" t="s">
         <v>1631</v>
-      </c>
-[...1 lines deleted...]
-        <v>1632</v>
       </c>
       <c r="C302" s="1">
         <v>1015</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1633</v>
+        <v>1632</v>
       </c>
       <c r="H302" s="1"/>
       <c r="I302" s="1" t="s">
-        <v>1634</v>
+        <v>1633</v>
       </c>
       <c r="J302" s="1">
         <v>1</v>
       </c>
       <c r="K302" s="1"/>
       <c r="L302" s="1" t="s">
-        <v>1635</v>
+        <v>1634</v>
       </c>
       <c r="M302" s="1"/>
       <c r="N302" s="1"/>
       <c r="O302" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P302" s="1" t="s">
         <v>1636</v>
-      </c>
-[...1 lines deleted...]
-        <v>1637</v>
       </c>
       <c r="Q302" s="1"/>
       <c r="R302" s="1" t="s">
-        <v>1638</v>
+        <v>1637</v>
       </c>
       <c r="S302" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T302" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U302" s="1" t="s">
-        <v>1639</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="303" spans="1:21">
       <c r="A303" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B303" s="1" t="s">
         <v>1631</v>
-      </c>
-[...1 lines deleted...]
-        <v>1632</v>
       </c>
       <c r="C303" s="1">
         <v>1525</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E303" s="1"/>
       <c r="F303" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G303" s="1"/>
       <c r="H303" s="1"/>
       <c r="I303" s="1"/>
       <c r="J303" s="1"/>
       <c r="K303" s="1">
         <v>124</v>
       </c>
       <c r="L303" s="1"/>
       <c r="M303" s="1"/>
       <c r="N303" s="1"/>
       <c r="O303" s="1"/>
       <c r="P303" s="1"/>
       <c r="Q303" s="1"/>
       <c r="R303" s="1" t="s">
-        <v>1638</v>
+        <v>1637</v>
       </c>
       <c r="S303" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T303" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U303" s="1" t="s">
-        <v>1639</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="304" spans="1:21">
       <c r="A304" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B304" s="1" t="s">
         <v>1640</v>
-      </c>
-[...1 lines deleted...]
-        <v>1641</v>
       </c>
       <c r="C304" s="1">
         <v>1027</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>1642</v>
+        <v>1641</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1643</v>
+        <v>1642</v>
       </c>
       <c r="H304" s="1"/>
       <c r="I304" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J304" s="1" t="s">
         <v>116</v>
       </c>
       <c r="K304" s="1"/>
       <c r="L304" s="1" t="s">
-        <v>1644</v>
+        <v>1643</v>
       </c>
       <c r="M304" s="1"/>
       <c r="N304" s="1"/>
       <c r="O304" s="1"/>
       <c r="P304" s="1" t="s">
-        <v>1645</v>
+        <v>1644</v>
       </c>
       <c r="Q304" s="1"/>
       <c r="R304" s="1" t="s">
-        <v>1646</v>
+        <v>1645</v>
       </c>
       <c r="S304" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T304" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U304" s="1" t="s">
-        <v>1647</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="305" spans="1:21">
       <c r="A305" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B305" s="1" t="s">
         <v>1648</v>
-      </c>
-[...1 lines deleted...]
-        <v>1649</v>
       </c>
       <c r="C305" s="1">
         <v>1041</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E305" s="1" t="s">
         <v>203</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G305" s="1">
         <v>8</v>
       </c>
       <c r="H305" s="1"/>
       <c r="I305" s="1"/>
       <c r="J305" s="1"/>
       <c r="K305" s="1"/>
       <c r="L305" s="1" t="s">
-        <v>1650</v>
+        <v>1649</v>
       </c>
       <c r="M305" s="1"/>
       <c r="N305" s="1"/>
       <c r="O305" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="P305" s="1" t="s">
         <v>1651</v>
-      </c>
-[...1 lines deleted...]
-        <v>1652</v>
       </c>
       <c r="Q305" s="1"/>
       <c r="R305" s="1" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
       <c r="S305" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T305" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U305" s="1" t="s">
-        <v>1654</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="306" spans="1:21">
       <c r="A306" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B306" s="1" t="s">
         <v>1648</v>
-      </c>
-[...1 lines deleted...]
-        <v>1649</v>
       </c>
       <c r="C306" s="1">
         <v>1325</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E306" s="1"/>
       <c r="F306" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G306" s="1"/>
       <c r="H306" s="1"/>
       <c r="I306" s="1"/>
       <c r="J306" s="1"/>
       <c r="K306" s="1">
         <v>77</v>
       </c>
       <c r="L306" s="1"/>
       <c r="M306" s="1"/>
       <c r="N306" s="1"/>
       <c r="O306" s="1"/>
       <c r="P306" s="1"/>
       <c r="Q306" s="1"/>
       <c r="R306" s="1" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
       <c r="S306" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T306" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U306" s="1" t="s">
-        <v>1654</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="307" spans="1:21">
       <c r="A307" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B307" s="1" t="s">
         <v>1655</v>
-      </c>
-[...1 lines deleted...]
-        <v>1656</v>
       </c>
       <c r="C307" s="1">
         <v>4400</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>228</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G307" s="1">
         <v>15</v>
       </c>
       <c r="H307" s="1"/>
       <c r="I307" s="1"/>
       <c r="J307" s="1"/>
       <c r="K307" s="1"/>
       <c r="L307" s="1" t="s">
-        <v>1657</v>
+        <v>1656</v>
       </c>
       <c r="M307" s="1"/>
       <c r="N307" s="1"/>
       <c r="O307" s="1"/>
       <c r="P307" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="Q307" s="1" t="s">
         <v>1658</v>
       </c>
-      <c r="Q307" s="1" t="s">
+      <c r="R307" s="1" t="s">
         <v>1659</v>
-      </c>
-[...1 lines deleted...]
-        <v>1660</v>
       </c>
       <c r="S307" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T307" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U307" s="1" t="s">
-        <v>1661</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="308" spans="1:21">
       <c r="A308" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B308" s="1" t="s">
         <v>1662</v>
-      </c>
-[...1 lines deleted...]
-        <v>1663</v>
       </c>
       <c r="C308" s="1">
         <v>4301</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>553</v>
       </c>
       <c r="E308" s="1"/>
       <c r="F308" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G308" s="1"/>
       <c r="H308" s="1"/>
       <c r="I308" s="1"/>
       <c r="J308" s="1"/>
       <c r="K308" s="1">
         <v>130</v>
       </c>
       <c r="L308" s="1"/>
       <c r="M308" s="1"/>
       <c r="N308" s="1"/>
       <c r="O308" s="1"/>
       <c r="P308" s="1"/>
       <c r="Q308" s="1"/>
       <c r="R308" s="1" t="s">
-        <v>1664</v>
+        <v>1663</v>
       </c>
       <c r="S308" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T308" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U308" s="1" t="s">
-        <v>1665</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="309" spans="1:21">
       <c r="A309" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B309" s="1" t="s">
         <v>1662</v>
-      </c>
-[...1 lines deleted...]
-        <v>1663</v>
       </c>
       <c r="C309" s="1">
         <v>4300</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>553</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>1307</v>
+        <v>1306</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G309" s="1">
         <v>21</v>
       </c>
       <c r="H309" s="1"/>
       <c r="I309" s="1"/>
       <c r="J309" s="1"/>
       <c r="K309" s="1"/>
       <c r="L309" s="1" t="s">
-        <v>1666</v>
+        <v>1665</v>
       </c>
       <c r="M309" s="1"/>
       <c r="N309" s="1"/>
       <c r="O309" s="1"/>
       <c r="P309" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="Q309" s="1" t="s">
         <v>1667</v>
       </c>
-      <c r="Q309" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R309" s="1" t="s">
-        <v>1664</v>
+        <v>1663</v>
       </c>
       <c r="S309" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T309" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U309" s="1" t="s">
-        <v>1665</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="310" spans="1:21">
       <c r="A310" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B310" s="1" t="s">
         <v>1669</v>
-      </c>
-[...1 lines deleted...]
-        <v>1670</v>
       </c>
       <c r="C310" s="1">
         <v>7623</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E310" s="1" t="s">
         <v>150</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G310" s="1">
         <v>16</v>
       </c>
       <c r="H310" s="1"/>
       <c r="I310" s="1"/>
       <c r="J310" s="1"/>
       <c r="K310" s="1"/>
       <c r="L310" s="1" t="s">
-        <v>1671</v>
+        <v>1670</v>
       </c>
       <c r="M310" s="1"/>
       <c r="N310" s="1"/>
       <c r="O310" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="P310" s="1" t="s">
         <v>1671</v>
-      </c>
-[...1 lines deleted...]
-        <v>1672</v>
       </c>
       <c r="Q310" s="1"/>
       <c r="R310" s="1" t="s">
-        <v>1673</v>
+        <v>1672</v>
       </c>
       <c r="S310" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T310" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U310" s="1" t="s">
-        <v>1674</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="311" spans="1:21">
       <c r="A311" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B311" s="1" t="s">
         <v>1669</v>
-      </c>
-[...1 lines deleted...]
-        <v>1670</v>
       </c>
       <c r="C311" s="1">
         <v>7601</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E311" s="1"/>
       <c r="F311" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G311" s="1"/>
       <c r="H311" s="1"/>
       <c r="I311" s="1"/>
       <c r="J311" s="1"/>
       <c r="K311" s="1">
         <v>111</v>
       </c>
       <c r="L311" s="1"/>
       <c r="M311" s="1"/>
       <c r="N311" s="1"/>
       <c r="O311" s="1"/>
       <c r="P311" s="1"/>
       <c r="Q311" s="1"/>
       <c r="R311" s="1" t="s">
-        <v>1673</v>
+        <v>1672</v>
       </c>
       <c r="S311" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T311" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U311" s="1" t="s">
-        <v>1674</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="312" spans="1:21">
       <c r="A312" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B312" s="1" t="s">
         <v>1675</v>
-      </c>
-[...1 lines deleted...]
-        <v>1676</v>
       </c>
       <c r="C312" s="1">
         <v>7800</v>
       </c>
       <c r="D312" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="E312" s="1" t="s">
         <v>1677</v>
-      </c>
-[...1 lines deleted...]
-        <v>1678</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G312" s="1">
         <v>13</v>
       </c>
       <c r="H312" s="1"/>
       <c r="I312" s="1"/>
       <c r="J312" s="1"/>
       <c r="K312" s="1"/>
       <c r="L312" s="1" t="s">
-        <v>1679</v>
+        <v>1678</v>
       </c>
       <c r="M312" s="1"/>
       <c r="N312" s="1"/>
       <c r="O312" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="P312" s="1" t="s">
         <v>1680</v>
-      </c>
-[...1 lines deleted...]
-        <v>1681</v>
       </c>
       <c r="Q312" s="1"/>
       <c r="R312" s="1" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="S312" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T312" s="1" t="s">
         <v>78</v>
       </c>
       <c r="U312" s="1" t="s">
-        <v>1683</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="313" spans="1:21">
       <c r="A313" s="1" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B313" s="1" t="s">
         <v>1684</v>
-      </c>
-[...1 lines deleted...]
-        <v>1685</v>
       </c>
       <c r="C313" s="1">
         <v>6640</v>
       </c>
       <c r="D313" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E313" s="1" t="s">
         <v>1686</v>
-      </c>
-[...1 lines deleted...]
-        <v>1687</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G313" s="1">
         <v>9</v>
       </c>
       <c r="H313" s="1" t="s">
-        <v>1688</v>
+        <v>1687</v>
       </c>
       <c r="I313" s="1"/>
       <c r="J313" s="1"/>
       <c r="K313" s="1"/>
       <c r="L313" s="1" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
       <c r="M313" s="1"/>
       <c r="N313" s="1"/>
       <c r="O313" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="P313" s="1" t="s">
         <v>1689</v>
       </c>
-      <c r="P313" s="1" t="s">
+      <c r="Q313" s="1" t="s">
         <v>1690</v>
       </c>
-      <c r="Q313" s="1" t="s">
+      <c r="R313" s="1" t="s">
         <v>1691</v>
-      </c>
-[...1 lines deleted...]
-        <v>1692</v>
       </c>
       <c r="S313" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T313" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U313" s="1" t="s">
-        <v>1693</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="314" spans="1:21">
       <c r="A314" s="1" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B314" s="1" t="s">
         <v>1684</v>
-      </c>
-[...1 lines deleted...]
-        <v>1685</v>
       </c>
       <c r="C314" s="1">
         <v>6640</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>1694</v>
+        <v>1693</v>
       </c>
       <c r="E314" s="1"/>
       <c r="F314" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G314" s="1"/>
       <c r="H314" s="1"/>
       <c r="I314" s="1"/>
       <c r="J314" s="1"/>
       <c r="K314" s="1">
         <v>37</v>
       </c>
       <c r="L314" s="1"/>
       <c r="M314" s="1"/>
       <c r="N314" s="1"/>
       <c r="O314" s="1"/>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1" t="s">
-        <v>1692</v>
+        <v>1691</v>
       </c>
       <c r="S314" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T314" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U314" s="1" t="s">
-        <v>1693</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="315" spans="1:21">
       <c r="A315" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B315" s="1" t="s">
         <v>1695</v>
       </c>
-      <c r="B315" s="1" t="s">
+      <c r="C315" s="1">
+        <v>5521</v>
+      </c>
+      <c r="D315" s="1" t="s">
         <v>1696</v>
       </c>
-      <c r="C315" s="1">
-[...7 lines deleted...]
-      </c>
+      <c r="E315" s="1"/>
       <c r="F315" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G315" s="1"/>
       <c r="H315" s="1"/>
       <c r="I315" s="1"/>
       <c r="J315" s="1"/>
-      <c r="K315" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K315" s="1">
+        <v>13</v>
+      </c>
+      <c r="L315" s="1"/>
       <c r="M315" s="1"/>
       <c r="N315" s="1"/>
       <c r="O315" s="1"/>
-      <c r="P315" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P315" s="1"/>
       <c r="Q315" s="1"/>
       <c r="R315" s="1" t="s">
-        <v>1701</v>
+        <v>1697</v>
       </c>
       <c r="S315" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T315" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U315" s="1" t="s">
-        <v>1702</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="316" spans="1:21">
       <c r="A316" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B316" s="1" t="s">
         <v>1695</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="C316" s="1">
+        <v>5520</v>
+      </c>
+      <c r="D316" s="1" t="s">
         <v>1696</v>
       </c>
-      <c r="C316" s="1">
-[...5 lines deleted...]
-      <c r="E316" s="1"/>
+      <c r="E316" s="1" t="s">
+        <v>1699</v>
+      </c>
       <c r="F316" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G316" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G316" s="1">
+        <v>34</v>
+      </c>
       <c r="H316" s="1"/>
       <c r="I316" s="1"/>
       <c r="J316" s="1"/>
-      <c r="K316" s="1">
-[...2 lines deleted...]
-      <c r="L316" s="1"/>
+      <c r="K316" s="1"/>
+      <c r="L316" s="1" t="s">
+        <v>1700</v>
+      </c>
       <c r="M316" s="1"/>
       <c r="N316" s="1"/>
       <c r="O316" s="1"/>
-      <c r="P316" s="1"/>
+      <c r="P316" s="1" t="s">
+        <v>1701</v>
+      </c>
       <c r="Q316" s="1"/>
       <c r="R316" s="1" t="s">
-        <v>1701</v>
+        <v>1697</v>
       </c>
       <c r="S316" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T316" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U316" s="1" t="s">
-        <v>1702</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="317" spans="1:21">
       <c r="A317" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B317" s="1" t="s">
         <v>1703</v>
-      </c>
-[...1 lines deleted...]
-        <v>1704</v>
       </c>
       <c r="C317" s="1">
         <v>3700</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>1072</v>
+        <v>1071</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>1705</v>
+        <v>1704</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G317" s="1">
         <v>8</v>
       </c>
       <c r="H317" s="1"/>
       <c r="I317" s="1" t="s">
-        <v>1706</v>
+        <v>1705</v>
       </c>
       <c r="J317" s="1">
         <v>4</v>
       </c>
       <c r="K317" s="1"/>
       <c r="L317" s="1" t="s">
-        <v>1707</v>
+        <v>1706</v>
       </c>
       <c r="M317" s="1"/>
       <c r="N317" s="1"/>
       <c r="O317" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="P317" s="1" t="s">
         <v>1708</v>
-      </c>
-[...1 lines deleted...]
-        <v>1709</v>
       </c>
       <c r="Q317" s="1"/>
       <c r="R317" s="1" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
       <c r="S317" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T317" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U317" s="1" t="s">
-        <v>1711</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="318" spans="1:21">
       <c r="A318" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B318" s="1" t="s">
         <v>1712</v>
       </c>
-      <c r="B318" s="1" t="s">
+      <c r="C318" s="1">
+        <v>2200</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="E318" s="1" t="s">
         <v>1713</v>
       </c>
-      <c r="C318" s="1">
-[...5 lines deleted...]
-      <c r="E318" s="1"/>
       <c r="F318" s="1" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-      <c r="H318" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H318" s="1" t="s">
+        <v>186</v>
+      </c>
       <c r="I318" s="1"/>
       <c r="J318" s="1"/>
-      <c r="K318" s="1">
-[...2 lines deleted...]
-      <c r="L318" s="1"/>
+      <c r="K318" s="1"/>
+      <c r="L318" s="1" t="s">
+        <v>1714</v>
+      </c>
       <c r="M318" s="1"/>
       <c r="N318" s="1"/>
       <c r="O318" s="1"/>
-      <c r="P318" s="1"/>
+      <c r="P318" s="1" t="s">
+        <v>1715</v>
+      </c>
       <c r="Q318" s="1"/>
       <c r="R318" s="1" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="S318" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T318" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U318" s="1" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="319" spans="1:21">
       <c r="A319" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B319" s="1" t="s">
         <v>1712</v>
       </c>
-      <c r="B319" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C319" s="1">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>1511</v>
-[...3 lines deleted...]
-      </c>
+        <v>1510</v>
+      </c>
+      <c r="E319" s="1"/>
       <c r="F319" s="1" t="s">
-        <v>4</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G319" s="1"/>
+      <c r="H319" s="1"/>
       <c r="I319" s="1"/>
       <c r="J319" s="1"/>
-      <c r="K319" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K319" s="1">
+        <v>139</v>
+      </c>
+      <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
-      <c r="P319" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="S319" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T319" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U319" s="1" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="320" spans="1:21">
       <c r="A320" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B320" s="1" t="s">
         <v>1719</v>
-      </c>
-[...1 lines deleted...]
-        <v>1720</v>
       </c>
       <c r="C320" s="1">
         <v>9701</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>507</v>
       </c>
       <c r="E320" s="1"/>
       <c r="F320" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G320" s="1"/>
       <c r="H320" s="1"/>
       <c r="I320" s="1"/>
       <c r="J320" s="1"/>
       <c r="K320" s="1">
         <v>150</v>
       </c>
       <c r="L320" s="1"/>
       <c r="M320" s="1"/>
       <c r="N320" s="1"/>
       <c r="O320" s="1"/>
       <c r="P320" s="1"/>
       <c r="Q320" s="1"/>
       <c r="R320" s="1" t="s">
-        <v>1721</v>
+        <v>1720</v>
       </c>
       <c r="S320" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T320" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U320" s="1" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="321" spans="1:21">
       <c r="A321" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B321" s="1" t="s">
         <v>1719</v>
-      </c>
-[...1 lines deleted...]
-        <v>1720</v>
       </c>
       <c r="C321" s="1">
         <v>9700</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>507</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>1723</v>
+        <v>1722</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1724</v>
+        <v>1723</v>
       </c>
       <c r="H321" s="1"/>
       <c r="I321" s="1" t="s">
-        <v>1706</v>
+        <v>1705</v>
       </c>
       <c r="J321" s="1">
         <v>10</v>
       </c>
       <c r="K321" s="1"/>
       <c r="L321" s="1" t="s">
-        <v>1725</v>
+        <v>1724</v>
       </c>
       <c r="M321" s="1"/>
       <c r="N321" s="1"/>
       <c r="O321" s="1" t="s">
+        <v>1725</v>
+      </c>
+      <c r="P321" s="1" t="s">
         <v>1726</v>
-      </c>
-[...1 lines deleted...]
-        <v>1727</v>
       </c>
       <c r="Q321" s="1"/>
       <c r="R321" s="1" t="s">
-        <v>1721</v>
+        <v>1720</v>
       </c>
       <c r="S321" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T321" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U321" s="1" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="322" spans="1:21">
       <c r="A322" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B322" s="1" t="s">
         <v>1728</v>
-      </c>
-[...1 lines deleted...]
-        <v>1729</v>
       </c>
       <c r="C322" s="1">
         <v>8200</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>1730</v>
+        <v>1729</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>147</v>
       </c>
       <c r="H322" s="1"/>
       <c r="I322" s="1"/>
       <c r="J322" s="1"/>
       <c r="K322" s="1"/>
       <c r="L322" s="1" t="s">
-        <v>1731</v>
+        <v>1730</v>
       </c>
       <c r="M322" s="1"/>
       <c r="N322" s="1"/>
       <c r="O322" s="1"/>
       <c r="P322" s="1" t="s">
-        <v>1732</v>
+        <v>1731</v>
       </c>
       <c r="Q322" s="1"/>
       <c r="R322" s="1" t="s">
-        <v>1733</v>
+        <v>1732</v>
       </c>
       <c r="S322" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T322" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U322" s="1" t="s">
-        <v>1734</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="323" spans="1:21">
       <c r="A323" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B323" s="1" t="s">
         <v>1735</v>
-      </c>
-[...1 lines deleted...]
-        <v>1736</v>
       </c>
       <c r="C323" s="1">
         <v>9900</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1737</v>
+        <v>1736</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G323" s="1">
         <v>8</v>
       </c>
       <c r="H323" s="1"/>
       <c r="I323" s="1"/>
       <c r="J323" s="1"/>
       <c r="K323" s="1"/>
       <c r="L323" s="1" t="s">
-        <v>1738</v>
+        <v>1737</v>
       </c>
       <c r="M323" s="1"/>
       <c r="N323" s="1"/>
       <c r="O323" s="1" t="s">
+        <v>1738</v>
+      </c>
+      <c r="P323" s="1" t="s">
         <v>1739</v>
-      </c>
-[...1 lines deleted...]
-        <v>1740</v>
       </c>
       <c r="Q323" s="1"/>
       <c r="R323" s="1" t="s">
-        <v>1741</v>
+        <v>1740</v>
       </c>
       <c r="S323" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T323" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U323" s="1" t="s">
-        <v>1742</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="324" spans="1:21">
       <c r="A324" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B324" s="1" t="s">
         <v>1743</v>
-      </c>
-[...1 lines deleted...]
-        <v>1744</v>
       </c>
       <c r="C324" s="1">
         <v>3800</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>1745</v>
+        <v>1744</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="H324" s="1"/>
       <c r="I324" s="1" t="s">
         <v>152</v>
       </c>
       <c r="J324" s="1" t="s">
         <v>185</v>
       </c>
       <c r="K324" s="1"/>
       <c r="L324" s="1"/>
       <c r="M324" s="1"/>
       <c r="N324" s="1"/>
       <c r="O324" s="1"/>
       <c r="P324" s="1"/>
       <c r="Q324" s="1"/>
       <c r="R324" s="1" t="s">
-        <v>1746</v>
+        <v>1745</v>
       </c>
       <c r="S324" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T324" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U324" s="1" t="s">
-        <v>1747</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="325" spans="1:21">
       <c r="A325" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B325" s="1" t="s">
         <v>1743</v>
-      </c>
-[...1 lines deleted...]
-        <v>1744</v>
       </c>
       <c r="C325" s="1">
         <v>3860</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1748</v>
+        <v>1747</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1749</v>
+        <v>1748</v>
       </c>
       <c r="H325" s="1"/>
       <c r="I325" s="1" t="s">
-        <v>1750</v>
+        <v>1749</v>
       </c>
       <c r="J325" s="1"/>
       <c r="K325" s="1"/>
       <c r="L325" s="1" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="M325" s="1"/>
       <c r="N325" s="1"/>
       <c r="O325" s="1" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="P325" s="1" t="s">
-        <v>1751</v>
+        <v>1750</v>
       </c>
       <c r="Q325" s="1"/>
       <c r="R325" s="1" t="s">
-        <v>1746</v>
+        <v>1745</v>
       </c>
       <c r="S325" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T325" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U325" s="1" t="s">
-        <v>1747</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="326" spans="1:21">
       <c r="A326" s="1" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B326" s="1" t="s">
         <v>1752</v>
-      </c>
-[...1 lines deleted...]
-        <v>1753</v>
       </c>
       <c r="C326" s="1">
         <v>7700</v>
       </c>
       <c r="D326" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="E326" s="1" t="s">
         <v>1754</v>
-      </c>
-[...1 lines deleted...]
-        <v>1755</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G326" s="1">
         <v>28</v>
       </c>
       <c r="H326" s="1"/>
       <c r="I326" s="1"/>
       <c r="J326" s="1"/>
       <c r="K326" s="1"/>
       <c r="L326" s="1" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="M326" s="1"/>
       <c r="N326" s="1"/>
       <c r="O326" s="1" t="s">
+        <v>1755</v>
+      </c>
+      <c r="P326" s="1" t="s">
         <v>1756</v>
-      </c>
-[...1 lines deleted...]
-        <v>1757</v>
       </c>
       <c r="Q326" s="1"/>
       <c r="R326" s="1" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="S326" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T326" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U326" s="1" t="s">
-        <v>1759</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="327" spans="1:21">
       <c r="A327" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B327" s="1" t="s">
         <v>1760</v>
-      </c>
-[...1 lines deleted...]
-        <v>1761</v>
       </c>
       <c r="C327" s="1">
         <v>4400</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>228</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G327" s="1">
         <v>2</v>
       </c>
       <c r="H327" s="1"/>
       <c r="I327" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J327" s="1">
         <v>2</v>
       </c>
       <c r="K327" s="1"/>
       <c r="L327" s="1" t="s">
-        <v>1762</v>
+        <v>1761</v>
       </c>
       <c r="M327" s="1"/>
       <c r="N327" s="1"/>
       <c r="O327" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="P327" s="1" t="s">
         <v>1763</v>
-      </c>
-[...1 lines deleted...]
-        <v>1764</v>
       </c>
       <c r="Q327" s="1"/>
       <c r="R327" s="1" t="s">
-        <v>1765</v>
+        <v>1764</v>
       </c>
       <c r="S327" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T327" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U327" s="1" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="328" spans="1:21">
       <c r="A328" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B328" s="1" t="s">
         <v>1767</v>
-      </c>
-[...1 lines deleted...]
-        <v>1768</v>
       </c>
       <c r="C328" s="1">
         <v>5350</v>
       </c>
       <c r="D328" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E328" s="1" t="s">
         <v>1769</v>
-      </c>
-[...1 lines deleted...]
-        <v>1770</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1097</v>
+        <v>1096</v>
       </c>
       <c r="H328" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I328" s="1"/>
       <c r="J328" s="1"/>
       <c r="K328" s="1"/>
       <c r="L328" s="1"/>
       <c r="M328" s="1"/>
       <c r="N328" s="1" t="s">
-        <v>1771</v>
+        <v>1770</v>
       </c>
       <c r="O328" s="1"/>
       <c r="P328" s="1" t="s">
-        <v>1772</v>
+        <v>1771</v>
       </c>
       <c r="Q328" s="1"/>
       <c r="R328" s="1" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="S328" s="1" t="s">
         <v>57</v>
       </c>
       <c r="T328" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U328" s="1" t="s">
-        <v>1774</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="329" spans="1:21">
       <c r="A329" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B329" s="1" t="s">
         <v>1775</v>
-      </c>
-[...1 lines deleted...]
-        <v>1776</v>
       </c>
       <c r="C329" s="1">
         <v>7500</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>455</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>1777</v>
+        <v>1776</v>
       </c>
       <c r="G329" s="1">
         <v>16</v>
       </c>
       <c r="H329" s="1"/>
       <c r="I329" s="1"/>
       <c r="J329" s="1"/>
       <c r="K329" s="1"/>
       <c r="L329" s="1"/>
       <c r="M329" s="1"/>
       <c r="N329" s="1" t="s">
+        <v>1777</v>
+      </c>
+      <c r="O329" s="1" t="s">
         <v>1778</v>
       </c>
-      <c r="O329" s="1" t="s">
+      <c r="P329" s="1" t="s">
         <v>1779</v>
-      </c>
-[...1 lines deleted...]
-        <v>1780</v>
       </c>
       <c r="Q329" s="1"/>
       <c r="R329" s="1" t="s">
-        <v>1781</v>
+        <v>1780</v>
       </c>
       <c r="S329" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T329" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U329" s="1" t="s">
-        <v>1782</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="330" spans="1:21">
       <c r="A330" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B330" s="1" t="s">
         <v>1775</v>
-      </c>
-[...1 lines deleted...]
-        <v>1776</v>
       </c>
       <c r="C330" s="1">
         <v>7500</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>455</v>
       </c>
       <c r="E330" s="1"/>
       <c r="F330" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G330" s="1"/>
       <c r="H330" s="1"/>
       <c r="I330" s="1"/>
       <c r="J330" s="1"/>
       <c r="K330" s="1">
         <v>10</v>
       </c>
       <c r="L330" s="1"/>
       <c r="M330" s="1"/>
       <c r="N330" s="1"/>
       <c r="O330" s="1"/>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1" t="s">
-        <v>1781</v>
+        <v>1780</v>
       </c>
       <c r="S330" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T330" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U330" s="1" t="s">
-        <v>1782</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="331" spans="1:21">
       <c r="A331" s="1" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B331" s="1" t="s">
         <v>1783</v>
-      </c>
-[...1 lines deleted...]
-        <v>1784</v>
       </c>
       <c r="C331" s="1">
         <v>2310</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>954</v>
+        <v>953</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>1785</v>
+        <v>1784</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G331" s="1">
         <v>16</v>
       </c>
       <c r="H331" s="1"/>
       <c r="I331" s="1"/>
       <c r="J331" s="1"/>
       <c r="K331" s="1"/>
       <c r="L331" s="1" t="s">
-        <v>1786</v>
+        <v>1785</v>
       </c>
       <c r="M331" s="1"/>
       <c r="N331" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="O331" s="1" t="s">
         <v>1787</v>
       </c>
-      <c r="O331" s="1" t="s">
+      <c r="P331" s="1" t="s">
         <v>1788</v>
-      </c>
-[...1 lines deleted...]
-        <v>1789</v>
       </c>
       <c r="Q331" s="1"/>
       <c r="R331" s="1" t="s">
-        <v>1790</v>
+        <v>1789</v>
       </c>
       <c r="S331" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T331" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U331" s="1" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="332" spans="1:21">
       <c r="A332" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B332" s="1" t="s">
         <v>1792</v>
-      </c>
-[...1 lines deleted...]
-        <v>1793</v>
       </c>
       <c r="C332" s="1">
         <v>2500</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1562</v>
+        <v>1561</v>
       </c>
       <c r="E332" s="1" t="s">
         <v>240</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G332" s="1">
         <v>14</v>
       </c>
       <c r="H332" s="1"/>
       <c r="I332" s="1" t="s">
         <v>307</v>
       </c>
       <c r="J332" s="1">
         <v>10</v>
       </c>
       <c r="K332" s="1"/>
       <c r="L332" s="1" t="s">
-        <v>1794</v>
+        <v>1793</v>
       </c>
       <c r="M332" s="1"/>
       <c r="N332" s="1"/>
       <c r="O332" s="1"/>
       <c r="P332" s="1" t="s">
-        <v>1795</v>
+        <v>1794</v>
       </c>
       <c r="Q332" s="1"/>
       <c r="R332" s="1" t="s">
-        <v>1796</v>
+        <v>1795</v>
       </c>
       <c r="S332" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T332" s="1" t="s">
         <v>297</v>
       </c>
       <c r="U332" s="1" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="333" spans="1:21">
       <c r="A333" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B333" s="1" t="s">
         <v>1798</v>
-      </c>
-[...1 lines deleted...]
-        <v>1799</v>
       </c>
       <c r="C333" s="1">
         <v>2370</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1529</v>
+        <v>1528</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>890</v>
+        <v>1799</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>680</v>
+        <v>4</v>
       </c>
       <c r="G333" s="1">
-        <v>1</v>
-[...9 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="H333" s="1"/>
+      <c r="I333" s="1"/>
+      <c r="J333" s="1"/>
       <c r="K333" s="1"/>
       <c r="L333" s="1" t="s">
         <v>1800</v>
       </c>
       <c r="M333" s="1"/>
       <c r="N333" s="1"/>
       <c r="O333" s="1" t="s">
         <v>1800</v>
       </c>
       <c r="P333" s="1" t="s">
         <v>1801</v>
       </c>
       <c r="Q333" s="1"/>
       <c r="R333" s="1" t="s">
         <v>1802</v>
       </c>
       <c r="S333" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T333" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U333" s="1" t="s">
         <v>1803</v>
       </c>
@@ -22742,51 +22736,51 @@
       </c>
       <c r="S337" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T337" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U337" s="1" t="s">
         <v>1819</v>
       </c>
     </row>
     <row r="338" spans="1:21">
       <c r="A338" s="1" t="s">
         <v>1820</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>1821</v>
       </c>
       <c r="C338" s="1">
         <v>4025</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G338" s="1">
         <v>52</v>
       </c>
       <c r="H338" s="1"/>
       <c r="I338" s="1"/>
       <c r="J338" s="1"/>
       <c r="K338" s="1"/>
       <c r="L338" s="1" t="s">
         <v>1822</v>
       </c>
       <c r="M338" s="1"/>
       <c r="N338" s="1" t="s">
         <v>1823</v>
       </c>
       <c r="O338" s="1"/>
       <c r="P338" s="1" t="s">
         <v>1824</v>
       </c>
       <c r="Q338" s="1"/>
       <c r="R338" s="1" t="s">
         <v>1825</v>
@@ -22849,51 +22843,51 @@
         <v>1827</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>1828</v>
       </c>
       <c r="C340" s="1">
         <v>7030</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>1829</v>
       </c>
       <c r="E340" s="1" t="s">
         <v>1830</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G340" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H340" s="1"/>
       <c r="I340" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J340" s="1" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="K340" s="1"/>
       <c r="L340" s="1"/>
       <c r="M340" s="1"/>
       <c r="N340" s="1" t="s">
         <v>1831</v>
       </c>
       <c r="O340" s="1"/>
       <c r="P340" s="1" t="s">
         <v>1832</v>
       </c>
       <c r="Q340" s="1"/>
       <c r="R340" s="1" t="s">
         <v>1833</v>
       </c>
       <c r="S340" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T340" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U340" s="1" t="s">
         <v>1834</v>
       </c>
     </row>
@@ -22927,107 +22921,107 @@
       <c r="Q341" s="1"/>
       <c r="R341" s="1" t="s">
         <v>1833</v>
       </c>
       <c r="S341" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T341" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U341" s="1" t="s">
         <v>1834</v>
       </c>
     </row>
     <row r="342" spans="1:21">
       <c r="A342" s="1" t="s">
         <v>1836</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>1837</v>
       </c>
       <c r="C342" s="1">
         <v>3600</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1274</v>
+        <v>1273</v>
       </c>
       <c r="E342" s="1" t="s">
         <v>1838</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G342" s="1" t="s">
         <v>500</v>
       </c>
       <c r="H342" s="1"/>
       <c r="I342" s="1" t="s">
         <v>1839</v>
       </c>
       <c r="J342" s="1" t="s">
         <v>1840</v>
       </c>
       <c r="K342" s="1"/>
       <c r="L342" s="1"/>
       <c r="M342" s="1"/>
       <c r="N342" s="1" t="s">
         <v>1841</v>
       </c>
       <c r="O342" s="1"/>
       <c r="P342" s="1" t="s">
         <v>1842</v>
       </c>
       <c r="Q342" s="1"/>
       <c r="R342" s="1" t="s">
         <v>1843</v>
       </c>
       <c r="S342" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T342" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U342" s="1" t="s">
         <v>1844</v>
       </c>
     </row>
     <row r="343" spans="1:21">
       <c r="A343" s="1" t="s">
         <v>1845</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>1846</v>
       </c>
       <c r="C343" s="1">
         <v>3525</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>1578</v>
+        <v>1577</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G343" s="1" t="s">
         <v>1847</v>
       </c>
       <c r="H343" s="1" t="s">
         <v>186</v>
       </c>
       <c r="I343" s="1" t="s">
         <v>473</v>
       </c>
       <c r="J343" s="1">
         <v>6</v>
       </c>
       <c r="K343" s="1"/>
       <c r="L343" s="1" t="s">
         <v>1848</v>
       </c>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1" t="s">
         <v>1848</v>
       </c>
@@ -23037,279 +23031,279 @@
       <c r="Q343" s="1"/>
       <c r="R343" s="1" t="s">
         <v>1850</v>
       </c>
       <c r="S343" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T343" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U343" s="1" t="s">
         <v>1851</v>
       </c>
     </row>
     <row r="344" spans="1:21">
       <c r="A344" s="1" t="s">
         <v>1852</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>1853</v>
       </c>
       <c r="C344" s="1">
         <v>7570</v>
       </c>
       <c r="D344" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="E344" s="1" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G344" s="1" t="s">
         <v>1854</v>
       </c>
       <c r="H344" s="1"/>
       <c r="I344" s="1"/>
       <c r="J344" s="1"/>
       <c r="K344" s="1"/>
       <c r="L344" s="1" t="s">
         <v>1855</v>
       </c>
       <c r="M344" s="1"/>
       <c r="N344" s="1"/>
       <c r="O344" s="1" t="s">
         <v>1856</v>
       </c>
       <c r="P344" s="1" t="s">
         <v>1857</v>
       </c>
       <c r="Q344" s="1"/>
       <c r="R344" s="1" t="s">
         <v>1858</v>
       </c>
       <c r="S344" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T344" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U344" s="1" t="s">
         <v>1859</v>
       </c>
     </row>
     <row r="345" spans="1:21">
       <c r="A345" s="1" t="s">
         <v>1860</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>1861</v>
       </c>
       <c r="C345" s="1">
-        <v>1387</v>
+        <v>1214</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E345" s="1"/>
+      <c r="E345" s="1" t="s">
+        <v>1862</v>
+      </c>
       <c r="F345" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G345" s="1"/>
+        <v>71</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1236</v>
+      </c>
       <c r="H345" s="1"/>
-      <c r="I345" s="1"/>
-[...5 lines deleted...]
-      <c r="M345" s="1"/>
+      <c r="I345" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="J345" s="1">
+        <v>1</v>
+      </c>
+      <c r="K345" s="1"/>
+      <c r="L345" s="1" t="s">
+        <v>1863</v>
+      </c>
+      <c r="M345" s="1" t="s">
+        <v>1864</v>
+      </c>
       <c r="N345" s="1"/>
       <c r="O345" s="1"/>
-      <c r="P345" s="1"/>
-      <c r="Q345" s="1"/>
+      <c r="P345" s="1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="Q345" s="1" t="s">
+        <v>1866</v>
+      </c>
       <c r="R345" s="1" t="s">
-        <v>1862</v>
+        <v>1867</v>
       </c>
       <c r="S345" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T345" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U345" s="1" t="s">
-        <v>1863</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="346" spans="1:21">
       <c r="A346" s="1" t="s">
         <v>1860</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>1861</v>
       </c>
       <c r="C346" s="1">
         <v>1214</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="H346" s="1"/>
       <c r="I346" s="1" t="s">
         <v>73</v>
       </c>
       <c r="J346" s="1">
         <v>1</v>
       </c>
       <c r="K346" s="1"/>
       <c r="L346" s="1" t="s">
-        <v>1865</v>
+        <v>1863</v>
       </c>
       <c r="M346" s="1" t="s">
-        <v>1866</v>
+        <v>1864</v>
       </c>
       <c r="N346" s="1"/>
       <c r="O346" s="1"/>
       <c r="P346" s="1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="Q346" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="R346" s="1" t="s">
         <v>1867</v>
-      </c>
-[...4 lines deleted...]
-        <v>1862</v>
       </c>
       <c r="S346" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T346" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U346" s="1" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="347" spans="1:21">
       <c r="A347" s="1" t="s">
         <v>1860</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>1861</v>
       </c>
       <c r="C347" s="1">
-        <v>1214</v>
+        <v>1387</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E347" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E347" s="1"/>
       <c r="F347" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G347" s="1"/>
       <c r="H347" s="1"/>
-      <c r="I347" s="1" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="I347" s="1"/>
+      <c r="J347" s="1"/>
+      <c r="K347" s="1">
+        <v>25</v>
+      </c>
+      <c r="L347" s="1"/>
+      <c r="M347" s="1"/>
       <c r="N347" s="1"/>
       <c r="O347" s="1"/>
-      <c r="P347" s="1" t="s">
+      <c r="P347" s="1"/>
+      <c r="Q347" s="1"/>
+      <c r="R347" s="1" t="s">
         <v>1867</v>
       </c>
-      <c r="Q347" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S347" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T347" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U347" s="1" t="s">
-        <v>1863</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="348" spans="1:21">
       <c r="A348" s="1" t="s">
         <v>1860</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>1861</v>
       </c>
       <c r="C348" s="1">
         <v>1387</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E348" s="1"/>
       <c r="F348" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G348" s="1"/>
       <c r="H348" s="1"/>
       <c r="I348" s="1"/>
       <c r="J348" s="1"/>
       <c r="K348" s="1">
         <v>25</v>
       </c>
       <c r="L348" s="1"/>
       <c r="M348" s="1"/>
       <c r="N348" s="1"/>
       <c r="O348" s="1"/>
       <c r="P348" s="1"/>
       <c r="Q348" s="1"/>
       <c r="R348" s="1" t="s">
-        <v>1862</v>
+        <v>1867</v>
       </c>
       <c r="S348" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T348" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U348" s="1" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="349" spans="1:21">
       <c r="A349" s="1" t="s">
         <v>1870</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>1871</v>
       </c>
       <c r="C349" s="1">
         <v>8420</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>1872</v>
       </c>
       <c r="E349" s="1" t="s">
@@ -23388,51 +23382,51 @@
       </c>
       <c r="T350" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U350" s="1" t="s">
         <v>1878</v>
       </c>
     </row>
     <row r="351" spans="1:21">
       <c r="A351" s="1" t="s">
         <v>1879</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>1880</v>
       </c>
       <c r="C351" s="1">
         <v>4700</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>1881</v>
       </c>
       <c r="E351" s="1" t="s">
         <v>1882</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G351" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H351" s="1"/>
       <c r="I351" s="1"/>
       <c r="J351" s="1"/>
       <c r="K351" s="1"/>
       <c r="L351" s="1" t="s">
         <v>1883</v>
       </c>
       <c r="M351" s="1"/>
       <c r="N351" s="1"/>
       <c r="O351" s="1"/>
       <c r="P351" s="1" t="s">
         <v>1884</v>
       </c>
       <c r="Q351" s="1"/>
       <c r="R351" s="1" t="s">
         <v>1885</v>
       </c>
       <c r="S351" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T351" s="1" t="s">
@@ -23540,51 +23534,51 @@
       </c>
       <c r="B354" s="1" t="s">
         <v>1895</v>
       </c>
       <c r="C354" s="1">
         <v>2750</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>1896</v>
       </c>
       <c r="E354" s="1" t="s">
         <v>1897</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G354" s="1">
         <v>42</v>
       </c>
       <c r="H354" s="1"/>
       <c r="I354" s="1"/>
       <c r="J354" s="1"/>
       <c r="K354" s="1"/>
       <c r="L354" s="1"/>
       <c r="M354" s="1" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="N354" s="1" t="s">
         <v>1898</v>
       </c>
       <c r="O354" s="1"/>
       <c r="P354" s="1" t="s">
         <v>1899</v>
       </c>
       <c r="Q354" s="1"/>
       <c r="R354" s="1" t="s">
         <v>1900</v>
       </c>
       <c r="S354" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T354" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U354" s="1" t="s">
         <v>1901</v>
       </c>
     </row>
     <row r="355" spans="1:21">
       <c r="A355" s="1" t="s">
         <v>1902</v>
@@ -23624,51 +23618,51 @@
       </c>
       <c r="U355" s="1" t="s">
         <v>1906</v>
       </c>
     </row>
     <row r="356" spans="1:21">
       <c r="A356" s="1" t="s">
         <v>1902</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>1903</v>
       </c>
       <c r="C356" s="1">
         <v>2200</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>1907</v>
       </c>
       <c r="E356" s="1" t="s">
         <v>1908</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>913</v>
+        <v>912</v>
       </c>
       <c r="H356" s="1"/>
       <c r="I356" s="1"/>
       <c r="J356" s="1"/>
       <c r="K356" s="1"/>
       <c r="L356" s="1"/>
       <c r="M356" s="1"/>
       <c r="N356" s="1" t="s">
         <v>1909</v>
       </c>
       <c r="O356" s="1"/>
       <c r="P356" s="1" t="s">
         <v>1910</v>
       </c>
       <c r="Q356" s="1"/>
       <c r="R356" s="1" t="s">
         <v>1905</v>
       </c>
       <c r="S356" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T356" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U356" s="1" t="s">
@@ -23723,70 +23717,70 @@
       </c>
       <c r="T357" s="1" t="s">
         <v>124</v>
       </c>
       <c r="U357" s="1" t="s">
         <v>1919</v>
       </c>
     </row>
     <row r="358" spans="1:21">
       <c r="A358" s="1" t="s">
         <v>1920</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>1921</v>
       </c>
       <c r="C358" s="1">
         <v>4900</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>1922</v>
       </c>
       <c r="E358" s="1" t="s">
         <v>1889</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G358" s="1">
         <v>38</v>
       </c>
       <c r="H358" s="1"/>
       <c r="I358" s="1"/>
       <c r="J358" s="1"/>
       <c r="K358" s="1"/>
       <c r="L358" s="1"/>
       <c r="M358" s="1"/>
       <c r="N358" s="1"/>
       <c r="O358" s="1"/>
       <c r="P358" s="1"/>
       <c r="Q358" s="1"/>
       <c r="R358" s="1" t="s">
         <v>1923</v>
       </c>
       <c r="S358" s="1" t="s">
-        <v>1051</v>
+        <v>1050</v>
       </c>
       <c r="T358" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U358" s="1" t="s">
         <v>1924</v>
       </c>
     </row>
     <row r="359" spans="1:21">
       <c r="A359" s="1" t="s">
         <v>1920</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>1921</v>
       </c>
       <c r="C359" s="1">
         <v>4701</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>1881</v>
       </c>
       <c r="E359" s="1"/>
       <c r="F359" s="1" t="s">
         <v>10</v>
       </c>
@@ -23811,101 +23805,101 @@
       </c>
       <c r="T359" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U359" s="1" t="s">
         <v>1924</v>
       </c>
     </row>
     <row r="360" spans="1:21">
       <c r="A360" s="1" t="s">
         <v>1920</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>1921</v>
       </c>
       <c r="C360" s="1">
         <v>4900</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>1922</v>
       </c>
       <c r="E360" s="1" t="s">
         <v>1889</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G360" s="1" t="s">
         <v>1925</v>
       </c>
       <c r="H360" s="1"/>
       <c r="I360" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J360" s="1">
         <v>3</v>
       </c>
       <c r="K360" s="1"/>
       <c r="L360" s="1"/>
       <c r="M360" s="1"/>
       <c r="N360" s="1" t="s">
         <v>1926</v>
       </c>
       <c r="O360" s="1"/>
       <c r="P360" s="1" t="s">
         <v>1927</v>
       </c>
       <c r="Q360" s="1"/>
       <c r="R360" s="1" t="s">
         <v>1923</v>
       </c>
       <c r="S360" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T360" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U360" s="1" t="s">
         <v>1924</v>
       </c>
     </row>
     <row r="361" spans="1:21">
       <c r="A361" s="1" t="s">
         <v>1928</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>1929</v>
       </c>
       <c r="C361" s="1">
         <v>6090</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>1930</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G361" s="1" t="s">
         <v>1931</v>
       </c>
       <c r="H361" s="1"/>
       <c r="I361" s="1"/>
       <c r="J361" s="1"/>
       <c r="K361" s="1"/>
       <c r="L361" s="1" t="s">
         <v>1932</v>
       </c>
       <c r="M361" s="1"/>
       <c r="N361" s="1"/>
       <c r="O361" s="1" t="s">
         <v>1932</v>
       </c>
       <c r="P361" s="1" t="s">
         <v>1933</v>
       </c>
       <c r="Q361" s="1"/>
       <c r="R361" s="1" t="s">
         <v>1934</v>