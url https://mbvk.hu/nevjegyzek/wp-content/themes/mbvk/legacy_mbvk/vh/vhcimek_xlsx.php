--- v1 (2025-11-10)
+++ v2 (2025-12-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="cimek" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'cimek'!$A$1:$U$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1936">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1935">
   <si>
     <t>jelveny</t>
   </si>
   <si>
     <t>nev</t>
   </si>
   <si>
     <t>irsz</t>
   </si>
   <si>
     <t>helyseg</t>
   </si>
   <si>
     <t>utca</t>
   </si>
   <si>
     <t>kozterulettipus</t>
   </si>
   <si>
     <t>hsz</t>
   </si>
   <si>
     <t>epulet</t>
   </si>
   <si>
@@ -223,4691 +223,4688 @@
   <si>
     <t>Iskola</t>
   </si>
   <si>
     <t>+36-27-540-028</t>
   </si>
   <si>
     <t>+36-27-540-029</t>
   </si>
   <si>
     <t>vh.0009@mbvk.hu</t>
   </si>
   <si>
     <t>http://drzoltanhunor.hu/</t>
   </si>
   <si>
     <t>VH0009;343904716</t>
   </si>
   <si>
     <t>10102244-59718200-02000000</t>
   </si>
   <si>
     <t>0012</t>
   </si>
   <si>
-    <t>Horváth Zoltán állandó helyettes (Vht. 245.§) dr. Zoltán Ákos helyett  dr.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Helsinki </t>
+    <t>Szabó Gábor Péter  dr.</t>
+  </si>
+  <si>
+    <t>Pécs</t>
+  </si>
+  <si>
+    <t>Pf.: 111.</t>
+  </si>
+  <si>
+    <t>ZAVHI; 458067128</t>
+  </si>
+  <si>
+    <t>OTP Bank Nyrt.</t>
+  </si>
+  <si>
+    <t>11734138-22071057-00000000</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
   </si>
   <si>
     <t>ut</t>
   </si>
   <si>
-    <t xml:space="preserve">120. </t>
+    <t>2. em.</t>
+  </si>
+  <si>
+    <t>+36-1-555-6028</t>
+  </si>
+  <si>
+    <t>vh.0012@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0014</t>
+  </si>
+  <si>
+    <t>Hausz Dezső  dr.</t>
+  </si>
+  <si>
+    <t>Falk Miksa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2. </t>
+  </si>
+  <si>
+    <t>+36-1-228-9150</t>
+  </si>
+  <si>
+    <t>vh.0014@mbvk.hu</t>
+  </si>
+  <si>
+    <t>WWW.drhauszvhi.hu</t>
+  </si>
+  <si>
+    <t>HAUSZVHI; 357528733</t>
+  </si>
+  <si>
+    <t>10103173-13563523-01000001</t>
+  </si>
+  <si>
+    <t>Budapest 62.</t>
+  </si>
+  <si>
+    <t>0017</t>
+  </si>
+  <si>
+    <t>Timkó Adrienn  dr.</t>
+  </si>
+  <si>
+    <t>Békés</t>
+  </si>
+  <si>
+    <t>Jantyik Mátyás</t>
+  </si>
+  <si>
+    <t>+36-66-411-321</t>
+  </si>
+  <si>
+    <t>vh.0017@mbvk.hu</t>
+  </si>
+  <si>
+    <t>HAFRAVHI;146622702</t>
+  </si>
+  <si>
+    <t>K&amp;H Bank Zrt.</t>
+  </si>
+  <si>
+    <t>10402623-26252180-40040000</t>
+  </si>
+  <si>
+    <t>0019</t>
+  </si>
+  <si>
+    <t>Czinner Eszter Valéria  dr.</t>
+  </si>
+  <si>
+    <t>Győr</t>
+  </si>
+  <si>
+    <t>Liszt Ferenc</t>
+  </si>
+  <si>
+    <t>+36-96-316-940</t>
+  </si>
+  <si>
+    <t>+36-96-311-480</t>
+  </si>
+  <si>
+    <t>vh.0019@mbvk.hu</t>
+  </si>
+  <si>
+    <t>vhiroda.co.hu/vh0019</t>
+  </si>
+  <si>
+    <t>VH0019MBVK;250586702</t>
+  </si>
+  <si>
+    <t>10103379-15432526-01000009</t>
+  </si>
+  <si>
+    <t>0020</t>
+  </si>
+  <si>
+    <t>Aukszi Tamás  dr.</t>
+  </si>
+  <si>
+    <t>Püspökladány</t>
+  </si>
+  <si>
+    <t>VH0020MBVK;665686127</t>
+  </si>
+  <si>
+    <t>10403459-34552629-40040000</t>
+  </si>
+  <si>
+    <t>Honvéd</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. </t>
+  </si>
+  <si>
+    <t>+36-54-453-184</t>
+  </si>
+  <si>
+    <t>vh.0020@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0021</t>
+  </si>
+  <si>
+    <t>Kádár Petra Pálma   dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Békéscsaba </t>
+  </si>
+  <si>
+    <t>Pf.: 98.</t>
+  </si>
+  <si>
+    <t>VH0021; 174189948</t>
+  </si>
+  <si>
+    <t>11733003-20114631-00000000</t>
+  </si>
+  <si>
+    <t>Békéscsaba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Széchenyi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">5. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. em. </t>
+  </si>
+  <si>
+    <t>+36-30-760-4379</t>
+  </si>
+  <si>
+    <t>vh.0021@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0023</t>
+  </si>
+  <si>
+    <t>Bihari Zsófia Nóra állandó helyettes (vht. 245.§) dr. Schadl-Baranyai Helga helyett  dr.</t>
+  </si>
+  <si>
+    <t>Gödöllő</t>
+  </si>
+  <si>
+    <t>Pf.: 248.</t>
+  </si>
+  <si>
+    <t>SCHADLHELG; 144622994</t>
+  </si>
+  <si>
+    <t>10103836-56466900-02000004</t>
+  </si>
+  <si>
+    <t>MBH Bank Nyrt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Szilhát </t>
+  </si>
+  <si>
+    <t>+36-28-430-718</t>
+  </si>
+  <si>
+    <t>+36-70-213-2520</t>
+  </si>
+  <si>
+    <t>+36-28-422-268</t>
+  </si>
+  <si>
+    <t>vh.0023@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0024</t>
+  </si>
+  <si>
+    <t>Ibolya Judit  dr.</t>
+  </si>
+  <si>
+    <t>Budapest - Újpest 1. Posta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4. </t>
+  </si>
+  <si>
+    <t>DRIJVHI;160666137</t>
+  </si>
+  <si>
+    <t>10300002-13333828-00024900</t>
+  </si>
+  <si>
+    <t>József Attila</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4-6. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">fszt. </t>
+  </si>
+  <si>
+    <t>+36-1-555-6026</t>
+  </si>
+  <si>
+    <t>+36-1-555-6027</t>
+  </si>
+  <si>
+    <t>dribolyaj.vhiroda@gmail.com, vh.0024@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0027</t>
+  </si>
+  <si>
+    <t>Horváth Endre  dr.</t>
+  </si>
+  <si>
+    <t>Veszprém</t>
+  </si>
+  <si>
+    <t>Stadion</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7. </t>
+  </si>
+  <si>
+    <t>+36-88-407-711, +36-88-560-877</t>
+  </si>
+  <si>
+    <t>vh.0027@mbvk.hu</t>
+  </si>
+  <si>
+    <t>HKVHI;140637381</t>
+  </si>
+  <si>
+    <t>73900078-10000692-00000000</t>
+  </si>
+  <si>
+    <t>0028</t>
+  </si>
+  <si>
+    <t>Lukács Tamás   dr.</t>
+  </si>
+  <si>
+    <t>Perczel Miklós</t>
+  </si>
+  <si>
+    <t>+36-72-211-244</t>
+  </si>
+  <si>
+    <t>+36-72-210-341</t>
+  </si>
+  <si>
+    <t>dr.lukacstamas@t-online.hu, vh.0028@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRLUKACST;446670321</t>
+  </si>
+  <si>
+    <t>10404955-50505050-57501019</t>
+  </si>
+  <si>
+    <t>0034</t>
+  </si>
+  <si>
+    <t>Urbán Gergely állandó helyettes (Vht. 245. §) dr. Eckert Attila helyett  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medve </t>
+  </si>
+  <si>
+    <t>+361-269-8591</t>
+  </si>
+  <si>
+    <t>vh.0034@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0034mbvk;758516701</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Erste Bank Hungary Zrt. </t>
+  </si>
+  <si>
+    <t>11600006-00000002-03502248</t>
+  </si>
+  <si>
+    <t>0036</t>
+  </si>
+  <si>
+    <t>Vizler Endre  dr.</t>
+  </si>
+  <si>
+    <t>Nagykanizsa</t>
+  </si>
+  <si>
+    <t>Arany J.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">I. </t>
+  </si>
+  <si>
+    <t>+36-93-310-223</t>
+  </si>
+  <si>
+    <t>+36-30-348-8800</t>
+  </si>
+  <si>
+    <t>vh.0036@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VIZLEREVHI;345670106</t>
+  </si>
+  <si>
+    <t>10104985-65627663-01000008</t>
+  </si>
+  <si>
+    <t>0037</t>
+  </si>
+  <si>
+    <t>Fiedler Bálint Ernő  dr.</t>
+  </si>
+  <si>
+    <t>Szolnok</t>
+  </si>
+  <si>
+    <t>Boldog Sándor István krt.</t>
+  </si>
+  <si>
+    <t>+36-56-951-909</t>
+  </si>
+  <si>
+    <t>vh.0037@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRFIEDLER; 263330309</t>
+  </si>
+  <si>
+    <t>10404508-45051548-40040000</t>
+  </si>
+  <si>
+    <t>0038</t>
+  </si>
+  <si>
+    <t>Horváth Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>Deák Ferenc</t>
+  </si>
+  <si>
+    <t>+36-1-615-0130</t>
+  </si>
+  <si>
+    <t>+36-1-615-0120</t>
+  </si>
+  <si>
+    <t>vh.0038@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0038;545794187</t>
+  </si>
+  <si>
+    <t>10400779-50526865-66561016</t>
+  </si>
+  <si>
+    <t>0039</t>
+  </si>
+  <si>
+    <t>Csoboz Elemér  dr.</t>
+  </si>
+  <si>
+    <t>Dombóvár</t>
+  </si>
+  <si>
+    <t>Szent Gellért</t>
+  </si>
+  <si>
+    <t>+36-74-463-183</t>
+  </si>
+  <si>
+    <t>+36-74-565-195</t>
+  </si>
+  <si>
+    <t>vh.0039@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0039V;445603721</t>
+  </si>
+  <si>
+    <t>Erste Bank Hungary Zrt.</t>
+  </si>
+  <si>
+    <t>11600006-00000000-79320113</t>
+  </si>
+  <si>
+    <t>0041</t>
+  </si>
+  <si>
+    <t>Vékás Szilvia  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">János </t>
+  </si>
+  <si>
+    <t>+361-604-4141</t>
+  </si>
+  <si>
+    <t>vh.0041@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0041MBVK;269656302</t>
+  </si>
+  <si>
+    <t>10104167-54467900-02000009</t>
+  </si>
+  <si>
+    <t>0042</t>
+  </si>
+  <si>
+    <t>Fogarasi László  dr.</t>
+  </si>
+  <si>
+    <t>Nyíregyháza</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mártírok </t>
+  </si>
+  <si>
+    <t>tere</t>
+  </si>
+  <si>
+    <t>VII.</t>
+  </si>
+  <si>
+    <t>+36-42-404-116</t>
+  </si>
+  <si>
+    <t>+36-42-506-082</t>
+  </si>
+  <si>
+    <t>vh.0042@mbvk.hu</t>
+  </si>
+  <si>
+    <t>FOGARASIVH;446663356</t>
+  </si>
+  <si>
+    <t>68800109-11068109-00000000</t>
+  </si>
+  <si>
+    <t>0043</t>
+  </si>
+  <si>
+    <t>Tormási Anita  dr.</t>
+  </si>
+  <si>
+    <t>Kaposvár</t>
+  </si>
+  <si>
+    <t>Kossuth Lajos</t>
+  </si>
+  <si>
+    <t>1-9.</t>
+  </si>
+  <si>
+    <t>+36-82-951-574</t>
+  </si>
+  <si>
+    <t>vh.0043@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0043;649773150</t>
+  </si>
+  <si>
+    <t>11746043-24623203-00000000</t>
+  </si>
+  <si>
+    <t>0047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Petréné dr. Kravjánszki Eszter </t>
+  </si>
+  <si>
+    <t>Miskolc</t>
+  </si>
+  <si>
+    <t>Pf. 348.</t>
+  </si>
+  <si>
+    <t>VH0047MBVK; 166229153</t>
+  </si>
+  <si>
+    <t>11734004-25976573-00000000</t>
+  </si>
+  <si>
+    <t>Hajdúszoboszló</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C. </t>
+  </si>
+  <si>
+    <t>22-es üzlet</t>
+  </si>
+  <si>
+    <t>+36-52-212-842</t>
+  </si>
+  <si>
+    <t>vh.0047@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0049</t>
+  </si>
+  <si>
+    <t>Ottó Illés  dr.</t>
+  </si>
+  <si>
+    <t>Komló</t>
+  </si>
+  <si>
+    <t>Berek</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>+36-72-487-649</t>
+  </si>
+  <si>
+    <t>vh.0049@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DROTTOVH; 260114152</t>
+  </si>
+  <si>
+    <t>11731063-20036005-00000000</t>
+  </si>
+  <si>
+    <t>0051</t>
+  </si>
+  <si>
+    <t>Simon János  dr.</t>
+  </si>
+  <si>
+    <t>Szigetvár</t>
+  </si>
+  <si>
+    <t>fsz.</t>
+  </si>
+  <si>
+    <t>+36-73-310-143</t>
+  </si>
+  <si>
+    <t>vh.0051@mbvk.hu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VH0051MBVK;460728123 </t>
+  </si>
+  <si>
+    <t>50431001-10007194-00000000</t>
+  </si>
+  <si>
+    <t>0055</t>
+  </si>
+  <si>
+    <t>Belovai Viktor  dr.</t>
+  </si>
+  <si>
+    <t>Tata</t>
+  </si>
+  <si>
+    <t>BVVHI;449611987</t>
+  </si>
+  <si>
+    <t>11600006-00000002-00994460</t>
+  </si>
+  <si>
+    <t>Tavasz</t>
+  </si>
+  <si>
+    <t>+36-34-480-564</t>
+  </si>
+  <si>
+    <t>vh.0055@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0056</t>
+  </si>
+  <si>
+    <t>Egyed András   dr.</t>
+  </si>
+  <si>
+    <t>Székesfehérvár</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zichy </t>
+  </si>
+  <si>
+    <t>liget</t>
+  </si>
+  <si>
+    <t>1. em.</t>
+  </si>
+  <si>
+    <t>+36-22-379-522</t>
+  </si>
+  <si>
+    <t>vh.0056@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0056; 245653169</t>
+  </si>
+  <si>
+    <t>11736006-20344395-00000000</t>
+  </si>
+  <si>
+    <t>0060</t>
+  </si>
+  <si>
+    <t>Udvary Sándor Tibor állandó helyettes (Vht. 245.§) dr. Csiszár Éva helyett  dr.</t>
+  </si>
+  <si>
+    <t>Pf. 671.</t>
+  </si>
+  <si>
+    <t>VHIRODA60; 349681928</t>
+  </si>
+  <si>
+    <t>10104167-25084900-02004000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OTP Bank Nyrt. </t>
+  </si>
+  <si>
+    <t>11737007-23764730-00000000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Árpád </t>
+  </si>
+  <si>
+    <t xml:space="preserve">42. </t>
+  </si>
+  <si>
+    <t>+36-96-319-289</t>
+  </si>
+  <si>
+    <t>vh.0060@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0061</t>
+  </si>
+  <si>
+    <t>Szénászki Tünde  dr.</t>
+  </si>
+  <si>
+    <t>Szentes</t>
+  </si>
+  <si>
+    <t>József A.</t>
+  </si>
+  <si>
+    <t>fszt.</t>
+  </si>
+  <si>
+    <t>+36-63-312-311</t>
+  </si>
+  <si>
+    <t>vh.0061@mbvk.hu</t>
+  </si>
+  <si>
+    <t>SZTVHIRODA;245693186</t>
+  </si>
+  <si>
+    <t>57200031-10053353-00000000</t>
+  </si>
+  <si>
+    <t>0062</t>
+  </si>
+  <si>
+    <t>Molnár Ramóna Magdolna  dr.</t>
+  </si>
+  <si>
+    <t>Debrecen</t>
+  </si>
+  <si>
+    <t>Lapály</t>
+  </si>
+  <si>
+    <t>+36-52-324-690</t>
+  </si>
+  <si>
+    <t>vh.0062@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0062MBVK;463666323</t>
+  </si>
+  <si>
+    <t>11738008-20287445-00000000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">430. </t>
+  </si>
+  <si>
+    <t>0064</t>
+  </si>
+  <si>
+    <t>Farkas Kornél Gábor  dr.</t>
+  </si>
+  <si>
+    <t>Tatabánya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Szent Borbála </t>
+  </si>
+  <si>
+    <t xml:space="preserve">29. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">I. ép.  B. lph. </t>
+  </si>
+  <si>
+    <t>+36-34-301-661</t>
+  </si>
+  <si>
+    <t>+36-34-787-906</t>
+  </si>
+  <si>
+    <t>vh.0064@mbvk.hu</t>
+  </si>
+  <si>
+    <t>FKGVHI;146651746</t>
+  </si>
+  <si>
+    <t>10103623-01816000-02003003</t>
+  </si>
+  <si>
+    <t>0067</t>
+  </si>
+  <si>
+    <t>Marsai Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>Szekszárd</t>
+  </si>
+  <si>
+    <t>Bezerédj</t>
+  </si>
+  <si>
+    <t>(06-74) 410-228</t>
+  </si>
+  <si>
+    <t>(06-74) 512-417, (06-74) 511-466</t>
+  </si>
+  <si>
+    <t>(0674) 512-418</t>
+  </si>
+  <si>
+    <t>farkastsa@tolna.net</t>
+  </si>
+  <si>
+    <t>VH0067;457189958</t>
+  </si>
+  <si>
+    <t>11746005-20123361-00000000</t>
+  </si>
+  <si>
+    <t>0074</t>
+  </si>
+  <si>
+    <t>Szabó Gábor  dr.</t>
+  </si>
+  <si>
+    <t>Makó</t>
+  </si>
+  <si>
+    <t>+36-62-652-273</t>
+  </si>
+  <si>
+    <t>+36-62-652-274</t>
+  </si>
+  <si>
+    <t>vh.0074@mbvk.hu</t>
+  </si>
+  <si>
+    <t>MAKOIVHI; 554544962</t>
+  </si>
+  <si>
+    <t>10402829-28250847-40040000</t>
+  </si>
+  <si>
+    <t>0077</t>
+  </si>
+  <si>
+    <t>Karcagi Vera Lili  dr.</t>
+  </si>
+  <si>
+    <t>Munkácsy Mihály</t>
+  </si>
+  <si>
+    <t>F./</t>
+  </si>
+  <si>
+    <t>+36-96-312-420</t>
+  </si>
+  <si>
+    <t>vh.0077@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0077MBVK;266192331</t>
+  </si>
+  <si>
+    <t>Duna Takarék Bank Zrt.</t>
+  </si>
+  <si>
+    <t>58600283-11099059-00000000</t>
+  </si>
+  <si>
+    <t>0078</t>
+  </si>
+  <si>
+    <t>Csabai Dóra  dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 510.</t>
+  </si>
+  <si>
+    <t>VH0078;345683381</t>
+  </si>
+  <si>
+    <t>11714006-20442572-00000000</t>
+  </si>
+  <si>
+    <t>Angyalföldi</t>
+  </si>
+  <si>
+    <t>5/A.</t>
+  </si>
+  <si>
+    <t>06-1-410-2768</t>
+  </si>
+  <si>
+    <t>vh.0078@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0079</t>
+  </si>
+  <si>
+    <t>Kovács Ildikó  dr.</t>
+  </si>
+  <si>
+    <t>Garam</t>
+  </si>
+  <si>
+    <t>+36-30-097-3553</t>
+  </si>
+  <si>
+    <t>vh.0079@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0079MBVK;461614197</t>
+  </si>
+  <si>
+    <t>11704021-21457658-00000000</t>
+  </si>
+  <si>
+    <t>0080</t>
+  </si>
+  <si>
+    <t>Petris Csaba  dr.</t>
+  </si>
+  <si>
+    <t>Városmajor</t>
+  </si>
+  <si>
+    <t>II. em.</t>
+  </si>
+  <si>
+    <t>+36-1-369-3977</t>
+  </si>
+  <si>
+    <t>vh.0080@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRPCSBKVHI;740736948</t>
+  </si>
+  <si>
+    <t>10103214-47187000-02004001</t>
+  </si>
+  <si>
+    <t>0083</t>
+  </si>
+  <si>
+    <t>Rédei Bernadett  dr.</t>
+  </si>
+  <si>
+    <t>Ráckeve</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25. </t>
+  </si>
+  <si>
+    <t>+36-30-417-7136</t>
+  </si>
+  <si>
+    <t>vh.0083@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0083;164605919</t>
+  </si>
+  <si>
+    <t>11732064-23822904-00000000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15. </t>
+  </si>
+  <si>
+    <t>0084</t>
+  </si>
+  <si>
+    <t>Hoppa József  dr.</t>
+  </si>
+  <si>
+    <t>Zalaegerszeg</t>
+  </si>
+  <si>
+    <t>Rákóczi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2-4. </t>
+  </si>
+  <si>
+    <t>+36-92-598-088</t>
+  </si>
+  <si>
+    <t>vh.0084@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0084MBVK;762534752</t>
+  </si>
+  <si>
+    <t>11749008-24931548-00000000</t>
+  </si>
+  <si>
+    <t>0088</t>
+  </si>
+  <si>
+    <t>Berecz Judit  dr.</t>
+  </si>
+  <si>
+    <t>Sárbogárd</t>
+  </si>
+  <si>
+    <t>Ady Endre</t>
+  </si>
+  <si>
+    <t>160/</t>
+  </si>
+  <si>
+    <t>+36-30-154-6470</t>
+  </si>
+  <si>
+    <t>vh.0088@mbvk.hu</t>
+  </si>
+  <si>
+    <t>www.notarivhiroda-hu.webnode.hu</t>
+  </si>
+  <si>
+    <t>VHIRODA344; 449660741</t>
+  </si>
+  <si>
+    <t>11748052-24858199-00000000</t>
+  </si>
+  <si>
+    <t>0089</t>
+  </si>
+  <si>
+    <t>Kovács Miklós   dr.</t>
+  </si>
+  <si>
+    <t>Cegléd</t>
+  </si>
+  <si>
+    <t>Pf.: 60.</t>
+  </si>
+  <si>
+    <t>VH0089MBVK; 469239798</t>
+  </si>
+  <si>
+    <t>10103843-03659200-02005002</t>
+  </si>
+  <si>
+    <t>+36-53-358-941</t>
+  </si>
+  <si>
+    <t>+36-53-358-942</t>
+  </si>
+  <si>
+    <t>vh.0089@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0091</t>
+  </si>
+  <si>
+    <t>Józsa Szabolcs  dr.</t>
+  </si>
+  <si>
+    <t>Sopron</t>
+  </si>
+  <si>
+    <t>Bartók Béla</t>
+  </si>
+  <si>
+    <t>+36-99-338-945</t>
+  </si>
+  <si>
+    <t>+36-99-318-172</t>
+  </si>
+  <si>
+    <t>vh.0091@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0091;444601949</t>
+  </si>
+  <si>
+    <t>10103386-66316100-02002001</t>
+  </si>
+  <si>
+    <t>0094</t>
+  </si>
+  <si>
+    <t>Tóth Dénes    dr.</t>
+  </si>
+  <si>
+    <t>Budapest, 62.</t>
+  </si>
+  <si>
+    <t>TOTHESTSA;444654147</t>
+  </si>
+  <si>
+    <t>10102244-59699700-02000001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budapest </t>
+  </si>
+  <si>
+    <t>Margit</t>
+  </si>
+  <si>
+    <t>krt</t>
+  </si>
+  <si>
+    <t>5/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A.  </t>
+  </si>
+  <si>
+    <t>I./</t>
+  </si>
+  <si>
+    <t>+36-1-369-2417</t>
+  </si>
+  <si>
+    <t>+36-1-796-5783</t>
+  </si>
+  <si>
+    <t>+36-1-789-8107</t>
+  </si>
+  <si>
+    <t>vh.0094@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0096</t>
+  </si>
+  <si>
+    <t>Zsirai Bernadett  dr.</t>
+  </si>
+  <si>
+    <t>Virág</t>
+  </si>
+  <si>
+    <t>+36-99-781-066</t>
+  </si>
+  <si>
+    <t>+36-99-781-067</t>
+  </si>
+  <si>
+    <t>vh.0096@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://vegrehajto-sopron.hu</t>
+  </si>
+  <si>
+    <t>ZSBVHI;544642924</t>
+  </si>
+  <si>
+    <t>10103386-46600827-01000008</t>
+  </si>
+  <si>
+    <t>0097</t>
+  </si>
+  <si>
+    <t>Ágoston Éva  dr.</t>
+  </si>
+  <si>
+    <t>Nagyatád</t>
+  </si>
+  <si>
+    <t>Baross G.</t>
+  </si>
+  <si>
+    <t>+36-82-475-170</t>
+  </si>
+  <si>
+    <t>+36-82-475-169</t>
+  </si>
+  <si>
+    <t>vh.0097@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0097MBVK;466636755</t>
+  </si>
+  <si>
+    <t>11748045-24821195-00000000</t>
+  </si>
+  <si>
+    <t>0099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deákné dr. Korláth Anita állandó helyettes (Vht. 245. §) Tóthné dr. Rádi Ildikó Ibolya helyett </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gyöngyösi </t>
+  </si>
+  <si>
+    <t>D.</t>
+  </si>
+  <si>
+    <t>+36-30-630-8809</t>
+  </si>
+  <si>
+    <t>vh.0099@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0099MBVK;254546100</t>
+  </si>
+  <si>
+    <t>11738046-23209310-00000000</t>
+  </si>
+  <si>
+    <t>0100</t>
+  </si>
+  <si>
+    <t>Balogh Ágnes  dr.</t>
+  </si>
+  <si>
+    <t>Kemény Gusztáv</t>
+  </si>
+  <si>
+    <t>II.</t>
+  </si>
+  <si>
+    <t>+36-1-370-3150</t>
+  </si>
+  <si>
+    <t>+36-1-360-1365</t>
+  </si>
+  <si>
+    <t>balogh.agnes@mbvk.hu, vh.0100@mbvk.hu</t>
+  </si>
+  <si>
+    <t>AGIBALOGH;540599935</t>
+  </si>
+  <si>
+    <t>10102244-50794700-02000006</t>
+  </si>
+  <si>
+    <t>0101</t>
+  </si>
+  <si>
+    <t>Gajzágó Péter  dr.</t>
+  </si>
+  <si>
+    <t>Salgótarján</t>
+  </si>
+  <si>
+    <t>Füleki</t>
+  </si>
+  <si>
+    <t>+36-32-420-866</t>
+  </si>
+  <si>
+    <t>vh.0101@mbvk.hu</t>
+  </si>
+  <si>
+    <t>GAVHI;140658188</t>
+  </si>
+  <si>
+    <t>10103726-09686000-02001004</t>
+  </si>
+  <si>
+    <t>0104</t>
+  </si>
+  <si>
+    <t>Dienes Tamás Dezső  dr.</t>
+  </si>
+  <si>
+    <t>Hajdúböszörmény</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Baltazár Dezső </t>
+  </si>
+  <si>
+    <t xml:space="preserve">74. </t>
+  </si>
+  <si>
+    <t>+36-52-219-059</t>
+  </si>
+  <si>
+    <t>vh.0104@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0104MBVK; 267142134</t>
+  </si>
+  <si>
+    <t>11738060-23868731-00000000</t>
+  </si>
+  <si>
+    <t>0105</t>
+  </si>
+  <si>
+    <t>Bérczi Attila  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Csorna </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Laky Döme </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.</t>
+  </si>
+  <si>
+    <t>+36-96-221-697</t>
+  </si>
+  <si>
+    <t>vh.0105@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0105MBVK; 661874397</t>
+  </si>
+  <si>
+    <t>10103379-03567126-01000009</t>
+  </si>
+  <si>
+    <t>0107</t>
+  </si>
+  <si>
+    <t>Bodó Szabolcs  dr.</t>
+  </si>
+  <si>
+    <t>Szombathely</t>
+  </si>
+  <si>
+    <t>Engels Frigyes</t>
+  </si>
+  <si>
+    <t>+36-94-394-008</t>
+  </si>
+  <si>
+    <t>vh.0107@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0107;159188752</t>
+  </si>
+  <si>
+    <t>11747006-20238726-00000000</t>
+  </si>
+  <si>
+    <t>0110</t>
+  </si>
+  <si>
+    <t>Jászkai Jusztin  dr.</t>
+  </si>
+  <si>
+    <t>Vásárosnamény</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rákóczi </t>
+  </si>
+  <si>
+    <t>+36-45-470-139</t>
+  </si>
+  <si>
+    <t>+36-20-520-7646</t>
+  </si>
+  <si>
+    <t>vh.0110@mbvk.hu</t>
+  </si>
+  <si>
+    <t>JJVHI;147683765</t>
+  </si>
+  <si>
+    <t>10404481-50494952-50561027</t>
+  </si>
+  <si>
+    <t>0111</t>
+  </si>
+  <si>
+    <t>Protzner András  dr.</t>
+  </si>
+  <si>
+    <t>Bajcsy-Zsilinszky Endre</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">II. </t>
+  </si>
+  <si>
+    <t>+36-21-314-1604</t>
+  </si>
+  <si>
+    <t>+36-21-314-1605</t>
+  </si>
+  <si>
+    <t>vh.0111@mbvk.hu</t>
+  </si>
+  <si>
+    <t>protznervh; 552594760</t>
+  </si>
+  <si>
+    <t>10104820-12626700-02005005</t>
+  </si>
+  <si>
+    <t>0112</t>
+  </si>
+  <si>
+    <t>Eczeti Mihály  dr.</t>
+  </si>
+  <si>
+    <t>Szarvas</t>
+  </si>
+  <si>
+    <t>Pf.: 87.</t>
+  </si>
+  <si>
+    <t>SZARVASIVH; 567616796</t>
+  </si>
+  <si>
+    <t>11733058-21446878-00000000</t>
+  </si>
+  <si>
+    <t>Jókai Mór</t>
+  </si>
+  <si>
+    <t>48/1.</t>
+  </si>
+  <si>
+    <t>+36-66-313-411</t>
+  </si>
+  <si>
+    <t>vh.0112@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0115</t>
+  </si>
+  <si>
+    <t>Molnárné Ináncsi Anita  dr.</t>
+  </si>
+  <si>
+    <t>Dunaújváros</t>
+  </si>
+  <si>
+    <t>Szondy</t>
+  </si>
+  <si>
+    <t>+36-25-737-086</t>
+  </si>
+  <si>
+    <t>+36-30-715-1363</t>
+  </si>
+  <si>
+    <t>vh.0115@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0115MBVK; 364895930</t>
+  </si>
+  <si>
+    <t>11736037-20577014-00000000</t>
+  </si>
+  <si>
+    <t>0116</t>
+  </si>
+  <si>
+    <t>Petics Milán  dr.</t>
+  </si>
+  <si>
+    <t>Nyírbátor</t>
+  </si>
+  <si>
+    <t>+36-42-282-501</t>
+  </si>
+  <si>
+    <t>vh.0116@mbvk.hu</t>
+  </si>
+  <si>
+    <t>PETICSVH;362604396</t>
+  </si>
+  <si>
+    <t>11744058-20042639-00000000</t>
+  </si>
+  <si>
+    <t>0119</t>
+  </si>
+  <si>
+    <t>Kovács Zoltán Attila  dr.</t>
+  </si>
+  <si>
+    <t>Sütő</t>
+  </si>
+  <si>
+    <t>+36-56-780-598</t>
+  </si>
+  <si>
+    <t>+36-56-780-988</t>
+  </si>
+  <si>
+    <t>vh.0119@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH119MBVK; 555508104</t>
+  </si>
+  <si>
+    <t>11745035-20037075-00000000</t>
+  </si>
+  <si>
+    <t>0124</t>
+  </si>
+  <si>
+    <t>Lévai Géza  dr.</t>
+  </si>
+  <si>
+    <t>Kisvárda</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Krucsay Márton </t>
+  </si>
+  <si>
+    <t>2/A - 2/B.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">fsz. </t>
+  </si>
+  <si>
+    <t>+36-45-416-237</t>
+  </si>
+  <si>
+    <t>vh.0124@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRLEVAIG; 560101909</t>
+  </si>
+  <si>
+    <t>11744034-21092369-00000000</t>
+  </si>
+  <si>
+    <t>0126</t>
+  </si>
+  <si>
+    <t>Andresin Odett  dr.</t>
+  </si>
+  <si>
+    <t>Jászberény</t>
+  </si>
+  <si>
+    <t>Szent Imre Herceg</t>
+  </si>
+  <si>
+    <t>66-2.</t>
+  </si>
+  <si>
+    <t>+36-57-413-999</t>
+  </si>
+  <si>
+    <t>+36-21-314-1609</t>
+  </si>
+  <si>
+    <t>vh.0126@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://www.drandresinodett.hu/</t>
+  </si>
+  <si>
+    <t>VH0126MBVK; 451557923</t>
+  </si>
+  <si>
+    <t>10104569-08242655-00000004</t>
+  </si>
+  <si>
+    <t>0127</t>
+  </si>
+  <si>
+    <t>Nagy Henrik  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Török Flóris </t>
+  </si>
+  <si>
+    <t>+36-1-207-8240</t>
+  </si>
+  <si>
+    <t>árverési regisztrációhoz időpont egyeztetése: +36-30-451-4477</t>
+  </si>
+  <si>
+    <t>+36-1-207-8241</t>
+  </si>
+  <si>
+    <t>vh.0127@mbvk.hu</t>
+  </si>
+  <si>
+    <t>NHVH;752548702</t>
+  </si>
+  <si>
+    <t>10104167-57537149-01000000</t>
+  </si>
+  <si>
+    <t>0129</t>
+  </si>
+  <si>
+    <t>Harai Zoltán Csaba  dr.</t>
+  </si>
+  <si>
+    <t>VH0129;544633189</t>
+  </si>
+  <si>
+    <t>11736006-20296137-00000000</t>
+  </si>
+  <si>
+    <t>Lugosi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E. </t>
+  </si>
+  <si>
+    <t>+36-22-877-190</t>
+  </si>
+  <si>
+    <t>+36-22-877-193</t>
+  </si>
+  <si>
+    <t>vh.0129@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0131</t>
+  </si>
+  <si>
+    <t>Kádár Virág Edit  dr.</t>
+  </si>
+  <si>
+    <t>Baross</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31. </t>
+  </si>
+  <si>
+    <t>+56-420-371</t>
+  </si>
+  <si>
+    <t>vh.0131@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0131MBVK;467635318</t>
+  </si>
+  <si>
+    <t>10404508-45057159-40040000</t>
+  </si>
+  <si>
+    <t>0132</t>
+  </si>
+  <si>
+    <t>Kozma Márió  dr.</t>
+  </si>
+  <si>
+    <t>Szabolcs</t>
+  </si>
+  <si>
+    <t>+36-30-812-6607</t>
+  </si>
+  <si>
+    <t>vh.0132@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0132MBVK; 376544336</t>
+  </si>
+  <si>
+    <t>11738015-21482722-00000000</t>
+  </si>
+  <si>
+    <t>0137</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kuruczné dr. Szalontai Beáta </t>
+  </si>
+  <si>
+    <t>Pf.: 131.</t>
+  </si>
+  <si>
+    <t>FULOPNVHI;143668789</t>
+  </si>
+  <si>
+    <t>10103726-02970800-02003005</t>
+  </si>
+  <si>
+    <t>Alkotmány</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> fsz.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2.</t>
+  </si>
+  <si>
+    <t>+36-32-422-439</t>
+  </si>
+  <si>
+    <t>vh.0137@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0138</t>
+  </si>
+  <si>
+    <t>Laurik László Miklós   dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Miklós </t>
+  </si>
+  <si>
+    <t>+36-52-200-606</t>
+  </si>
+  <si>
+    <t>vh.0138@mbvk.hu</t>
+  </si>
+  <si>
+    <t>ANTLASZVH;542602978</t>
+  </si>
+  <si>
+    <t>11738008-20830270-00000000</t>
+  </si>
+  <si>
+    <t>Pf.: 261.</t>
+  </si>
+  <si>
+    <t>0139</t>
+  </si>
+  <si>
+    <t>Samodai András  dr.</t>
+  </si>
+  <si>
+    <t>Bicske</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Akácfa </t>
+  </si>
+  <si>
+    <t>11-15.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> A.ép.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> pinceszint</t>
+  </si>
+  <si>
+    <t>+36-22-330-344</t>
+  </si>
+  <si>
+    <t>vh.0139@mbvk.hu</t>
+  </si>
+  <si>
+    <t>FTVHI;245653791</t>
+  </si>
+  <si>
+    <t>11736006-20306652-00000000</t>
+  </si>
+  <si>
+    <t>0141</t>
+  </si>
+  <si>
+    <t>Ordas Viktória  dr.</t>
+  </si>
+  <si>
+    <t>Tamási</t>
+  </si>
+  <si>
+    <t>Pf.: 65.</t>
+  </si>
+  <si>
+    <t>ORDASVH;247848115</t>
+  </si>
+  <si>
+    <t>11746029-26694667-00000000</t>
+  </si>
+  <si>
+    <t>Garay János</t>
+  </si>
+  <si>
+    <t>+36-74-472-002</t>
+  </si>
+  <si>
+    <t>vh.0141@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0143</t>
+  </si>
+  <si>
+    <t>Kovássy Szabolcs  dr.</t>
+  </si>
+  <si>
+    <t>Komárom</t>
+  </si>
+  <si>
+    <t>Kelemen László</t>
+  </si>
+  <si>
+    <t>+36-34-343-722</t>
+  </si>
+  <si>
+    <t>+36-34-542-880</t>
+  </si>
+  <si>
+    <t>kovassys@t-online.hu, vh.0143@mbvk.hu</t>
+  </si>
+  <si>
+    <t>KOVASSYVH;344915357</t>
+  </si>
+  <si>
+    <t>63200030-11066626-00000000</t>
+  </si>
+  <si>
+    <t>0148</t>
+  </si>
+  <si>
+    <t>Szelthoffer László  dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 564.</t>
+  </si>
+  <si>
+    <t>VH0148MBVK; 561815927</t>
+  </si>
+  <si>
+    <t>11737007-23767544-00000000</t>
+  </si>
+  <si>
+    <t>Béke</t>
+  </si>
+  <si>
+    <t>+36-30-597-3537</t>
+  </si>
+  <si>
+    <t>vh.0148@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0150</t>
+  </si>
+  <si>
+    <t>Zelena Gergely  dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 650.</t>
+  </si>
+  <si>
+    <t>VH0150MBVK;556527300</t>
+  </si>
+  <si>
+    <t>54300118-10000283-00000000</t>
+  </si>
+  <si>
+    <t>Erzsébet</t>
+  </si>
+  <si>
+    <t>ter</t>
+  </si>
+  <si>
+    <t>+36-70-384-5269</t>
+  </si>
+  <si>
+    <t>vh.0150@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0151</t>
+  </si>
+  <si>
+    <t>Dudás Ferenc  dr.</t>
+  </si>
+  <si>
+    <t>Szerencs</t>
+  </si>
+  <si>
+    <t>Csalogány</t>
+  </si>
+  <si>
+    <t>+36-47-363-991</t>
+  </si>
+  <si>
+    <t>dudas.vegrehajto@gmail.com, vh.0151@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DUDASVH151;147731397</t>
+  </si>
+  <si>
+    <t>11734145-20009719-00000000</t>
+  </si>
+  <si>
+    <t>0152</t>
+  </si>
+  <si>
+    <t>Hirth Erika  dr.</t>
+  </si>
+  <si>
+    <t>Siófok</t>
+  </si>
+  <si>
+    <t>Fő</t>
+  </si>
+  <si>
+    <t>174-176.</t>
+  </si>
+  <si>
+    <t>B. ép.</t>
+  </si>
+  <si>
+    <t>06-84-330-056</t>
+  </si>
+  <si>
+    <t>vh.0152@mbvk.hu</t>
+  </si>
+  <si>
+    <t>152VSIOFOK;651020144</t>
+  </si>
+  <si>
+    <t>11748007-24811763-00000000</t>
+  </si>
+  <si>
+    <t>0154</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Káplárné dr. Kiss-Gáll Éva </t>
+  </si>
+  <si>
+    <t>Barcs</t>
+  </si>
+  <si>
+    <t>154VHIRODA;760626703</t>
+  </si>
+  <si>
+    <t>11744027-20010142-00000000</t>
+  </si>
+  <si>
+    <t>Bajcsy-Zsilinszky</t>
+  </si>
+  <si>
+    <t>57-59.</t>
+  </si>
+  <si>
+    <t>+36-30-155-6638</t>
+  </si>
+  <si>
+    <t>vh.0154@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0156</t>
+  </si>
+  <si>
+    <t>Keresztes-Nagy Gyöngyi  dr.</t>
+  </si>
+  <si>
+    <t>köz</t>
+  </si>
+  <si>
+    <t>+36-70-198-6691</t>
+  </si>
+  <si>
+    <t>vh.0156@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0156MBVK; 161300352</t>
+  </si>
+  <si>
+    <t>11742173-26046662-00000000</t>
+  </si>
+  <si>
+    <t>0158</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deákné dr. Korláth Anita </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koller </t>
+  </si>
+  <si>
+    <t>+36-72-233-160</t>
+  </si>
+  <si>
+    <t>+36-30-097-8373</t>
+  </si>
+  <si>
+    <t>vh.0158@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0158VH; 760805164</t>
+  </si>
+  <si>
+    <t>11731001-23149247-00000000</t>
+  </si>
+  <si>
+    <t>0162</t>
+  </si>
+  <si>
+    <t>Pörnecz-Szalai Szilvia  dr.</t>
+  </si>
+  <si>
+    <t>Rákóczi Ferenc</t>
+  </si>
+  <si>
+    <t>+36-21-314-1602</t>
+  </si>
+  <si>
+    <t>+36-21-314-1603</t>
+  </si>
+  <si>
+    <t>vh.0162@mbvk.hu</t>
+  </si>
+  <si>
+    <t>https://www.porneczvhiroda.hu/</t>
+  </si>
+  <si>
+    <t>VH0162MBVK; 351598110</t>
+  </si>
+  <si>
+    <t>10101315-13446800-02005005</t>
+  </si>
+  <si>
+    <t>0167</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vajdáné dr. Pintér Ágnes </t>
+  </si>
+  <si>
+    <t>Kiskunfélegyháza</t>
+  </si>
+  <si>
+    <t>Petőfi</t>
+  </si>
+  <si>
+    <t>+36-76-560-244</t>
+  </si>
+  <si>
+    <t>vh.0167@mbvk.hu</t>
+  </si>
+  <si>
+    <t>vh0167mbvk; 462647335</t>
+  </si>
+  <si>
+    <t>10410400-00000190-09297782</t>
+  </si>
+  <si>
+    <t>0168</t>
+  </si>
+  <si>
+    <t>Schmidt Zoltán Róbert  dr.</t>
+  </si>
+  <si>
+    <t>+36-1-302-4830</t>
+  </si>
+  <si>
+    <t>+36-1-269-2066</t>
+  </si>
+  <si>
+    <t>zoltan.schmidt@t-online.hu, vh.0168@mbvk.hu</t>
+  </si>
+  <si>
+    <t>SCHMIDTVHI;249612777</t>
+  </si>
+  <si>
+    <t>10103173-16173723-01000007</t>
+  </si>
+  <si>
+    <t>0169</t>
+  </si>
+  <si>
+    <t>Trombitás Erzsébet  dr.</t>
+  </si>
+  <si>
+    <t>Mosonmagyaróvár</t>
+  </si>
+  <si>
+    <t>Lomb</t>
+  </si>
+  <si>
+    <t>+36-96-576-405</t>
+  </si>
+  <si>
+    <t>+36-96-576-406</t>
+  </si>
+  <si>
+    <t>+36-30-271-6638</t>
+  </si>
+  <si>
+    <t>vighne@index.hu, vh.0169@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VIGHNEVHI;742918167</t>
+  </si>
+  <si>
+    <t>58600252-11099190-00000000</t>
+  </si>
+  <si>
+    <t>0170</t>
+  </si>
+  <si>
+    <t>Kolozsvári Márk  dr.</t>
+  </si>
+  <si>
+    <t>VH0170MBVK;161656315</t>
+  </si>
+  <si>
+    <t>11738008-21491029-00000000</t>
+  </si>
+  <si>
+    <t>Kürtös</t>
+  </si>
+  <si>
+    <t>+36-52-756-770</t>
+  </si>
+  <si>
+    <t>vh.0170@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0173</t>
+  </si>
+  <si>
+    <t>Dalmi Linda állandó helyettes (Vht. 245. §) dr. Várady Zsolt helyett  dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 222.</t>
+  </si>
+  <si>
+    <t>VHGYULAOBV;578511344</t>
+  </si>
+  <si>
+    <t>10300002-15746668-00024908</t>
+  </si>
+  <si>
+    <t>Gyula</t>
+  </si>
+  <si>
+    <t>Tiborc</t>
+  </si>
+  <si>
+    <t>14/b.</t>
+  </si>
+  <si>
+    <t>+36-30-012-0033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">vh.0173@mbvk.hu; </t>
+  </si>
+  <si>
+    <t>0174</t>
+  </si>
+  <si>
+    <t>Bánk Tibor  dr.</t>
+  </si>
+  <si>
+    <t>Tiszaújváros</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Örösi </t>
+  </si>
+  <si>
+    <t>+36-49-343-077</t>
+  </si>
+  <si>
+    <t>+36-70-858-1851</t>
+  </si>
+  <si>
+    <t>vh.0174@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0174MBVK;566555717</t>
+  </si>
+  <si>
+    <t>11734004-25988093-00000000</t>
+  </si>
+  <si>
+    <t>0175</t>
+  </si>
+  <si>
+    <t>Nagy Nándor   dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 55.</t>
+  </si>
+  <si>
+    <t>VH0175MBVK; 663910704</t>
+  </si>
+  <si>
+    <t>10300002-13572562-00014905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Üllői </t>
+  </si>
+  <si>
+    <t xml:space="preserve">431. </t>
+  </si>
+  <si>
+    <t>+36-30-548-6823; +36-30-561-3136</t>
+  </si>
+  <si>
+    <t>vh.0175@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0176</t>
+  </si>
+  <si>
+    <t>Bárczi Krisztián  dr.</t>
+  </si>
+  <si>
+    <t>Sátoraljaújhely</t>
+  </si>
+  <si>
+    <t>Kazinczy</t>
+  </si>
+  <si>
+    <t>+36-47-304-887</t>
+  </si>
+  <si>
+    <t>vh.0176@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0160;352253149</t>
+  </si>
+  <si>
+    <t>11734138-20012962-00000000</t>
+  </si>
+  <si>
+    <t>0177</t>
+  </si>
+  <si>
+    <t>Gazdag Péter János  dr.</t>
+  </si>
+  <si>
+    <t>Szeged</t>
+  </si>
+  <si>
+    <t>Híd</t>
+  </si>
+  <si>
+    <t>+36-62-388-673</t>
+  </si>
+  <si>
+    <t>+36-70-908-8851</t>
+  </si>
+  <si>
+    <t>vh.0177@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0177MBVK;465615975</t>
+  </si>
+  <si>
+    <t>10102842-11542017-01000000</t>
+  </si>
+  <si>
+    <t>0178</t>
+  </si>
+  <si>
+    <t>Puskás Rudolf Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>Széll Kálmán</t>
+  </si>
+  <si>
+    <t>+36-94-789-348</t>
+  </si>
+  <si>
+    <t>+36-94-789-388</t>
+  </si>
+  <si>
+    <t>puskasrudolf@upcmail.hu, vh.0178@mbvk.hu</t>
+  </si>
+  <si>
+    <t>PUSKASVH;449681745</t>
+  </si>
+  <si>
+    <t>10104789-63242900-02003003</t>
+  </si>
+  <si>
+    <t>0180</t>
+  </si>
+  <si>
+    <t>Egyed Zsolt  dr.</t>
+  </si>
+  <si>
+    <t>Malom</t>
+  </si>
+  <si>
+    <t>+36-22-200-115</t>
+  </si>
+  <si>
+    <t>vh.0180@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0180MBVK;366501789</t>
+  </si>
+  <si>
+    <t>11736006-20296113-00000000</t>
+  </si>
+  <si>
+    <t>0188</t>
+  </si>
+  <si>
+    <t>Halász Bence Gábor  dr.</t>
+  </si>
+  <si>
+    <t>Orosháza</t>
+  </si>
+  <si>
+    <t>Tó</t>
+  </si>
+  <si>
+    <t>+36-68-635-797</t>
+  </si>
+  <si>
+    <t>+36-68-999-622</t>
+  </si>
+  <si>
+    <t>vh.0188@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRHBGVHI;254043117</t>
+  </si>
+  <si>
+    <t>11733041-20029669-00000000</t>
+  </si>
+  <si>
+    <t>0191</t>
+  </si>
+  <si>
+    <t>Takács Ádám Mihály  dr.</t>
+  </si>
+  <si>
+    <t>Dózsa György</t>
+  </si>
+  <si>
+    <t>+36-72-484-773</t>
+  </si>
+  <si>
+    <t>+36-72-281-660</t>
+  </si>
+  <si>
+    <t>vh.0191@mbvk.hu</t>
+  </si>
+  <si>
+    <t>TAKACSVHI;154596938</t>
+  </si>
+  <si>
+    <t>11731063-20035994-00000000</t>
+  </si>
+  <si>
+    <t>0192</t>
+  </si>
+  <si>
+    <t>Kőszegi Károly  dr.</t>
+  </si>
+  <si>
+    <t>Komáromi</t>
+  </si>
+  <si>
+    <t>28/a.</t>
+  </si>
+  <si>
+    <t>+36-34-777-605</t>
+  </si>
+  <si>
+    <t>+36-34-309-835</t>
+  </si>
+  <si>
+    <t>+36-34-309-836</t>
+  </si>
+  <si>
+    <t>vh.0192@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0192MBVK;168676319</t>
+  </si>
+  <si>
+    <t>11740009-24127721-00000000</t>
+  </si>
+  <si>
+    <t>0193</t>
+  </si>
+  <si>
+    <t>Boross Tamás  dr.</t>
+  </si>
+  <si>
+    <t>EGER</t>
+  </si>
+  <si>
+    <t>Grónay Sándor</t>
+  </si>
+  <si>
+    <t>+36-36-410-902</t>
+  </si>
+  <si>
+    <t>+36-36-516-465</t>
+  </si>
+  <si>
+    <t>boross.tamas@gmail.com, vh.boross@t-online.hu, vh.0193@mbvk.hu</t>
+  </si>
+  <si>
+    <t>BOROSSVH;547632780</t>
+  </si>
+  <si>
+    <t>10103513-27279500-02004004</t>
+  </si>
+  <si>
+    <t>Eger</t>
+  </si>
+  <si>
+    <t>0196</t>
+  </si>
+  <si>
+    <t>Sumi Csaba József  dr.</t>
+  </si>
+  <si>
+    <t>Érsek</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14. </t>
+  </si>
+  <si>
+    <t>+36-30-813-8301</t>
+  </si>
+  <si>
+    <t>vhsumi@gmail.com, vh.0196@mbvk.hu</t>
+  </si>
+  <si>
+    <t>SUMIVHI;346652931</t>
+  </si>
+  <si>
+    <t>10103513-15385200-02005001</t>
+  </si>
+  <si>
+    <t>0197</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jávorné dr. Korbély Melinda </t>
+  </si>
+  <si>
+    <t>Szabadság</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B. </t>
+  </si>
+  <si>
+    <t>+36-42-409-428</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>vh.0197@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRKOR197VH;552597722</t>
+  </si>
+  <si>
+    <t>68800109-11131133-00000000</t>
+  </si>
+  <si>
+    <t>0198</t>
+  </si>
+  <si>
+    <t>Simoláné dr. Vecsernyés Tímea  dr.</t>
+  </si>
+  <si>
+    <t>Kiskunhalas</t>
+  </si>
+  <si>
+    <t>VH0198;147640798</t>
+  </si>
+  <si>
+    <t>11732064-20062280-00000000</t>
+  </si>
+  <si>
+    <t>Szent István</t>
+  </si>
+  <si>
+    <t>+36-77-424-488</t>
+  </si>
+  <si>
+    <t xml:space="preserve">vh.0198@mbvk.hu, vecsernyesf@gmail.com, </t>
+  </si>
+  <si>
+    <t>0202</t>
+  </si>
+  <si>
+    <t>Dalmi Linda  dr.</t>
+  </si>
+  <si>
+    <t>Füzesabony</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60. </t>
+  </si>
+  <si>
+    <t>+36-30-730-6585</t>
+  </si>
+  <si>
+    <t>+36-56-549-754</t>
+  </si>
+  <si>
+    <t>vh.0202@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0202MBVK;368656136</t>
+  </si>
+  <si>
+    <t>11745004-24524348-00000000</t>
+  </si>
+  <si>
+    <t>0204</t>
+  </si>
+  <si>
+    <t>Makovics János  dr.</t>
+  </si>
+  <si>
+    <t>DRMJVHIHK;646538753</t>
+  </si>
+  <si>
+    <t>10400126-01210044-47360000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pilisi </t>
+  </si>
+  <si>
+    <t>+36-1-260-3127</t>
+  </si>
+  <si>
+    <t>vhiroda@drmakovics.axelero.net, vh.0204@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0205</t>
+  </si>
+  <si>
+    <t>Kozma László  dr.</t>
+  </si>
+  <si>
+    <t>Gyöngyös</t>
+  </si>
+  <si>
+    <t>Kemény János</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3. </t>
+  </si>
+  <si>
+    <t>+36-37-316-095</t>
+  </si>
+  <si>
+    <t>vh.0205@mbvk.hu</t>
+  </si>
+  <si>
+    <t>KOZMA0205;29167904</t>
+  </si>
+  <si>
+    <t>11739030-20027313-00000000</t>
+  </si>
+  <si>
+    <t>0206</t>
+  </si>
+  <si>
+    <t>Vasi Gizella Szilvia  dr.</t>
+  </si>
+  <si>
+    <t>DRVGSZVHI; 452574114</t>
+  </si>
+  <si>
+    <t>11611006-01128701-11000000</t>
+  </si>
+  <si>
+    <t>Fsz.</t>
+  </si>
+  <si>
+    <t>+36-34-483-405</t>
+  </si>
+  <si>
+    <t>vh.0206@mbvk.hu, drvasi@drvasi.hu</t>
+  </si>
+  <si>
+    <t>0207</t>
+  </si>
+  <si>
+    <t>Sebestyén László    dr.</t>
+  </si>
+  <si>
+    <t>Berényi</t>
+  </si>
+  <si>
+    <t>+36-22-300-470</t>
+  </si>
+  <si>
+    <t>+36-22-504-813, +36-22-504-814</t>
+  </si>
+  <si>
+    <t>vh.0207@mbvk.hu; fiskalis37@t-online.hu</t>
+  </si>
+  <si>
+    <t>http://www.sebestyenvhiroda.hu/</t>
+  </si>
+  <si>
+    <t>SEBVHIRODA;743622111</t>
+  </si>
+  <si>
+    <t>11736006-20369068-00000000</t>
+  </si>
+  <si>
+    <t>0212</t>
+  </si>
+  <si>
+    <t>Polgár Attila Géza állandó helyettes (Vht. 245. §) dr. Tichy-Rács Ádám helyett  dr.</t>
+  </si>
+  <si>
+    <t>Szikszó</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pázmány </t>
+  </si>
+  <si>
+    <t>+36-46-396-100</t>
+  </si>
+  <si>
+    <t>vh.0212@mbvk.hu</t>
+  </si>
+  <si>
+    <t>TICHYVH; 566153171</t>
+  </si>
+  <si>
+    <t>54300118-10000582-00000000</t>
+  </si>
+  <si>
+    <t>0215</t>
+  </si>
+  <si>
+    <t>Pauer Sára Márta  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gyöngyöspatak </t>
+  </si>
+  <si>
+    <t>2/2</t>
+  </si>
+  <si>
+    <t>+36-37-783-881</t>
+  </si>
+  <si>
+    <t>+36-37-799-009</t>
+  </si>
+  <si>
+    <t>vh.0215@mbvk.hu</t>
+  </si>
+  <si>
+    <t>https://drpauersaramarta.vegrehajto-iroda.hu/</t>
+  </si>
+  <si>
+    <t>VH0215mbvk;154526737</t>
+  </si>
+  <si>
+    <t>11739030-20051314-00000000</t>
+  </si>
+  <si>
+    <t>0217</t>
+  </si>
+  <si>
+    <t>Földi Márton Levente   dr.</t>
+  </si>
+  <si>
+    <t>Szigetszentmiklós</t>
+  </si>
+  <si>
+    <t>Pf.: 230.</t>
+  </si>
+  <si>
+    <t>VH0217MBVK; 675199923</t>
+  </si>
+  <si>
+    <t>10103867-54135042-01000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Viola </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10. </t>
+  </si>
+  <si>
+    <t>+36-24-423-860</t>
+  </si>
+  <si>
+    <t>+36-24-407-687</t>
+  </si>
+  <si>
+    <t>vh.0217@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0218</t>
+  </si>
+  <si>
+    <t>Fülöp Szabolcs  dr.</t>
+  </si>
+  <si>
+    <t>Lumniczer Sándor</t>
+  </si>
+  <si>
+    <t>4/</t>
+  </si>
+  <si>
+    <t>A.</t>
+  </si>
+  <si>
+    <t>+36-28-415-210</t>
+  </si>
+  <si>
+    <t>vh.0218@mbvk.hu, vht0218@gmail.com</t>
+  </si>
+  <si>
+    <t>VH0218;340643979</t>
+  </si>
+  <si>
+    <t>10103836-52729739-01000003</t>
+  </si>
+  <si>
+    <t>0219</t>
+  </si>
+  <si>
+    <t>Hideghy-Molnár Dániel Attila  dr.</t>
+  </si>
+  <si>
+    <t>Heves</t>
+  </si>
+  <si>
+    <t>+36-30-998-0498, +36-30-283-4878</t>
+  </si>
+  <si>
+    <t>vh.0219@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0219;161551184</t>
+  </si>
+  <si>
+    <t>11739047-20018009-00000000</t>
+  </si>
+  <si>
+    <t>0221</t>
+  </si>
+  <si>
+    <t>Sebestyén Barbara   dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 558.</t>
+  </si>
+  <si>
+    <t>VH221MBVK; 778189350</t>
+  </si>
+  <si>
+    <t>10101559-13631200-02005007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fehérvári </t>
+  </si>
+  <si>
+    <t xml:space="preserve">88. </t>
+  </si>
+  <si>
+    <t>AD. ép. D. lépcsőház</t>
+  </si>
+  <si>
+    <t>5. em. 1. (bejárat</t>
+  </si>
+  <si>
+    <t>a Hengermalom út 2D. épület felől)</t>
+  </si>
+  <si>
+    <t>+361-555-6030</t>
+  </si>
+  <si>
+    <t>vh.0221@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0222</t>
+  </si>
+  <si>
+    <t>Kósa Zoárd  dr.</t>
+  </si>
+  <si>
+    <t>Balassagyarmat</t>
+  </si>
+  <si>
+    <t>VH0222;663656324</t>
+  </si>
+  <si>
+    <t>10103719-06335500-01000009</t>
+  </si>
+  <si>
+    <t>Óváros</t>
+  </si>
+  <si>
+    <t>+36-35-313-842</t>
+  </si>
+  <si>
+    <t>vh.0222@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0223</t>
+  </si>
+  <si>
+    <t>Vas György  dr.</t>
+  </si>
+  <si>
+    <t>Csata</t>
+  </si>
+  <si>
+    <t>+36-20-747-1555</t>
+  </si>
+  <si>
+    <t>vh.0223@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0223VH;462717775</t>
+  </si>
+  <si>
+    <t>10100840-57507800-02000008</t>
+  </si>
+  <si>
+    <t>0228</t>
+  </si>
+  <si>
+    <t>Vizler Dénes Szabolcs  dr.</t>
+  </si>
+  <si>
+    <t>Marcali</t>
+  </si>
+  <si>
+    <t>2-4.</t>
+  </si>
+  <si>
+    <t>+36-85-510-183</t>
+  </si>
+  <si>
+    <t>+36-85-410-563</t>
+  </si>
+  <si>
+    <t>dr.vizler@gmail.com, vh.0228@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://www.vh.0228.vhi.hu/</t>
+  </si>
+  <si>
+    <t>VH0228;547641392</t>
+  </si>
+  <si>
+    <t>10104985-56698600-02000008</t>
+  </si>
+  <si>
+    <t>0229</t>
+  </si>
+  <si>
+    <t>Kisely Alexandra  dr.</t>
+  </si>
+  <si>
+    <t>VH0229; 360562715</t>
+  </si>
+  <si>
+    <t>10102718-66563600-02005005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazinczy Ferenc </t>
+  </si>
+  <si>
+    <t>+36-46-791-916</t>
+  </si>
+  <si>
+    <t>+36-46-791-876</t>
+  </si>
+  <si>
+    <t>vh.0229@mbvk.hu; kisely.alexandra@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0230</t>
+  </si>
+  <si>
+    <t>Lupkovics Beáta  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Papszer </t>
+  </si>
+  <si>
+    <t>+36-46-506-604, +36-46-412-586</t>
+  </si>
+  <si>
+    <t>vh.0230@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0230MBVK;260665921</t>
+  </si>
+  <si>
+    <t>11734004-20491679-00000000</t>
+  </si>
+  <si>
+    <t>0233</t>
+  </si>
+  <si>
+    <t>Zeke Éva    dr.</t>
+  </si>
+  <si>
+    <t>Kölcsey</t>
+  </si>
+  <si>
+    <t>ltp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">113. </t>
+  </si>
+  <si>
+    <t>+36-74-406-454</t>
+  </si>
+  <si>
+    <t>vh.0233@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0233;142980396</t>
+  </si>
+  <si>
+    <t>11746005-20099105-00000000</t>
+  </si>
+  <si>
+    <t>0235</t>
+  </si>
+  <si>
+    <t>Bihari Nóra Krisztina  dr.</t>
+  </si>
+  <si>
+    <t>Rákász</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22. </t>
+  </si>
+  <si>
+    <t>+36-1-341-8593</t>
+  </si>
+  <si>
+    <t>vh.0235@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0235MBVK;262676316</t>
+  </si>
+  <si>
+    <t>11708001-20526630-00000000</t>
+  </si>
+  <si>
+    <t>Práter</t>
+  </si>
+  <si>
+    <t>29/B</t>
+  </si>
+  <si>
+    <t>fszt</t>
+  </si>
+  <si>
+    <t>kulso_irattar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36. </t>
+  </si>
+  <si>
+    <t>0238</t>
+  </si>
+  <si>
+    <t>Hozleiter Attila  dr.</t>
+  </si>
+  <si>
+    <t>Bonyhád</t>
+  </si>
+  <si>
+    <t>Széchenyi</t>
+  </si>
+  <si>
+    <t>06-74-670-145</t>
+  </si>
+  <si>
+    <t>06-30-421-7455</t>
+  </si>
+  <si>
+    <t>vh.0238@mbvk.hu, bonyhadivegrehajto@gmail.com</t>
+  </si>
+  <si>
+    <t>VH0238;452169138</t>
+  </si>
+  <si>
+    <t>11746005-20123354-00000000</t>
+  </si>
+  <si>
+    <t>0239</t>
+  </si>
+  <si>
+    <t>Bartha Klára  dr.</t>
+  </si>
+  <si>
+    <t>Győri kapu</t>
+  </si>
+  <si>
+    <t>+36-96-206-346</t>
+  </si>
+  <si>
+    <t>+36-20-566-9159</t>
+  </si>
+  <si>
+    <t>vh.0239@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0239;262880750</t>
+  </si>
+  <si>
+    <t>58600252-10014365-00000000</t>
+  </si>
+  <si>
+    <t>0240</t>
+  </si>
+  <si>
+    <t>Kiss Imre Ádám   dr.</t>
+  </si>
+  <si>
+    <t>Kazincbarcika</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jószerencsét </t>
+  </si>
+  <si>
+    <t>+36-52-612-161</t>
+  </si>
+  <si>
+    <t>vh.0240@mbvk.hu</t>
+  </si>
+  <si>
+    <t>KOVISVHIR; 341681737</t>
+  </si>
+  <si>
+    <t>11734152-24017952-00000000</t>
+  </si>
+  <si>
+    <t>0241</t>
+  </si>
+  <si>
+    <t>Barna Andrea  dr.</t>
+  </si>
+  <si>
+    <t>Keszthely</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bem József </t>
+  </si>
+  <si>
+    <t>+36-83-313-452</t>
+  </si>
+  <si>
+    <t>vh.0241@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0241MBVK; 468360119</t>
+  </si>
+  <si>
+    <t>10104961-09615662-01000004</t>
+  </si>
+  <si>
+    <t>0244</t>
+  </si>
+  <si>
+    <t>Bodrogi Zsuzsanna Tünde állandó helyettes (Vht. 245. §) dr. Hars Attila helyett  dr.</t>
+  </si>
+  <si>
+    <t>+36-30-708-4376</t>
+  </si>
+  <si>
+    <t>vh.0244@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRBODROGI; 240863994</t>
+  </si>
+  <si>
+    <t>11734152-21912463-00000000</t>
+  </si>
+  <si>
+    <t>Pf.: 44.</t>
+  </si>
+  <si>
+    <t>0247</t>
+  </si>
+  <si>
+    <t>Szabó Attila László  dr.</t>
+  </si>
+  <si>
+    <t>Nagykáta</t>
+  </si>
+  <si>
+    <t>Temető</t>
+  </si>
+  <si>
+    <t>6/</t>
+  </si>
+  <si>
+    <t>a.</t>
+  </si>
+  <si>
+    <t>+36-29-953-031</t>
+  </si>
+  <si>
+    <t>szabovegrehajto@t-online.hu, vh.0247@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0247;154092311</t>
+  </si>
+  <si>
+    <t>65200067-10014640-00000000</t>
+  </si>
+  <si>
+    <t>0248</t>
+  </si>
+  <si>
+    <t>Gyüre Péter  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Csillag </t>
+  </si>
+  <si>
+    <t xml:space="preserve">25-27. </t>
+  </si>
+  <si>
+    <t>+36-45-414-678</t>
+  </si>
+  <si>
+    <t>vh.0248@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0248MBVK; 669299793</t>
+  </si>
+  <si>
+    <t>11744003-24424248-00000000</t>
+  </si>
+  <si>
+    <t>0249</t>
+  </si>
+  <si>
+    <t>Ollári Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>OLLARIVH; 164246712</t>
+  </si>
+  <si>
+    <t>10102244-29222200-03005003</t>
+  </si>
+  <si>
+    <t>Szegedi</t>
+  </si>
+  <si>
+    <t>37-39.</t>
+  </si>
+  <si>
+    <t>+36-1-555-6022</t>
+  </si>
+  <si>
+    <t>+36-1-555-6023</t>
+  </si>
+  <si>
+    <t>vh.0249@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0250</t>
+  </si>
+  <si>
+    <t>Komlósi Gábor Miklós  dr.</t>
+  </si>
+  <si>
+    <t>Kalocsa</t>
+  </si>
+  <si>
+    <t>Tomori Pál</t>
+  </si>
+  <si>
+    <t>+36-78-462-722</t>
+  </si>
+  <si>
+    <t>komlosig@freemail.hu, vh.0250@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0250;252284754</t>
+  </si>
+  <si>
+    <t>11746005-25756227-00000000</t>
+  </si>
+  <si>
+    <t>0257</t>
+  </si>
+  <si>
+    <t>Martinák Katalin  dr.</t>
+  </si>
+  <si>
+    <t>Baja</t>
+  </si>
+  <si>
+    <t xml:space="preserve">56. </t>
+  </si>
+  <si>
+    <t>VH0257MBVK;169605196</t>
+  </si>
+  <si>
+    <t>10402513-49535751-55531013</t>
+  </si>
+  <si>
+    <t>Hattyú</t>
+  </si>
+  <si>
+    <t>+36-79-427-005</t>
+  </si>
+  <si>
+    <t>vh.0257@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0259</t>
+  </si>
+  <si>
+    <t>Mohai László  dr.</t>
+  </si>
+  <si>
+    <t>Bólyai János</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14-16. </t>
+  </si>
+  <si>
+    <t>+36-62-421-391</t>
+  </si>
+  <si>
+    <t>vh.0259@mbvk.hu; iroda@mohaivh.hu</t>
+  </si>
+  <si>
+    <t>VH0259MBVK; 567844398</t>
+  </si>
+  <si>
+    <t>57600084-11076364-00000000</t>
+  </si>
+  <si>
+    <t>0262</t>
+  </si>
+  <si>
+    <t>Kovács István  dr.</t>
+  </si>
+  <si>
+    <t>Szentendre</t>
+  </si>
+  <si>
+    <t>Pf.: 303.</t>
+  </si>
+  <si>
+    <t>VHIRODA; 440601369</t>
+  </si>
+  <si>
+    <t>11742087-24285366-00000000</t>
+  </si>
+  <si>
+    <t>Törökvölgyi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2. </t>
+  </si>
+  <si>
+    <t>+36-26-300-073</t>
+  </si>
+  <si>
+    <t>vh.0262@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0264</t>
+  </si>
+  <si>
+    <t>Ferenczy Kristóf Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>83/c.</t>
+  </si>
+  <si>
+    <t>+36-1-720-2046</t>
+  </si>
+  <si>
+    <t>+36-1-720-2076</t>
+  </si>
+  <si>
+    <t>vh.0264@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0264MBVK;360686378</t>
+  </si>
+  <si>
+    <t>10103173-47175800-02000000</t>
+  </si>
+  <si>
+    <t>0265</t>
+  </si>
+  <si>
+    <t>Láng Tamás  dr.</t>
+  </si>
+  <si>
+    <t>Kőszeg</t>
+  </si>
+  <si>
+    <t>+36-30-349-7339</t>
+  </si>
+  <si>
+    <t>vh.0265@mbvk.hu</t>
+  </si>
+  <si>
+    <t>https://koszegvhiroda.anzso2005.hu</t>
+  </si>
+  <si>
+    <t>LTVHI;240621995</t>
+  </si>
+  <si>
+    <t>10104789-04957000-01004004</t>
+  </si>
+  <si>
+    <t>0267</t>
+  </si>
+  <si>
+    <t>Törköly Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>Karcag</t>
+  </si>
+  <si>
+    <t>Kertész J.</t>
+  </si>
+  <si>
+    <t>+36-59-311-772</t>
+  </si>
+  <si>
+    <t>vh.0267@mbvk.hu</t>
+  </si>
+  <si>
+    <t>ZTORKOLY;742685351</t>
+  </si>
+  <si>
+    <t>10402805-00002600-00000000</t>
+  </si>
+  <si>
+    <t>0268</t>
+  </si>
+  <si>
+    <t>Mezei Róbert Ádám  dr.</t>
+  </si>
+  <si>
+    <t>Mezőkövesd</t>
+  </si>
+  <si>
+    <t>Mártírok</t>
+  </si>
+  <si>
+    <t>+36-49-313-470</t>
+  </si>
+  <si>
+    <t>+36-20-323-1997</t>
+  </si>
+  <si>
+    <t>vh.0268@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRMEZEIVH;255535108</t>
+  </si>
+  <si>
+    <t>11734107-20114662-00000000</t>
+  </si>
+  <si>
+    <t>0273</t>
+  </si>
+  <si>
+    <t>Gál Tamás  dr.</t>
+  </si>
+  <si>
+    <t>Arany János</t>
+  </si>
+  <si>
+    <t>+36-93-310-994</t>
+  </si>
+  <si>
+    <t>+36-70-423-5000</t>
+  </si>
+  <si>
+    <t>vh.0273@mbvk.hu</t>
+  </si>
+  <si>
+    <t>GALVHIRODA;540706337</t>
+  </si>
+  <si>
+    <t>10104985-65707063-01000009</t>
+  </si>
+  <si>
+    <t>0277</t>
+  </si>
+  <si>
+    <t>Farkas József  dr.</t>
+  </si>
+  <si>
+    <t>Római</t>
+  </si>
+  <si>
+    <t>+36-74-512-417</t>
+  </si>
+  <si>
+    <t>+36-74-410-228, +36-74-511-466</t>
+  </si>
+  <si>
+    <t>+36-74-512-418</t>
+  </si>
+  <si>
+    <t>farkastsa@tolna.net, vh.0277@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0277;750179940</t>
+  </si>
+  <si>
+    <t>11746005-20123347-00000000</t>
+  </si>
+  <si>
+    <t>458/1.</t>
+  </si>
+  <si>
+    <t>0278</t>
+  </si>
+  <si>
+    <t>Mamlecz László  dr.</t>
+  </si>
+  <si>
+    <t>Pusztaszeri</t>
+  </si>
+  <si>
+    <t>+36-62-636-512</t>
+  </si>
+  <si>
+    <t>vh.0278@mbvk.hu</t>
+  </si>
+  <si>
+    <t>MAMLECZVH;358525102</t>
+  </si>
+  <si>
+    <t>57400217-10005611-00000000</t>
+  </si>
+  <si>
+    <t>0280</t>
+  </si>
+  <si>
+    <t>Récsei-Ollári Krisztina   dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 521.</t>
+  </si>
+  <si>
+    <t>RECSEIVH; 278137783</t>
+  </si>
+  <si>
+    <t>10104167-54468000-02000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nádorliget </t>
+  </si>
+  <si>
+    <t>7/C.</t>
+  </si>
+  <si>
+    <t>+361-274-8017</t>
+  </si>
+  <si>
+    <t>vh.0280@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0281</t>
+  </si>
+  <si>
+    <t>Schmalz Péter József  dr.</t>
+  </si>
+  <si>
+    <t>+36-46-482-489</t>
+  </si>
+  <si>
+    <t>vh.0281@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0281mbvk;354545988</t>
+  </si>
+  <si>
+    <t>54300091-10003190-00000000</t>
+  </si>
+  <si>
+    <t>0282</t>
+  </si>
+  <si>
+    <t>Deme Mária   dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Érd </t>
+  </si>
+  <si>
+    <t>+36-23-747-333</t>
+  </si>
+  <si>
+    <t>vh.0282@mbvk.hu</t>
+  </si>
+  <si>
+    <t>PATONAVH; 740629772</t>
+  </si>
+  <si>
+    <t>10103173-40142023-01000003</t>
+  </si>
+  <si>
+    <t>0285</t>
+  </si>
+  <si>
+    <t>Berki András  dr.</t>
+  </si>
+  <si>
+    <t>II. Rákóczi Ferenc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">277. </t>
+  </si>
+  <si>
+    <t>6. iroda</t>
+  </si>
+  <si>
+    <t>+36-30-783-2216</t>
+  </si>
+  <si>
+    <t>+36-28-750-373</t>
+  </si>
+  <si>
+    <t>vh.0285@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://www.vh.0285.vhi.hu/</t>
+  </si>
+  <si>
+    <t>BERKIVH;641691951</t>
+  </si>
+  <si>
+    <t>11704021-21457672-00000000</t>
+  </si>
+  <si>
+    <t>Aszód</t>
+  </si>
+  <si>
+    <t>Szent Imre</t>
+  </si>
+  <si>
+    <t>0287</t>
+  </si>
+  <si>
+    <t>Schmidt László  dr.</t>
+  </si>
+  <si>
+    <t>Kiskőrös</t>
+  </si>
+  <si>
+    <t>Pf.: 172.</t>
+  </si>
+  <si>
+    <t>VH0287; 476242905</t>
+  </si>
+  <si>
+    <t>11746005-25753145-00000000</t>
+  </si>
+  <si>
+    <t>Petőfi Sándor</t>
+  </si>
+  <si>
+    <t>+36-78-411-749</t>
+  </si>
+  <si>
+    <t>+36-78-412-266</t>
+  </si>
+  <si>
+    <t>vh.0287@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0289</t>
+  </si>
+  <si>
+    <t>László Zsolt  dr.</t>
+  </si>
+  <si>
+    <t>+36-82-566-034</t>
+  </si>
+  <si>
+    <t>vh.0289@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRLZSVHI;353095129</t>
+  </si>
+  <si>
+    <t>10103214-24999000-02004007</t>
+  </si>
+  <si>
+    <t>0290</t>
+  </si>
+  <si>
+    <t>Udvary Sándor Tibor Dr.</t>
+  </si>
+  <si>
+    <t>+36-96-283-917</t>
+  </si>
+  <si>
+    <t>vh.0290@mbvk.hu</t>
+  </si>
+  <si>
+    <t>UDVARYVI;747623375</t>
+  </si>
+  <si>
+    <t>11737007-23755907-00000000</t>
+  </si>
+  <si>
+    <t>0291</t>
+  </si>
+  <si>
+    <t>Kádár Petra Pálma állandó helyettes (Vht. 245.§) dr. Varga Kata helyett  dr.</t>
+  </si>
+  <si>
+    <t>Pf. 611.</t>
+  </si>
+  <si>
+    <t>VH0291; 458610743</t>
+  </si>
+  <si>
+    <t>11734121-20037422-00000000</t>
+  </si>
+  <si>
+    <t>Ózd</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Október 23. </t>
+  </si>
+  <si>
+    <t>217-220.</t>
+  </si>
+  <si>
+    <t>+36-30-230-3685</t>
+  </si>
+  <si>
+    <t>vh.0291@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0293</t>
+  </si>
+  <si>
+    <t>Fekete Gábor  dr.</t>
+  </si>
+  <si>
+    <t>Csákány</t>
+  </si>
+  <si>
+    <t>+36-36-951-267</t>
+  </si>
+  <si>
+    <t>+36-20-289-74-64</t>
+  </si>
+  <si>
+    <t>vh.0293@mbvk.hu, iroda@feketevh.hu</t>
+  </si>
+  <si>
+    <t>VH0293MBVK; 259507960</t>
+  </si>
+  <si>
+    <t>10103513-12749200-02005008</t>
+  </si>
+  <si>
+    <t>0294</t>
+  </si>
+  <si>
+    <t>Gyovai Márk  dr.</t>
+  </si>
+  <si>
+    <t>II/</t>
+  </si>
+  <si>
+    <t>+36-46-508-136</t>
+  </si>
+  <si>
+    <t>+36-46-617-994</t>
+  </si>
+  <si>
+    <t>vh.0294@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0294MBVK;257595705</t>
+  </si>
+  <si>
+    <t>Polgári Bank Zrt.</t>
+  </si>
+  <si>
+    <t>61200429-10011063-00000000</t>
+  </si>
+  <si>
+    <t>0296</t>
+  </si>
+  <si>
+    <t>Kisely Alexandra állandó helyettes (Vht. 245. §) dr. Poráczki Rita helyett  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazinczy </t>
+  </si>
+  <si>
+    <t>+36-30-134-9587</t>
+  </si>
+  <si>
+    <t>vh.0296@mbvk.hu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MBH. Bank Nyrt. </t>
+  </si>
+  <si>
+    <t>54300118-10002199-00000000</t>
+  </si>
+  <si>
+    <t>Miskolc 1.</t>
+  </si>
+  <si>
+    <t>0297</t>
+  </si>
+  <si>
+    <t>Gulyás Ábel Levente  dr.</t>
+  </si>
+  <si>
+    <t>Ajka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Szabadság </t>
+  </si>
+  <si>
+    <t>vh.0297@mbvk.hu</t>
+  </si>
+  <si>
+    <t>73200093-10001978-00000000</t>
+  </si>
+  <si>
+    <t>0301</t>
+  </si>
+  <si>
+    <t>Nagy Ádám Dávid  dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 168.</t>
+  </si>
+  <si>
+    <t>VH0301MBVK;460874996</t>
+  </si>
+  <si>
+    <t>10104260-02386900-03003004</t>
+  </si>
+  <si>
+    <t>+36-57-562-900</t>
+  </si>
+  <si>
+    <t>+36-21-314-1618</t>
+  </si>
+  <si>
+    <t>vh.0301@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0305</t>
+  </si>
+  <si>
+    <t>Dobos Dóra  dr.</t>
+  </si>
+  <si>
+    <t>Siklósi</t>
+  </si>
+  <si>
+    <t>+36-72-211-748</t>
+  </si>
+  <si>
+    <t>vh.0305@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRDOBOSVH;755072370</t>
+  </si>
+  <si>
+    <t>11731001-20418210-00000000</t>
+  </si>
+  <si>
+    <t>0315</t>
+  </si>
+  <si>
+    <t>Pozsogár-Dormán Bernadett  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">260. </t>
+  </si>
+  <si>
+    <t>VH0315MBVK;767698335</t>
+  </si>
+  <si>
+    <t>10104569-54810100-02003004</t>
+  </si>
+  <si>
+    <t>Ady</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13. </t>
+  </si>
+  <si>
+    <t>+36-92-952-209</t>
+  </si>
+  <si>
+    <t>vh.0315@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0319</t>
+  </si>
+  <si>
+    <t>Fiedler Bálint Ernő állandó helyettes [Vht. 239. §. (1a)] dr. Büky Norbert helyett  dr.</t>
+  </si>
+  <si>
+    <t>Mezőtúr</t>
+  </si>
+  <si>
+    <t>+36-56-350-557</t>
+  </si>
+  <si>
+    <t>+36-30-989-5194</t>
+  </si>
+  <si>
+    <t>vh.0319@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRBNVHIROD;246633339</t>
+  </si>
+  <si>
+    <t>11745097-20013932-00000000</t>
+  </si>
+  <si>
+    <t>0321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Détáriné dr. Papp Éva </t>
+  </si>
+  <si>
+    <t>Hódmezővásárhely</t>
+  </si>
+  <si>
+    <t>Pálffy</t>
+  </si>
+  <si>
+    <t>+36-62-248-762</t>
+  </si>
+  <si>
+    <t>vh.0321@mbvk.hu, hmvhely@detarivh.hu</t>
+  </si>
+  <si>
+    <t>http://detarivh.hu/</t>
+  </si>
+  <si>
+    <t>DETARIVH;241615398</t>
+  </si>
+  <si>
+    <t>57400262-11029867-00000000</t>
+  </si>
+  <si>
+    <t>0322</t>
+  </si>
+  <si>
+    <t>Szarka Ádám  dr.</t>
+  </si>
+  <si>
+    <t>Berettyóújfalu</t>
+  </si>
+  <si>
+    <t>Kálvin</t>
+  </si>
+  <si>
+    <t>+36-54-409-637</t>
+  </si>
+  <si>
+    <t>vh.0322@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0322MBVK;766804391</t>
+  </si>
+  <si>
+    <t>11738046-20043331-00000000</t>
+  </si>
+  <si>
+    <t>0328</t>
+  </si>
+  <si>
+    <t>Jaksütz-Szabó Judit  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kossuth </t>
+  </si>
+  <si>
+    <t>6-7.</t>
   </si>
   <si>
     <t xml:space="preserve">II. em. </t>
   </si>
   <si>
-    <t xml:space="preserve">212. </t>
-[...3776 lines deleted...]
-    <t>0319</t>
+    <t>+36-42-898-344</t>
+  </si>
+  <si>
+    <t>vh.0328@mbvk.hu</t>
+  </si>
+  <si>
+    <t>SZABOVH;560696922</t>
+  </si>
+  <si>
+    <t>11600006-00000000-45122752</t>
+  </si>
+  <si>
+    <t>0333</t>
+  </si>
+  <si>
+    <t>Papp Gábor állandó helyettes (Vht. 245. §) dr. Papp Krisztián helyett  dr.</t>
+  </si>
+  <si>
+    <t>Szeged, Tanposta</t>
+  </si>
+  <si>
+    <t>Pf.: 134.</t>
+  </si>
+  <si>
+    <t>VH0333;446655130</t>
+  </si>
+  <si>
+    <t>57600084-11076395-00000000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teleki </t>
+  </si>
+  <si>
+    <t>11/A.</t>
+  </si>
+  <si>
+    <t>+36-62-426-786</t>
+  </si>
+  <si>
+    <t>vh.0333@mbvk.hu; pappkrisztian.vh@gmail.com</t>
+  </si>
+  <si>
+    <t>0335</t>
+  </si>
+  <si>
+    <t>Melczer Roland János  dr.</t>
+  </si>
+  <si>
+    <t>Pápa</t>
+  </si>
+  <si>
+    <t>Budai Nagy Antal</t>
+  </si>
+  <si>
+    <t>11-12.</t>
+  </si>
+  <si>
+    <t>+36-89-320-214</t>
+  </si>
+  <si>
+    <t>+36-89-310-624</t>
+  </si>
+  <si>
+    <t>vh.0335@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://www.papaivegrehajto.hu/</t>
+  </si>
+  <si>
+    <t>VH0335;153021132</t>
+  </si>
+  <si>
+    <t>11748045-24816964-00000000</t>
+  </si>
+  <si>
+    <t>0339</t>
+  </si>
+  <si>
+    <t>Babics Petra  dr.</t>
+  </si>
+  <si>
+    <t>Rákóczi fejedelem</t>
+  </si>
+  <si>
+    <t>18/D.</t>
+  </si>
+  <si>
+    <t>06-1-791-1234</t>
+  </si>
+  <si>
+    <t>06-35-998-635</t>
+  </si>
+  <si>
+    <t>vh.0339@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0339;565154753</t>
+  </si>
+  <si>
+    <t>10101016-05009900-02003000</t>
+  </si>
+  <si>
+    <t>0344</t>
+  </si>
+  <si>
+    <t>Nótári Tamás László Dr.</t>
+  </si>
+  <si>
+    <t>Tapolca</t>
+  </si>
+  <si>
+    <t>vh.0344@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VHIRODA344;449660741</t>
+  </si>
+  <si>
+    <t>72800030-15303842-00000000</t>
+  </si>
+  <si>
+    <t>0348</t>
+  </si>
+  <si>
+    <t>Kovássy Szabolcs állandó helyettes (Vht.245.§) Dr. Schadl György helyett  dr.</t>
+  </si>
+  <si>
+    <t>Budaörs</t>
+  </si>
+  <si>
+    <t>Pf. 7.</t>
+  </si>
+  <si>
+    <t>SCHADLVH; 545657792</t>
+  </si>
+  <si>
+    <t>10100840-09907900-02003003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">133. </t>
+  </si>
+  <si>
+    <t>5-6.</t>
+  </si>
+  <si>
+    <t>+36-23-414-984</t>
+  </si>
+  <si>
+    <t>+36-23-788-133</t>
+  </si>
+  <si>
+    <t>vh.0348@mbvk.hu, schadl.vh.iroda@gmail.com</t>
+  </si>
+  <si>
+    <t>0349</t>
+  </si>
+  <si>
+    <t>Hars Tamás  dr.</t>
+  </si>
+  <si>
+    <t>Kunszentmárton</t>
+  </si>
+  <si>
+    <t>HARSTAMAS;348652336</t>
+  </si>
+  <si>
+    <t>11745042-20065159-00000000</t>
+  </si>
+  <si>
+    <t>Kölcsey F.</t>
+  </si>
+  <si>
+    <t>8/</t>
+  </si>
+  <si>
+    <t>+36-56-461-655</t>
+  </si>
+  <si>
+    <t>vh.0349@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0355</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Némethyné dr. Erdősi Krisztina </t>
+  </si>
+  <si>
+    <t>Munkásotthon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44. </t>
+  </si>
+  <si>
+    <t>+36-1-780-0803</t>
+  </si>
+  <si>
+    <t>+36-1-780-4198</t>
+  </si>
+  <si>
+    <t>vh.0355@mbvk.hu</t>
+  </si>
+  <si>
+    <t>NEMETHY355;345673103</t>
+  </si>
+  <si>
+    <t>10102244-06736000-02003009</t>
+  </si>
+  <si>
+    <t>0364</t>
+  </si>
+  <si>
+    <t>Gazdagné dr. Arnold Zsanett  dr.</t>
+  </si>
+  <si>
+    <t>+36-82-222-055</t>
+  </si>
+  <si>
+    <t>+36-70-977-2626</t>
+  </si>
+  <si>
+    <t>vh.0364@mbvk.hu</t>
+  </si>
+  <si>
+    <t>GAVH;545568365</t>
+  </si>
+  <si>
+    <t>11600006-00000000-63537310</t>
+  </si>
+  <si>
+    <t>0372</t>
+  </si>
+  <si>
+    <t>Bencze Fruzsina Ágnes   dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Malom </t>
+  </si>
+  <si>
+    <t>18/A.</t>
+  </si>
+  <si>
+    <t>BENCZEVH;643699722</t>
+  </si>
+  <si>
+    <t>11744003-21033108-00000000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nyíregyháza </t>
+  </si>
+  <si>
+    <t>+36-70-613-3440</t>
+  </si>
+  <si>
+    <t>vh.0372@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0377</t>
+  </si>
+  <si>
+    <t>Pataki Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>Thököly</t>
+  </si>
+  <si>
+    <t>I. lh.</t>
+  </si>
+  <si>
+    <t>+36-1-951-9454</t>
+  </si>
+  <si>
+    <t>vh.0377@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0377;262697715</t>
+  </si>
+  <si>
+    <t>10103173-59211400-01001002</t>
+  </si>
+  <si>
+    <t>0382</t>
+  </si>
+  <si>
+    <t>Novák Amanda Nikoletta  dr.</t>
+  </si>
+  <si>
+    <t>+36-66-460-364</t>
+  </si>
+  <si>
+    <t>NAVH;342679106</t>
+  </si>
+  <si>
+    <t>11733003-27317392-00000000</t>
+  </si>
+  <si>
+    <t>0389</t>
+  </si>
+  <si>
+    <t>Horváth László Imre állandó helyettes (Vht. 245. §) dr. Sőre Zoltán helyett  dr.</t>
+  </si>
+  <si>
+    <t>Battonya</t>
+  </si>
+  <si>
+    <t>+36-30-086-3713</t>
+  </si>
+  <si>
+    <t>+36-30-281-0389</t>
+  </si>
+  <si>
+    <t>vh.0389@mbvk.hu</t>
+  </si>
+  <si>
+    <t>vh0389; 743634163</t>
+  </si>
+  <si>
+    <t>11749008-20185996-00000000</t>
+  </si>
+  <si>
+    <t>Pf.: 144.</t>
+  </si>
+  <si>
+    <t>0391</t>
+  </si>
+  <si>
+    <t>Lukács Beatrix  dr.</t>
+  </si>
+  <si>
+    <t>Stollár Béla</t>
+  </si>
+  <si>
+    <t>3/</t>
+  </si>
+  <si>
+    <t>II./</t>
+  </si>
+  <si>
+    <t>1-4.</t>
+  </si>
+  <si>
+    <t>+36-1-398-8605</t>
+  </si>
+  <si>
+    <t>+36-1-398-8606</t>
+  </si>
+  <si>
+    <t>vh.0391@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0391;448715717</t>
+  </si>
+  <si>
+    <t>11714051-21451377-00000000</t>
+  </si>
+  <si>
+    <t>0397</t>
+  </si>
+  <si>
+    <t>Vasné dr. Kolits Ágnes Katalin  dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 200.</t>
+  </si>
+  <si>
+    <t>DRSKVHI; 440909104</t>
+  </si>
+  <si>
+    <t>10103173-16171423-01000006</t>
+  </si>
+  <si>
+    <t>+36-30-897-1946</t>
+  </si>
+  <si>
+    <t>vh.0397@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0400</t>
+  </si>
+  <si>
+    <t>Papp Gábor  dr.</t>
+  </si>
+  <si>
+    <t>DRPAPPVHTO;149681779</t>
+  </si>
+  <si>
+    <t>10101078-14909200-04003006</t>
+  </si>
+  <si>
+    <t>+36-62-222-448</t>
+  </si>
+  <si>
+    <t>+36-62- 222-458</t>
+  </si>
+  <si>
+    <t>vh.0400@mbvk.hu</t>
+  </si>
+  <si>
+    <t>iroda,telephely,szekhely</t>
+  </si>
+  <si>
+    <t>0409</t>
+  </si>
+  <si>
+    <t>Csala Erika Irén  dr.</t>
+  </si>
+  <si>
+    <t>Kecskemét</t>
+  </si>
+  <si>
+    <t>Korona</t>
+  </si>
+  <si>
+    <t>VI.</t>
+  </si>
+  <si>
+    <t>61-62.</t>
+  </si>
+  <si>
+    <t>+36-76-418-199</t>
+  </si>
+  <si>
+    <t>+36-76-324-700</t>
+  </si>
+  <si>
+    <t>drcsalavh@gmail.com, vh.0409@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://www.drcsalavh.hu/, http://www.arveres.eu/</t>
+  </si>
+  <si>
+    <t>DRCSALAVH;443635996</t>
+  </si>
+  <si>
+    <t>11732002-20415444-00000000</t>
+  </si>
+  <si>
+    <t>0410</t>
+  </si>
+  <si>
+    <t>Andris Ildikó  dr.</t>
+  </si>
+  <si>
+    <t>Monor</t>
+  </si>
+  <si>
+    <t>ANDRISVGH;143865152</t>
+  </si>
+  <si>
+    <t>10101377-03726600-02005001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stollár Béla </t>
+  </si>
+  <si>
+    <t>3/a.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A. lph. </t>
+  </si>
+  <si>
+    <t>+36-29-269-648</t>
+  </si>
+  <si>
+    <t>vh.0410@mbvk.hu</t>
+  </si>
+  <si>
+    <t>www.andrisvhiroda.hu</t>
+  </si>
+  <si>
+    <t>0415</t>
+  </si>
+  <si>
+    <t>Polonkai Sándor  dr.</t>
+  </si>
+  <si>
+    <t>+36-72-216-431</t>
+  </si>
+  <si>
+    <t>+36-70-512-3312</t>
+  </si>
+  <si>
+    <t>polonkaivhto@t-online.hu, vh.0415@mbvk.hu</t>
+  </si>
+  <si>
+    <t>POLONKAIVH;159002162</t>
+  </si>
+  <si>
+    <t>11731001-20435349-00000000</t>
+  </si>
+  <si>
+    <t>0416</t>
+  </si>
+  <si>
+    <t>Jakab Csaba Lajos  dr.</t>
+  </si>
+  <si>
+    <t>Dabas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2. em.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 23.</t>
+  </si>
+  <si>
+    <t>+36-29-361-119</t>
+  </si>
+  <si>
+    <t>+36-29-361-210</t>
+  </si>
+  <si>
+    <t>vh.0416@mbvk.hu</t>
+  </si>
+  <si>
+    <t>FEIGL2; 450479337</t>
+  </si>
+  <si>
+    <t>11742056-21454143-00000000</t>
+  </si>
+  <si>
+    <t>0436</t>
+  </si>
+  <si>
+    <t>Pongrácz Péter Olivér  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Komáromi </t>
+  </si>
+  <si>
+    <t>vh.0436@mbvk.hu</t>
+  </si>
+  <si>
+    <t>NEVHI;140588766</t>
+  </si>
+  <si>
+    <t>11740009-24127738-00000000</t>
+  </si>
+  <si>
+    <t>0448</t>
+  </si>
+  <si>
+    <t>Szélpál Péter István  dr.</t>
+  </si>
+  <si>
+    <t>Pásztó</t>
+  </si>
+  <si>
+    <t>SZPLP77;343602706</t>
+  </si>
+  <si>
+    <t>10402805-00020445-00000003</t>
+  </si>
+  <si>
+    <t>Hősök</t>
+  </si>
+  <si>
+    <t>+36-32-460-800</t>
+  </si>
+  <si>
+    <t>vh.0448@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0450</t>
+  </si>
+  <si>
+    <t>Szűcs-Galsi Emese  dr.</t>
+  </si>
+  <si>
+    <t>Klapka</t>
+  </si>
+  <si>
+    <t>+36-76-418-008</t>
+  </si>
+  <si>
+    <t>+36-20-536-1002</t>
+  </si>
+  <si>
+    <t>szucsgalsivhiroda@gmail.com, vh.0450@mbvk.hu</t>
+  </si>
+  <si>
+    <t>SZGE450;144621365</t>
+  </si>
+  <si>
+    <t>10102529-05461211-01000003</t>
+  </si>
+  <si>
+    <t>0454</t>
+  </si>
+  <si>
+    <t>Dócs Attila  dr.</t>
+  </si>
+  <si>
+    <t>Esztergom</t>
+  </si>
+  <si>
+    <t>VH0454;364666935</t>
+  </si>
+  <si>
+    <t>10103661-13265600-02003000</t>
+  </si>
+  <si>
+    <t>+36-30-196-7147</t>
+  </si>
+  <si>
+    <t>vh.0454@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0464</t>
+  </si>
+  <si>
+    <t>Bihari Zsófia Nóra  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thököly </t>
+  </si>
+  <si>
+    <t>+36-1-312-7106</t>
+  </si>
+  <si>
+    <t>+36-1-472-0367</t>
+  </si>
+  <si>
+    <t>vh.0464@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0464;445603749</t>
+  </si>
+  <si>
+    <t>10103173-39844600-02004004</t>
+  </si>
+  <si>
+    <t>0479</t>
+  </si>
+  <si>
+    <t>Kollár Szabolcs  dr.</t>
+  </si>
+  <si>
+    <t>Sárvár</t>
+  </si>
+  <si>
+    <t>KOLLARVH;541666712</t>
+  </si>
+  <si>
+    <t>11737155-21452976-00000000</t>
+  </si>
+  <si>
+    <t>Hunyadi János</t>
+  </si>
+  <si>
+    <t>+36-95-312-480</t>
+  </si>
+  <si>
+    <t>vh.0479@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0483</t>
+  </si>
+  <si>
+    <t>Krivács Katalin   dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonyód </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ady Endre </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2. em. </t>
+  </si>
+  <si>
+    <t>+36-70-551-0082</t>
+  </si>
+  <si>
+    <t>vh.0483@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0483;274118703</t>
+  </si>
+  <si>
+    <t>11744058-24465324-00000000</t>
+  </si>
+  <si>
+    <t>0494</t>
+  </si>
+  <si>
+    <t>Fajd Dániel László  dr.</t>
+  </si>
+  <si>
+    <t>DRFAJDVH01;743600983</t>
+  </si>
+  <si>
+    <t>10102093-47464600-02004009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bernhart Sándor </t>
+  </si>
+  <si>
+    <t xml:space="preserve">79. </t>
+  </si>
+  <si>
+    <t>+36-79-887-525</t>
+  </si>
+  <si>
+    <t>+36-79-888-300</t>
+  </si>
+  <si>
+    <t>vh.0494@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://www.fajdvh.hu/</t>
+  </si>
+  <si>
+    <t>0500</t>
+  </si>
+  <si>
+    <t>Király András  dr.</t>
+  </si>
+  <si>
+    <t>VHIRODA500;644673382</t>
+  </si>
+  <si>
+    <t>10103379-34720700-02003002</t>
+  </si>
+  <si>
+    <t>Lónyay</t>
+  </si>
+  <si>
+    <t>+36-1-789-4131</t>
+  </si>
+  <si>
+    <t>+36-1-789-4731</t>
+  </si>
+  <si>
+    <t>drkiralyandrasonallo.birosagivegrehajto@upcmail.hu, vh.0500@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://www.drkiralyiroda.hu/</t>
+  </si>
+  <si>
+    <t>0510</t>
   </si>
   <si>
     <t>Büky Norbert  dr.</t>
   </si>
   <si>
-    <t>Mezőtúr</t>
-[...830 lines deleted...]
-    <t>+36-22-398-079</t>
+    <t>11736006-20400725-00000000</t>
+  </si>
+  <si>
+    <t>Budai</t>
+  </si>
+  <si>
+    <t>fsz. 1.</t>
+  </si>
+  <si>
+    <t>+36-30-237-4582</t>
   </si>
   <si>
     <t>vh.0510@mbvk.hu</t>
   </si>
   <si>
-    <t>VH0510;341633732</t>
-[...4 lines deleted...]
-  <si>
     <t>0522</t>
   </si>
   <si>
     <t>Jánoky Adél  dr.</t>
   </si>
   <si>
     <t>Nagyajtai</t>
   </si>
   <si>
     <t>4/b.</t>
   </si>
   <si>
     <t xml:space="preserve">alagsor </t>
   </si>
   <si>
     <t>+36-1-212-2208</t>
   </si>
   <si>
     <t>vh.0522@mbvk.hu</t>
   </si>
   <si>
     <t>VH0522;240603383</t>
   </si>
   <si>
     <t>10103379-16799700-02003008</t>
@@ -5023,63 +5020,63 @@
   <si>
     <t>0567</t>
   </si>
   <si>
     <t>Orell Zsolt  dr.</t>
   </si>
   <si>
     <t>VH0567MBVK; 462380911</t>
   </si>
   <si>
     <t>50461118-10010086-00000000</t>
   </si>
   <si>
     <t>+36-30-987-0665</t>
   </si>
   <si>
     <t>vh.0567@mbvk.hu</t>
   </si>
   <si>
     <t>www.drorellzsolt.hu</t>
   </si>
   <si>
     <t>0579</t>
   </si>
   <si>
-    <t>Szabó Gábor Péter  dr.</t>
+    <t>Lukács Tamás állandó helyettes [Vht. 239. §. (1a)] dr. Szabó Gábor Péter helyett  dr.</t>
+  </si>
+  <si>
+    <t>SZABOGVHI;145643957</t>
+  </si>
+  <si>
+    <t>11731001-20460736-00000000</t>
   </si>
   <si>
     <t>+36-72-224-167</t>
   </si>
   <si>
     <t>vh.0579@mbvk.hu</t>
-  </si>
-[...4 lines deleted...]
-    <t>11731001-20460736-00000000</t>
   </si>
   <si>
     <t>0594</t>
   </si>
   <si>
     <t>Deák Attila  dr.</t>
   </si>
   <si>
     <t>Siklós</t>
   </si>
   <si>
     <t>Harkányi</t>
   </si>
   <si>
     <t>+36-72-579-110</t>
   </si>
   <si>
     <t>+36-72-579-111</t>
   </si>
   <si>
     <t>vh.0594@mbvk.hu</t>
   </si>
   <si>
     <t>DRDEAKVH;447624905</t>
   </si>
@@ -6651,321 +6648,321 @@
       </c>
       <c r="Q8" s="1" t="s">
         <v>65</v>
       </c>
       <c r="R8" s="1" t="s">
         <v>66</v>
       </c>
       <c r="S8" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U8" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C9" s="1">
-        <v>1238</v>
+        <v>7601</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="E9" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="F9" s="1" t="s">
+      <c r="E9" s="1"/>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G9" s="1" t="s">
-[...12 lines deleted...]
-      </c>
+      <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
-      <c r="P9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="S9" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T9" s="1" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="U9" s="1" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="1">
-        <v>1325</v>
+        <v>1238</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E10" s="1"/>
-[...1 lines deleted...]
-      <c r="G10" s="1"/>
+      <c r="E10" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G10" s="1">
+        <v>120</v>
+      </c>
       <c r="H10" s="1"/>
-      <c r="I10" s="1"/>
-[...4 lines deleted...]
-      <c r="L10" s="1"/>
+      <c r="I10" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="J10" s="1">
+        <v>212</v>
+      </c>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
-      <c r="P10" s="1"/>
+      <c r="P10" s="1" t="s">
+        <v>79</v>
+      </c>
       <c r="Q10" s="1"/>
       <c r="R10" s="1" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="S10" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T10" s="1" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="U10" s="1" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C11" s="1">
         <v>1055</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="K11" s="1"/>
       <c r="L11" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q11" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="Q11" s="1" t="s">
+      <c r="R11" s="1" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="S11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T11" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U11" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C12" s="1">
         <v>1380</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="E12" s="1"/>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1">
         <v>1139</v>
       </c>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="S12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U12" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C13" s="1">
         <v>5630</v>
       </c>
       <c r="D13" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" s="1" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G13" s="1">
         <v>10</v>
       </c>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="Q13" s="1"/>
       <c r="R13" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S13" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T13" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U13" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C14" s="1">
         <v>5631</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="E14" s="1"/>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1">
         <v>160</v>
       </c>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S14" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U14" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>101</v>
       </c>
       <c r="C15" s="1">
         <v>9022</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>103</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G15" s="1">
@@ -7017,16923 +7014,16927 @@
       </c>
       <c r="E16" s="1"/>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1">
         <v>58</v>
       </c>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1" t="s">
         <v>113</v>
       </c>
       <c r="S16" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T16" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U16" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C17" s="1">
         <v>4150</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1" t="s">
         <v>117</v>
       </c>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1" t="s">
         <v>117</v>
       </c>
       <c r="P17" s="1" t="s">
         <v>118</v>
       </c>
       <c r="Q17" s="1"/>
       <c r="R17" s="1" t="s">
         <v>113</v>
       </c>
       <c r="S17" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T17" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U17" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" s="1" t="s">
         <v>119</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C18" s="1">
         <v>5601</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1" t="s">
         <v>123</v>
       </c>
       <c r="S18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="U18" s="1" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" s="1" t="s">
         <v>119</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C19" s="1">
         <v>5600</v>
       </c>
       <c r="D19" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E19" s="1" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H19" s="1"/>
       <c r="I19" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J19" s="1">
         <v>5</v>
       </c>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="O19" s="1"/>
       <c r="P19" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="Q19" s="1"/>
       <c r="R19" s="1" t="s">
         <v>123</v>
       </c>
       <c r="S19" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="U19" s="1" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C20" s="1">
         <v>2101</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="S20" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T20" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U20" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C21" s="1">
         <v>2101</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="S21" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T21" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="U21" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C22" s="1">
         <v>2100</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G22" s="1">
         <v>16</v>
       </c>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="M22" s="1"/>
       <c r="N22" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="O22" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="O22" s="1" t="s">
+      <c r="P22" s="1" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="Q22" s="1"/>
       <c r="R22" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="S22" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T22" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U22" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C23" s="1">
         <v>2100</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G23" s="1">
         <v>16</v>
       </c>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="M23" s="1"/>
       <c r="N23" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="O23" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="O23" s="1" t="s">
+      <c r="P23" s="1" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="Q23" s="1"/>
       <c r="R23" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="S23" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T23" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="U23" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="C24" s="1">
         <v>1325</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="E24" s="1"/>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="S24" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T24" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U24" s="1" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="C25" s="1">
         <v>1042</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H25" s="1"/>
       <c r="I25" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J25" s="1" t="s">
         <v>116</v>
       </c>
       <c r="K25" s="1"/>
       <c r="L25" s="1" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="P25" s="1" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="Q25" s="1"/>
       <c r="R25" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="S25" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T25" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U25" s="1" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="C26" s="1">
         <v>8200</v>
       </c>
       <c r="D26" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E26" s="1" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="H26" s="1"/>
       <c r="I26" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J26" s="1">
         <v>1</v>
       </c>
       <c r="K26" s="1"/>
       <c r="L26" s="1" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="Q26" s="1"/>
       <c r="R26" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="S26" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T26" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U26" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="C27" s="1">
         <v>7621</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>167</v>
+        <v>70</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G27" s="1">
         <v>12</v>
       </c>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="P27" s="1" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="Q27" s="1"/>
       <c r="R27" s="1" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="S27" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="T27" s="1"/>
-      <c r="U27" s="1"/>
+      <c r="T27" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="U27" s="1" t="s">
+        <v>171</v>
+      </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="C28" s="1">
         <v>1027</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G28" s="1">
         <v>28</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="I28" s="1">
         <v>1</v>
       </c>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="Q28" s="1"/>
       <c r="R28" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="S28" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T28" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="U28" s="1" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C29" s="1">
         <v>8800</v>
       </c>
       <c r="D29" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="E29" s="1" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G29" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H29" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="H29" s="1" t="s">
+      <c r="I29" s="1" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="M29" s="1"/>
       <c r="N29" s="1" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="O29" s="1"/>
       <c r="P29" s="1" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="Q29" s="1"/>
       <c r="R29" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="S29" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T29" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U29" s="1" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C30" s="1">
         <v>8801</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E30" s="1"/>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1">
         <v>474</v>
       </c>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="S30" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T30" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U30" s="1" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="C31" s="1">
         <v>5000</v>
       </c>
       <c r="D31" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="E31" s="1" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1">
         <v>4</v>
       </c>
       <c r="H31" s="1"/>
       <c r="I31" s="1">
         <v>2</v>
       </c>
       <c r="J31" s="1">
         <v>217</v>
       </c>
       <c r="K31" s="1"/>
       <c r="L31" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="Q31" s="1"/>
       <c r="R31" s="1" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="S31" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T31" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U31" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="C32" s="1">
         <v>1047</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G32" s="1">
         <v>23</v>
       </c>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="P32" s="1" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="Q32" s="1"/>
       <c r="R32" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="S32" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T32" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U32" s="1" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="C33" s="1">
         <v>7200</v>
       </c>
       <c r="D33" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="E33" s="1" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G33" s="1">
         <v>18</v>
       </c>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="M33" s="1" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="Q33" s="1"/>
       <c r="R33" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="S33" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T33" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="U33" s="1" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="C34" s="1">
         <v>1203</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G34" s="1">
         <v>57</v>
       </c>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="Q34" s="1"/>
       <c r="R34" s="1" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="S34" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T34" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U34" s="1" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="C35" s="1">
         <v>1203</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G35" s="1">
         <v>57</v>
       </c>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="Q35" s="1"/>
       <c r="R35" s="1" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="S35" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T35" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U35" s="1" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B36" s="1" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="C36" s="1">
         <v>4400</v>
       </c>
       <c r="D36" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="E36" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="E36" s="1" t="s">
+      <c r="F36" s="1" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="G36" s="1">
         <v>9</v>
       </c>
       <c r="H36" s="1"/>
       <c r="I36" s="1" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J36" s="1">
         <v>708</v>
       </c>
       <c r="K36" s="1"/>
       <c r="L36" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="M36" s="1" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="N36" s="1"/>
       <c r="O36" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="P36" s="1" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="Q36" s="1"/>
       <c r="R36" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="S36" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T36" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U36" s="1" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C37" s="1">
         <v>7400</v>
       </c>
       <c r="D37" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="E37" s="1" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="Q37" s="1"/>
       <c r="R37" s="1" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="S37" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T37" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U37" s="1" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="C38" s="1">
         <v>3525</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="S38" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T38" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U38" s="1" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B39" s="1" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="C39" s="1">
         <v>4200</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="H39" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="J39" s="1" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="K39" s="1"/>
       <c r="L39" s="1" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="Q39" s="1"/>
       <c r="R39" s="1" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="S39" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T39" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U39" s="1" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="C40" s="1">
         <v>7300</v>
       </c>
       <c r="D40" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="E40" s="1" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G40" s="1">
         <v>10</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="Q40" s="1"/>
       <c r="R40" s="1" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="S40" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T40" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U40" s="1" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="C41" s="1">
         <v>7900</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G41" s="1">
         <v>16</v>
       </c>
       <c r="H41" s="1"/>
       <c r="I41" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J41" s="1">
         <v>7</v>
       </c>
       <c r="K41" s="1"/>
       <c r="L41" s="1" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="P41" s="1" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="Q41" s="1"/>
       <c r="R41" s="1" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="S41" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T41" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U41" s="1" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="C42" s="1">
         <v>2891</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="E42" s="1"/>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1">
         <v>1234</v>
       </c>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="S42" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T42" s="1" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="U42" s="1" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="C43" s="1">
         <v>2890</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G43" s="1">
         <v>47</v>
       </c>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="P43" s="1" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="Q43" s="1"/>
       <c r="R43" s="1" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="S43" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T43" s="1" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="U43" s="1" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="C44" s="1">
         <v>8000</v>
       </c>
       <c r="D44" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="E44" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="E44" s="1" t="s">
+      <c r="F44" s="1" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="G44" s="1">
         <v>1</v>
       </c>
       <c r="H44" s="1"/>
       <c r="I44" s="1" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="J44" s="1">
         <v>5</v>
       </c>
       <c r="K44" s="1"/>
       <c r="L44" s="1" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="Q44" s="1"/>
       <c r="R44" s="1" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="S44" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T44" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U44" s="1" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="C45" s="1">
         <v>9001</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="S45" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T45" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U45" s="1" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="C46" s="1">
         <v>9001</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="S46" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T46" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="U46" s="1" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="C47" s="1">
         <v>9021</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E47" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="F47" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H47" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="J47" s="1">
         <v>2</v>
       </c>
       <c r="K47" s="1"/>
       <c r="L47" s="1" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="Q47" s="1"/>
       <c r="R47" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="S47" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T47" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U47" s="1" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="C48" s="1">
         <v>9021</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E48" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="F48" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H48" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="J48" s="1">
         <v>2</v>
       </c>
       <c r="K48" s="1"/>
       <c r="L48" s="1" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="Q48" s="1"/>
       <c r="R48" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="S48" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T48" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="U48" s="1" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B49" s="1" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="C49" s="1">
         <v>6600</v>
       </c>
       <c r="D49" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="E49" s="1" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G49" s="1">
         <v>7</v>
       </c>
       <c r="H49" s="1"/>
       <c r="I49" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J49" s="1">
         <v>2</v>
       </c>
       <c r="K49" s="1"/>
       <c r="L49" s="1" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="P49" s="1" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="Q49" s="1"/>
       <c r="R49" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="S49" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T49" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U49" s="1" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
     </row>
     <row r="50" spans="1:21">
       <c r="A50" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B50" s="1" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="C50" s="1">
         <v>4034</v>
       </c>
       <c r="D50" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="E50" s="1" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G50" s="1">
         <v>24</v>
       </c>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="P50" s="1" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="Q50" s="1"/>
       <c r="R50" s="1" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="S50" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T50" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U50" s="1" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B51" s="1" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="C51" s="1">
         <v>4002</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="E51" s="1"/>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="S51" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T51" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U51" s="1" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B52" s="1" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="C52" s="1">
         <v>2800</v>
       </c>
       <c r="D52" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="E52" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="E52" s="1" t="s">
+      <c r="F52" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G52" s="1" t="s">
+      <c r="H52" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="H52" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I52" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="M52" s="1" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="Q52" s="1"/>
       <c r="R52" s="1" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="S52" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T52" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U52" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
     </row>
     <row r="53" spans="1:21">
       <c r="A53" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B53" s="1" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="C53" s="1">
         <v>7100</v>
       </c>
       <c r="D53" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="E53" s="1" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G53" s="1">
         <v>22</v>
       </c>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="M53" s="1" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="N53" s="1"/>
       <c r="O53" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="P53" s="1" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="Q53" s="1"/>
       <c r="R53" s="1" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="S53" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T53" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U53" s="1" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
     </row>
     <row r="54" spans="1:21">
       <c r="A54" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B54" s="1" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="C54" s="1">
         <v>7101</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="E54" s="1"/>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1">
         <v>458</v>
       </c>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="S54" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T54" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U54" s="1" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
     </row>
     <row r="55" spans="1:21">
       <c r="A55" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B55" s="1" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="C55" s="1">
         <v>6900</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G55" s="1">
         <v>43</v>
       </c>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="P55" s="1" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="Q55" s="1"/>
       <c r="R55" s="1" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="S55" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T55" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U55" s="1" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B56" s="1" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="C56" s="1">
         <v>9021</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G56" s="1">
         <v>10</v>
       </c>
       <c r="H56" s="1"/>
       <c r="I56" s="1" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="J56" s="1">
         <v>1</v>
       </c>
       <c r="K56" s="1"/>
       <c r="L56" s="1" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="Q56" s="1"/>
       <c r="R56" s="1" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="S56" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T56" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="U56" s="1" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="57" spans="1:21">
       <c r="A57" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B57" s="1" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="C57" s="1">
         <v>9001</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E57" s="1"/>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1">
         <v>647</v>
       </c>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="S57" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T57" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="U57" s="1" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="58" spans="1:21">
       <c r="A58" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B58" s="1" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="C58" s="1">
         <v>1397</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="S58" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T58" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U58" s="1" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
     </row>
     <row r="59" spans="1:21">
       <c r="A59" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B59" s="1" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="C59" s="1">
         <v>1134</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E59" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G59" s="1" t="s">
         <v>364</v>
-      </c>
-[...4 lines deleted...]
-        <v>365</v>
       </c>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="Q59" s="1"/>
       <c r="R59" s="1" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="S59" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T59" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U59" s="1" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
     </row>
     <row r="60" spans="1:21">
       <c r="A60" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="B60" s="1" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="C60" s="1">
         <v>1183</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G60" s="1">
         <v>14</v>
       </c>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="Q60" s="1"/>
       <c r="R60" s="1" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="S60" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T60" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U60" s="1" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
     </row>
     <row r="61" spans="1:21">
       <c r="A61" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="B61" s="1" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="C61" s="1">
         <v>1675</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E61" s="1"/>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1">
         <v>245</v>
       </c>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="S61" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T61" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U61" s="1" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
     </row>
     <row r="62" spans="1:21">
       <c r="A62" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B62" s="1" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="C62" s="1">
         <v>1122</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G62" s="1">
         <v>74</v>
       </c>
       <c r="H62" s="1"/>
       <c r="I62" s="1" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="Q62" s="1"/>
       <c r="R62" s="1" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="S62" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T62" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U62" s="1" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
     </row>
     <row r="63" spans="1:21">
       <c r="A63" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B63" s="1" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="C63" s="1">
         <v>1536</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E63" s="1"/>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1">
         <v>319</v>
       </c>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="S63" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T63" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U63" s="1" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
     </row>
     <row r="64" spans="1:21">
       <c r="A64" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B64" s="1" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="C64" s="1">
         <v>2300</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="Q64" s="1"/>
       <c r="R64" s="1" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="S64" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T64" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U64" s="1" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="65" spans="1:21">
       <c r="A65" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B65" s="1" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="C65" s="1">
         <v>2300</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E65" s="1"/>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
       <c r="Q65" s="1"/>
       <c r="R65" s="1" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="S65" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T65" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U65" s="1" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="66" spans="1:21">
       <c r="A66" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="B66" s="1" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="C66" s="1">
         <v>8900</v>
       </c>
       <c r="D66" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="E66" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="E66" s="1" t="s">
+      <c r="F66" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>395</v>
-      </c>
-[...4 lines deleted...]
-        <v>396</v>
       </c>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q66" s="1"/>
       <c r="R66" s="1" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="S66" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T66" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U66" s="1" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
     </row>
     <row r="67" spans="1:21">
       <c r="A67" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B67" s="1" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C67" s="1">
         <v>7000</v>
       </c>
       <c r="D67" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="E67" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="E67" s="1" t="s">
+      <c r="F67" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>404</v>
-      </c>
-[...4 lines deleted...]
-        <v>405</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="Q67" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="Q67" s="1" t="s">
+      <c r="R67" s="1" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="S67" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T67" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U67" s="1" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
     </row>
     <row r="68" spans="1:21">
       <c r="A68" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="B68" s="1" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="C68" s="1">
         <v>2701</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="S68" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T68" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U68" s="1" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="69" spans="1:21">
       <c r="A69" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="B69" s="1" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="C69" s="1">
         <v>2700</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G69" s="1">
         <v>7</v>
       </c>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="M69" s="1" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="Q69" s="1"/>
       <c r="R69" s="1" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="S69" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T69" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U69" s="1" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="70" spans="1:21">
       <c r="A70" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="B70" s="1" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="C70" s="1">
         <v>9400</v>
       </c>
       <c r="D70" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="E70" s="1" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G70" s="1">
         <v>41</v>
       </c>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="P70" s="1" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="Q70" s="1"/>
       <c r="R70" s="1" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="S70" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T70" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U70" s="1" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
     </row>
     <row r="71" spans="1:21">
       <c r="A71" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="B71" s="1" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="C71" s="1">
         <v>9401</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="E71" s="1"/>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1">
         <v>393</v>
       </c>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="S71" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T71" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U71" s="1" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
     </row>
     <row r="72" spans="1:21">
       <c r="A72" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="B72" s="1" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
       <c r="C72" s="1">
         <v>1399</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="E72" s="1"/>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1">
         <v>611</v>
       </c>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
       <c r="Q72" s="1"/>
       <c r="R72" s="1" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="S72" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T72" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U72" s="1" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
     </row>
     <row r="73" spans="1:21">
       <c r="A73" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="B73" s="1" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
       <c r="C73" s="1">
         <v>1024</v>
       </c>
       <c r="D73" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="E73" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="E73" s="1" t="s">
+      <c r="F73" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="F73" s="1" t="s">
+      <c r="G73" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="G73" s="1" t="s">
+      <c r="H73" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="H73" s="1" t="s">
+      <c r="I73" s="1" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="J73" s="1">
         <v>1</v>
       </c>
       <c r="K73" s="1"/>
       <c r="L73" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="M73" s="1" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="N73" s="1"/>
       <c r="O73" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="P73" s="1" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
       <c r="Q73" s="1"/>
       <c r="R73" s="1" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="S73" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T73" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U73" s="1" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
     </row>
     <row r="74" spans="1:21">
       <c r="A74" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="B74" s="1" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="C74" s="1">
         <v>9400</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="M74" s="1" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="Q74" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="Q74" s="1" t="s">
+      <c r="R74" s="1" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="S74" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T74" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U74" s="1" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
     </row>
     <row r="75" spans="1:21">
       <c r="A75" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="B75" s="1" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="C75" s="1">
         <v>9401</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="E75" s="1"/>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1">
         <v>201</v>
       </c>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="S75" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T75" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U75" s="1" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
     </row>
     <row r="76" spans="1:21">
       <c r="A76" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="B76" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="C76" s="1">
+        <v>7500</v>
+      </c>
+      <c r="D76" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="C76" s="1">
-[...2 lines deleted...]
-      <c r="D76" s="1" t="s">
+      <c r="E76" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="E76" s="1"/>
       <c r="F76" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G76" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
-      <c r="K76" s="1">
-[...2 lines deleted...]
-      <c r="L76" s="1"/>
+      <c r="K76" s="1"/>
+      <c r="L76" s="1" t="s">
+        <v>456</v>
+      </c>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
-      <c r="O76" s="1"/>
-      <c r="P76" s="1"/>
+      <c r="O76" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="P76" s="1" t="s">
+        <v>458</v>
+      </c>
       <c r="Q76" s="1"/>
       <c r="R76" s="1" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="S76" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T76" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U76" s="1" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
     </row>
     <row r="77" spans="1:21">
       <c r="A77" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="B77" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="C77" s="1">
+        <v>7501</v>
+      </c>
+      <c r="D77" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="C77" s="1">
-[...7 lines deleted...]
-      </c>
+      <c r="E77" s="1"/>
       <c r="F77" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
-      <c r="K77" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K77" s="1">
+        <v>75</v>
+      </c>
+      <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
-      <c r="O77" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O77" s="1"/>
+      <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
       <c r="R77" s="1" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="S77" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T77" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U77" s="1" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
     </row>
     <row r="78" spans="1:21">
       <c r="A78" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B78" s="1" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
       <c r="C78" s="1">
         <v>4032</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G78" s="1">
         <v>7</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
       <c r="P78" s="1" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="Q78" s="1"/>
       <c r="R78" s="1" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="S78" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T78" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="U78" s="1" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
     </row>
     <row r="79" spans="1:21">
       <c r="A79" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B79" s="1" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
       <c r="C79" s="1">
         <v>1042</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G79" s="1">
         <v>6</v>
       </c>
       <c r="H79" s="1"/>
       <c r="I79" s="1" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="J79" s="1">
         <v>5</v>
       </c>
       <c r="K79" s="1"/>
       <c r="L79" s="1" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="M79" s="1"/>
       <c r="N79" s="1"/>
       <c r="O79" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="P79" s="1" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="Q79" s="1"/>
       <c r="R79" s="1" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="S79" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T79" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U79" s="1" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
     </row>
     <row r="80" spans="1:21">
       <c r="A80" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B80" s="1" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
       <c r="C80" s="1">
         <v>1325</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E80" s="1"/>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1">
         <v>270</v>
       </c>
       <c r="L80" s="1"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
       <c r="O80" s="1"/>
       <c r="P80" s="1"/>
       <c r="Q80" s="1"/>
       <c r="R80" s="1" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="S80" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T80" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U80" s="1" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
     </row>
     <row r="81" spans="1:21">
       <c r="A81" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B81" s="1" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
       <c r="C81" s="1">
         <v>3100</v>
       </c>
       <c r="D81" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="E81" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="E81" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F81" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G81" s="1">
         <v>71</v>
       </c>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="Q81" s="1"/>
       <c r="R81" s="1" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="S81" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T81" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U81" s="1" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
     </row>
     <row r="82" spans="1:21">
       <c r="A82" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B82" s="1" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
       <c r="C82" s="1">
         <v>3101</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="E82" s="1"/>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1">
         <v>195</v>
       </c>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
       <c r="P82" s="1"/>
       <c r="Q82" s="1"/>
       <c r="R82" s="1" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="S82" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T82" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U82" s="1" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
     </row>
     <row r="83" spans="1:21">
       <c r="A83" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B83" s="1" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="C83" s="1">
         <v>4220</v>
       </c>
       <c r="D83" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="E83" s="1" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="H83" s="1"/>
       <c r="I83" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J83" s="1">
         <v>2</v>
       </c>
       <c r="K83" s="1"/>
       <c r="L83" s="1" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="P83" s="1" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="Q83" s="1"/>
       <c r="R83" s="1" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="S83" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T83" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U83" s="1" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
     </row>
     <row r="84" spans="1:21">
       <c r="A84" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B84" s="1" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="C84" s="1">
         <v>9300</v>
       </c>
       <c r="D84" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="E84" s="1" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="H84" s="1"/>
       <c r="I84" s="1"/>
       <c r="J84" s="1"/>
       <c r="K84" s="1"/>
       <c r="L84" s="1" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="M84" s="1"/>
       <c r="N84" s="1"/>
       <c r="O84" s="1"/>
       <c r="P84" s="1" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="Q84" s="1"/>
       <c r="R84" s="1" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="S84" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T84" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U84" s="1" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
     </row>
     <row r="85" spans="1:21">
       <c r="A85" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B85" s="1" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="C85" s="1">
         <v>9700</v>
       </c>
       <c r="D85" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="E85" s="1" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G85" s="1">
         <v>34</v>
       </c>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="Q85" s="1"/>
       <c r="R85" s="1" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="S85" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T85" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U85" s="1" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
     </row>
     <row r="86" spans="1:21">
       <c r="A86" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B86" s="1" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
       <c r="C86" s="1">
         <v>4800</v>
       </c>
       <c r="D86" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="E86" s="1" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G86" s="1">
         <v>42</v>
       </c>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="M86" s="1"/>
       <c r="N86" s="1" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="O86" s="1"/>
       <c r="P86" s="1" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="Q86" s="1"/>
       <c r="R86" s="1" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="S86" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T86" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U86" s="1" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
     </row>
     <row r="87" spans="1:21">
       <c r="A87" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B87" s="1" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
       <c r="C87" s="1">
         <v>4801</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="E87" s="1"/>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1">
         <v>60</v>
       </c>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="S87" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T87" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U87" s="1" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
     </row>
     <row r="88" spans="1:21">
       <c r="A88" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B88" s="1" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="C88" s="1">
         <v>8200</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="H88" s="1"/>
       <c r="I88" s="1" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="K88" s="1"/>
       <c r="L88" s="1" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="P88" s="1" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="Q88" s="1"/>
       <c r="R88" s="1" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="S88" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T88" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U88" s="1" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
     </row>
     <row r="89" spans="1:21">
       <c r="A89" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B89" s="1" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="C89" s="1">
         <v>8201</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E89" s="1"/>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G89" s="1"/>
       <c r="H89" s="1"/>
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1">
         <v>146</v>
       </c>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="S89" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T89" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U89" s="1" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
     </row>
     <row r="90" spans="1:21">
       <c r="A90" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B90" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="C90" s="1">
+        <v>5541</v>
+      </c>
+      <c r="D90" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="C90" s="1">
-[...13 lines deleted...]
-      </c>
+      <c r="E90" s="1"/>
+      <c r="F90" s="1"/>
+      <c r="G90" s="1"/>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
-      <c r="K90" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K90" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
-      <c r="P90" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="S90" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T90" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U90" s="1" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
     </row>
     <row r="91" spans="1:21">
       <c r="A91" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B91" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="C91" s="1">
+        <v>5540</v>
+      </c>
+      <c r="D91" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="C91" s="1">
-[...7 lines deleted...]
-      <c r="G91" s="1"/>
+      <c r="E91" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>538</v>
+      </c>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
-      <c r="K91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L91" s="1"/>
+      <c r="K91" s="1"/>
+      <c r="L91" s="1" t="s">
+        <v>539</v>
+      </c>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
-      <c r="P91" s="1"/>
+      <c r="P91" s="1" t="s">
+        <v>540</v>
+      </c>
       <c r="Q91" s="1"/>
       <c r="R91" s="1" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="S91" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T91" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U91" s="1" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
     </row>
     <row r="92" spans="1:21">
       <c r="A92" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B92" s="1" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
       <c r="C92" s="1">
         <v>2400</v>
       </c>
       <c r="D92" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E92" s="1" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G92" s="1">
         <v>17</v>
       </c>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="M92" s="1"/>
       <c r="N92" s="1" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="O92" s="1"/>
       <c r="P92" s="1" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="Q92" s="1"/>
       <c r="R92" s="1" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="S92" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T92" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U92" s="1" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
     </row>
     <row r="93" spans="1:21">
       <c r="A93" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="B93" s="1" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
       <c r="C93" s="1">
         <v>4300</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G93" s="1">
         <v>5</v>
       </c>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="Q93" s="1"/>
       <c r="R93" s="1" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="S93" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T93" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U93" s="1" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
     </row>
     <row r="94" spans="1:21">
       <c r="A94" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="B94" s="1" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
       <c r="C94" s="1">
         <v>4301</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="E94" s="1"/>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1">
         <v>140</v>
       </c>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="S94" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T94" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U94" s="1" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
     </row>
     <row r="95" spans="1:21">
       <c r="A95" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="B95" s="1" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="C95" s="1">
         <v>5000</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G95" s="1">
         <v>5</v>
       </c>
       <c r="H95" s="1"/>
       <c r="I95" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J95" s="1">
         <v>2</v>
       </c>
       <c r="K95" s="1"/>
       <c r="L95" s="1" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="P95" s="1" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
       <c r="Q95" s="1"/>
       <c r="R95" s="1" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="S95" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T95" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U95" s="1" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
     </row>
     <row r="96" spans="1:21">
       <c r="A96" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="B96" s="1" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="C96" s="1">
         <v>5001</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E96" s="1"/>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1">
         <v>351</v>
       </c>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="S96" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T96" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U96" s="1" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
     </row>
     <row r="97" spans="1:21">
       <c r="A97" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="B97" s="1" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
       <c r="C97" s="1">
         <v>4600</v>
       </c>
       <c r="D97" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="E97" s="1" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="H97" s="1"/>
       <c r="I97" s="1" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="J97" s="1">
         <v>16</v>
       </c>
       <c r="K97" s="1"/>
       <c r="L97" s="1" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="Q97" s="1"/>
       <c r="R97" s="1" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="S97" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T97" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U97" s="1" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
     </row>
     <row r="98" spans="1:21">
       <c r="A98" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="B98" s="1" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
       <c r="C98" s="1">
         <v>4001</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="E98" s="1"/>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1">
         <v>515</v>
       </c>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="S98" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T98" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U98" s="1" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
     </row>
     <row r="99" spans="1:21">
       <c r="A99" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B99" s="1" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="C99" s="1">
         <v>5100</v>
       </c>
       <c r="D99" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="E99" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="E99" s="1" t="s">
+      <c r="F99" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>579</v>
-      </c>
-[...4 lines deleted...]
-        <v>580</v>
       </c>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="P99" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="P99" s="1" t="s">
+      <c r="Q99" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="Q99" s="1" t="s">
+      <c r="R99" s="1" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
       <c r="S99" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T99" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U99" s="1" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
     </row>
     <row r="100" spans="1:21">
       <c r="A100" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B100" s="1" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="C100" s="1">
         <v>5100</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="E100" s="1"/>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1">
         <v>13</v>
       </c>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="S100" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T100" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U100" s="1" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
     </row>
     <row r="101" spans="1:21">
       <c r="A101" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B101" s="1" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
       <c r="C101" s="1">
         <v>1204</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G101" s="1">
         <v>113</v>
       </c>
       <c r="H101" s="1"/>
       <c r="I101" s="1"/>
       <c r="J101" s="1"/>
       <c r="K101" s="1"/>
       <c r="L101" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="M101" s="1" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
       <c r="N101" s="1"/>
       <c r="O101" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="P101" s="1" t="s">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>593</v>
       </c>
       <c r="Q101" s="1"/>
       <c r="R101" s="1" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="S101" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T101" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U101" s="1" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
     </row>
     <row r="102" spans="1:21">
       <c r="A102" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="B102" s="1" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="C102" s="1">
         <v>8004</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="E102" s="1"/>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1">
         <v>26</v>
       </c>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="S102" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T102" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U102" s="1" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
     </row>
     <row r="103" spans="1:21">
       <c r="A103" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="B103" s="1" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="C103" s="1">
         <v>8000</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="P103" s="1" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="Q103" s="1"/>
       <c r="R103" s="1" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="S103" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T103" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U103" s="1" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
     </row>
     <row r="104" spans="1:21">
       <c r="A104" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B104" s="1" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
       <c r="C104" s="1">
         <v>5000</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="H104" s="1"/>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="P104" s="1" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
       <c r="Q104" s="1"/>
       <c r="R104" s="1" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="S104" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T104" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U104" s="1" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
     </row>
     <row r="105" spans="1:21">
       <c r="A105" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B105" s="1" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
       <c r="C105" s="1">
         <v>5001</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E105" s="1"/>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1">
         <v>122</v>
       </c>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="S105" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T105" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U105" s="1" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
     </row>
     <row r="106" spans="1:21">
       <c r="A106" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="B106" s="1" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="C106" s="1">
         <v>4400</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G106" s="1" t="s">
-        <v>616</v>
+      <c r="G106" s="1">
+        <v>6</v>
       </c>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
-      <c r="L106" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L106" s="1"/>
       <c r="M106" s="1"/>
-      <c r="N106" s="1"/>
+      <c r="N106" s="1" t="s">
+        <v>615</v>
+      </c>
       <c r="O106" s="1"/>
       <c r="P106" s="1" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="Q106" s="1"/>
       <c r="R106" s="1" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="S106" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T106" s="1" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="U106" s="1" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
     </row>
     <row r="107" spans="1:21">
       <c r="A107" s="1" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="C107" s="1">
         <v>3100</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="E107" s="1"/>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="L107" s="1"/>
       <c r="M107" s="1"/>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1"/>
       <c r="Q107" s="1"/>
       <c r="R107" s="1" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="S107" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T107" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U107" s="1" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
     </row>
     <row r="108" spans="1:21">
       <c r="A108" s="1" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="C108" s="1">
         <v>3100</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G108" s="1">
         <v>9</v>
       </c>
       <c r="H108" s="1"/>
       <c r="I108" s="1" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="K108" s="1"/>
       <c r="L108" s="1" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="P108" s="1" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="Q108" s="1"/>
       <c r="R108" s="1" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="S108" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T108" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U108" s="1" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
     </row>
     <row r="109" spans="1:21">
       <c r="A109" s="1" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="C109" s="1">
         <v>4025</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G109" s="1">
         <v>41</v>
       </c>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="Q109" s="1"/>
       <c r="R109" s="1" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="S109" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T109" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U109" s="1" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
     </row>
     <row r="110" spans="1:21">
       <c r="A110" s="1" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="C110" s="1">
         <v>4001</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="E110" s="1"/>
       <c r="F110" s="1"/>
       <c r="G110" s="1"/>
       <c r="H110" s="1"/>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="S110" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T110" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U110" s="1" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
     </row>
     <row r="111" spans="1:21">
       <c r="A111" s="1" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="C111" s="1">
         <v>2060</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G111" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="I111" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="H111" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J111" s="1" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="K111" s="1"/>
       <c r="L111" s="1" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="Q111" s="1"/>
       <c r="R111" s="1" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="S111" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T111" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U111" s="1" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
     </row>
     <row r="112" spans="1:21">
       <c r="A112" s="1" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="C112" s="1">
         <v>7090</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="E112" s="1"/>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="S112" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T112" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U112" s="1" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
     </row>
     <row r="113" spans="1:21">
       <c r="A113" s="1" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="C113" s="1">
         <v>7090</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G113" s="1">
         <v>13</v>
       </c>
       <c r="H113" s="1"/>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
       <c r="K113" s="1"/>
       <c r="L113" s="1" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="Q113" s="1"/>
       <c r="R113" s="1" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="S113" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T113" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U113" s="1" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
     </row>
     <row r="114" spans="1:21">
       <c r="A114" s="1" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="C114" s="1">
         <v>2900</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>661</v>
-[...1 lines deleted...]
-      <c r="E114" s="1"/>
+        <v>659</v>
+      </c>
+      <c r="E114" s="1" t="s">
+        <v>660</v>
+      </c>
       <c r="F114" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G114" s="1"/>
+        <v>76</v>
+      </c>
+      <c r="G114" s="1">
+        <v>19</v>
+      </c>
       <c r="H114" s="1"/>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
-      <c r="K114" s="1">
-[...2 lines deleted...]
-      <c r="L114" s="1"/>
+      <c r="K114" s="1"/>
+      <c r="L114" s="1" t="s">
+        <v>661</v>
+      </c>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
-      <c r="O114" s="1"/>
-      <c r="P114" s="1"/>
+      <c r="O114" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="P114" s="1" t="s">
+        <v>663</v>
+      </c>
       <c r="Q114" s="1"/>
       <c r="R114" s="1" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="S114" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T114" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U114" s="1" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
     </row>
     <row r="115" spans="1:21">
       <c r="A115" s="1" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="C115" s="1">
         <v>2900</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>661</v>
-[...3 lines deleted...]
-      </c>
+        <v>659</v>
+      </c>
+      <c r="E115" s="1"/>
       <c r="F115" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G115" s="1"/>
       <c r="H115" s="1"/>
       <c r="I115" s="1"/>
       <c r="J115" s="1"/>
-      <c r="K115" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K115" s="1">
+        <v>154</v>
+      </c>
+      <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
-      <c r="O115" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O115" s="1"/>
+      <c r="P115" s="1"/>
       <c r="Q115" s="1"/>
       <c r="R115" s="1" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="S115" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T115" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U115" s="1" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
     </row>
     <row r="116" spans="1:21">
       <c r="A116" s="1" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="C116" s="1">
-        <v>4001</v>
+        <v>9002</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>314</v>
+        <v>102</v>
       </c>
       <c r="E116" s="1"/>
       <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
       <c r="I116" s="1"/>
       <c r="J116" s="1"/>
       <c r="K116" s="1" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="L116" s="1"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="S116" s="1" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="T116" s="1" t="s">
-        <v>297</v>
+        <v>73</v>
       </c>
       <c r="U116" s="1" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
     </row>
     <row r="117" spans="1:21">
       <c r="A117" s="1" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="C117" s="1">
         <v>2120</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G117" s="1" t="s">
-        <v>85</v>
+      <c r="G117" s="1">
+        <v>2</v>
       </c>
       <c r="H117" s="1"/>
       <c r="I117" s="1" t="s">
-        <v>129</v>
+        <v>286</v>
       </c>
       <c r="J117" s="1">
         <v>3</v>
       </c>
       <c r="K117" s="1"/>
-      <c r="L117" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L117" s="1"/>
       <c r="M117" s="1"/>
-      <c r="N117" s="1"/>
+      <c r="N117" s="1" t="s">
+        <v>672</v>
+      </c>
       <c r="O117" s="1"/>
       <c r="P117" s="1" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="Q117" s="1"/>
       <c r="R117" s="1" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="S117" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T117" s="1" t="s">
-        <v>297</v>
+        <v>73</v>
       </c>
       <c r="U117" s="1" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
     </row>
     <row r="118" spans="1:21">
       <c r="A118" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="C118" s="1">
+        <v>3501</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="E118" s="1"/>
+      <c r="F118" s="1"/>
+      <c r="G118" s="1"/>
+      <c r="H118" s="1"/>
+      <c r="I118" s="1"/>
+      <c r="J118" s="1"/>
+      <c r="K118" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="B118" s="1" t="s">
-[...24 lines deleted...]
-      <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
-      <c r="N118" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N118" s="1"/>
       <c r="O118" s="1"/>
-      <c r="P118" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P118" s="1"/>
       <c r="Q118" s="1"/>
       <c r="R118" s="1" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="S118" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="T118" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U118" s="1" t="s">
-        <v>683</v>
+        <v>678</v>
       </c>
     </row>
     <row r="119" spans="1:21">
       <c r="A119" s="1" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="C119" s="1">
-        <v>3501</v>
+        <v>3530</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      <c r="G119" s="1"/>
+        <v>247</v>
+      </c>
+      <c r="E119" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="G119" s="1">
+        <v>5</v>
+      </c>
       <c r="H119" s="1"/>
-      <c r="I119" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="I119" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="J119" s="1">
+        <v>3</v>
+      </c>
+      <c r="K119" s="1"/>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
-      <c r="N119" s="1"/>
+      <c r="N119" s="1" t="s">
+        <v>681</v>
+      </c>
       <c r="O119" s="1"/>
-      <c r="P119" s="1"/>
+      <c r="P119" s="1" t="s">
+        <v>682</v>
+      </c>
       <c r="Q119" s="1"/>
       <c r="R119" s="1" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="S119" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="T119" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U119" s="1" t="s">
-        <v>683</v>
+        <v>678</v>
       </c>
     </row>
     <row r="120" spans="1:21">
       <c r="A120" s="1" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="C120" s="1">
         <v>3900</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G120" s="1">
         <v>4</v>
       </c>
       <c r="H120" s="1"/>
       <c r="I120" s="1"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="Q120" s="1"/>
       <c r="R120" s="1" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="S120" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T120" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U120" s="1" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
     </row>
     <row r="121" spans="1:21">
       <c r="A121" s="1" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="C121" s="1">
         <v>3901</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="E121" s="1"/>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G121" s="1"/>
       <c r="H121" s="1"/>
       <c r="I121" s="1"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1">
         <v>71</v>
       </c>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="S121" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T121" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U121" s="1" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
     </row>
     <row r="122" spans="1:21">
       <c r="A122" s="1" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="C122" s="1">
         <v>8600</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>699</v>
+        <v>77</v>
       </c>
       <c r="J122" s="1">
         <v>40</v>
       </c>
       <c r="K122" s="1"/>
       <c r="L122" s="1" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="Q122" s="1"/>
       <c r="R122" s="1" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="S122" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T122" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U122" s="1" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
     </row>
     <row r="123" spans="1:21">
       <c r="A123" s="1" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="C123" s="1">
         <v>7570</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>706</v>
-[...3 lines deleted...]
-      </c>
+        <v>703</v>
+      </c>
+      <c r="E123" s="1"/>
       <c r="F123" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G123" s="1"/>
       <c r="H123" s="1"/>
       <c r="I123" s="1"/>
       <c r="J123" s="1"/>
-      <c r="K123" s="1"/>
+      <c r="K123" s="1">
+        <v>39</v>
+      </c>
       <c r="L123" s="1"/>
       <c r="M123" s="1"/>
-      <c r="N123" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N123" s="1"/>
       <c r="O123" s="1"/>
-      <c r="P123" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P123" s="1"/>
       <c r="Q123" s="1"/>
       <c r="R123" s="1" t="s">
-        <v>711</v>
+        <v>704</v>
       </c>
       <c r="S123" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T123" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U123" s="1" t="s">
-        <v>712</v>
+        <v>705</v>
       </c>
     </row>
     <row r="124" spans="1:21">
       <c r="A124" s="1" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="C124" s="1">
         <v>7570</v>
       </c>
       <c r="D124" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="E124" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="E124" s="1"/>
       <c r="F124" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G124" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>707</v>
+      </c>
       <c r="H124" s="1"/>
       <c r="I124" s="1"/>
       <c r="J124" s="1"/>
-      <c r="K124" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="K124" s="1"/>
       <c r="L124" s="1"/>
       <c r="M124" s="1"/>
-      <c r="N124" s="1"/>
+      <c r="N124" s="1" t="s">
+        <v>708</v>
+      </c>
       <c r="O124" s="1"/>
-      <c r="P124" s="1"/>
+      <c r="P124" s="1" t="s">
+        <v>709</v>
+      </c>
       <c r="Q124" s="1"/>
       <c r="R124" s="1" t="s">
-        <v>711</v>
+        <v>704</v>
       </c>
       <c r="S124" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T124" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U124" s="1" t="s">
-        <v>712</v>
+        <v>705</v>
       </c>
     </row>
     <row r="125" spans="1:21">
       <c r="A125" s="1" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="C125" s="1">
         <v>8900</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>61</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="G125" s="1">
         <v>3</v>
       </c>
       <c r="H125" s="1"/>
       <c r="I125" s="1"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="Q125" s="1"/>
       <c r="R125" s="1" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="S125" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T125" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U125" s="1" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
     </row>
     <row r="126" spans="1:21">
       <c r="A126" s="1" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="C126" s="1">
         <v>7621</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>167</v>
+        <v>70</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G126" s="1">
         <v>7</v>
       </c>
       <c r="H126" s="1"/>
       <c r="I126" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J126" s="1">
         <v>3</v>
       </c>
       <c r="K126" s="1"/>
       <c r="L126" s="1" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="M126" s="1"/>
       <c r="N126" s="1" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="O126" s="1" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="P126" s="1" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="Q126" s="1"/>
       <c r="R126" s="1" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="S126" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T126" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U126" s="1" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
     </row>
     <row r="127" spans="1:21">
       <c r="A127" s="1" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="C127" s="1">
         <v>8600</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G127" s="1">
         <v>99</v>
       </c>
       <c r="H127" s="1"/>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="P127" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="Q127" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="R127" s="1" t="s">
         <v>732</v>
-      </c>
-[...7 lines deleted...]
-        <v>735</v>
       </c>
       <c r="S127" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T127" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U127" s="1" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
     </row>
     <row r="128" spans="1:21">
       <c r="A128" s="1" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="C128" s="1">
         <v>8601</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="E128" s="1"/>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G128" s="1"/>
       <c r="H128" s="1"/>
       <c r="I128" s="1"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1">
         <v>65</v>
       </c>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="S128" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T128" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U128" s="1" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
     </row>
     <row r="129" spans="1:21">
       <c r="A129" s="1" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="C129" s="1">
         <v>6100</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="H129" s="1"/>
       <c r="I129" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J129" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="K129" s="1"/>
       <c r="L129" s="1" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="Q129" s="1"/>
       <c r="R129" s="1" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="S129" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T129" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U129" s="1" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
     </row>
     <row r="130" spans="1:21">
       <c r="A130" s="1" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="C130" s="1">
         <v>1055</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G130" s="1">
         <v>30</v>
       </c>
       <c r="H130" s="1"/>
       <c r="I130" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J130" s="1">
         <v>1</v>
       </c>
       <c r="K130" s="1"/>
       <c r="L130" s="1" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="M130" s="1"/>
       <c r="N130" s="1"/>
       <c r="O130" s="1" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="P130" s="1" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="Q130" s="1"/>
       <c r="R130" s="1" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="S130" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T130" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U130" s="1" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
     </row>
     <row r="131" spans="1:21">
       <c r="A131" s="1" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="C131" s="1">
         <v>1387</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E131" s="1"/>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G131" s="1"/>
       <c r="H131" s="1"/>
       <c r="I131" s="1"/>
       <c r="J131" s="1"/>
       <c r="K131" s="1">
         <v>25</v>
       </c>
       <c r="L131" s="1"/>
       <c r="M131" s="1"/>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
       <c r="P131" s="1"/>
       <c r="Q131" s="1"/>
       <c r="R131" s="1" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="S131" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T131" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U131" s="1" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
     </row>
     <row r="132" spans="1:21">
       <c r="A132" s="1" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="C132" s="1">
         <v>9200</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G132" s="1">
         <v>2</v>
       </c>
       <c r="H132" s="1"/>
       <c r="I132" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J132" s="1">
         <v>1</v>
       </c>
       <c r="K132" s="1"/>
       <c r="L132" s="1" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="M132" s="1" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="N132" s="1" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="O132" s="1"/>
       <c r="P132" s="1" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="Q132" s="1"/>
       <c r="R132" s="1" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="S132" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T132" s="1" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="U132" s="1" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
     </row>
     <row r="133" spans="1:21">
       <c r="A133" s="1" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="C133" s="1">
         <v>4002</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="E133" s="1"/>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G133" s="1"/>
       <c r="H133" s="1"/>
       <c r="I133" s="1"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1">
         <v>435</v>
       </c>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="S133" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T133" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U133" s="1" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
     </row>
     <row r="134" spans="1:21">
       <c r="A134" s="1" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="C134" s="1">
         <v>4031</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="H134" s="1"/>
       <c r="I134" s="1" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="P134" s="1" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="Q134" s="1"/>
       <c r="R134" s="1" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="S134" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T134" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U134" s="1" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
     </row>
     <row r="135" spans="1:21">
       <c r="A135" s="1" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="C135" s="1">
         <v>5001</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E135" s="1"/>
       <c r="F135" s="1"/>
       <c r="G135" s="1"/>
       <c r="H135" s="1"/>
       <c r="I135" s="1"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="S135" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T135" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U135" s="1" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
     </row>
     <row r="136" spans="1:21">
       <c r="A136" s="1" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="C136" s="1">
         <v>5700</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="H136" s="1"/>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="O136" s="1"/>
       <c r="P136" s="1" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="Q136" s="1"/>
       <c r="R136" s="1" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="S136" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T136" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U136" s="1" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
     </row>
     <row r="137" spans="1:21">
       <c r="A137" s="1" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="C137" s="1">
         <v>3580</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G137" s="1">
         <v>97</v>
       </c>
       <c r="H137" s="1"/>
       <c r="I137" s="1"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="M137" s="1"/>
       <c r="N137" s="1" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="O137" s="1"/>
       <c r="P137" s="1" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="Q137" s="1"/>
       <c r="R137" s="1" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="S137" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T137" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U137" s="1" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
     </row>
     <row r="138" spans="1:21">
       <c r="A138" s="1" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="C138" s="1">
-        <v>1181</v>
+        <v>1675</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E138" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E138" s="1"/>
+      <c r="F138" s="1"/>
+      <c r="G138" s="1"/>
       <c r="H138" s="1"/>
       <c r="I138" s="1"/>
       <c r="J138" s="1"/>
-      <c r="K138" s="1"/>
+      <c r="K138" s="1" t="s">
+        <v>787</v>
+      </c>
       <c r="L138" s="1"/>
       <c r="M138" s="1"/>
-      <c r="N138" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N138" s="1"/>
       <c r="O138" s="1"/>
-      <c r="P138" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P138" s="1"/>
       <c r="Q138" s="1"/>
       <c r="R138" s="1" t="s">
-        <v>794</v>
+        <v>788</v>
       </c>
       <c r="S138" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T138" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U138" s="1" t="s">
-        <v>795</v>
+        <v>789</v>
       </c>
     </row>
     <row r="139" spans="1:21">
       <c r="A139" s="1" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="C139" s="1">
-        <v>1675</v>
+        <v>1181</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E139" s="1"/>
-[...1 lines deleted...]
-      <c r="G139" s="1"/>
+      <c r="E139" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>791</v>
+      </c>
       <c r="H139" s="1"/>
       <c r="I139" s="1"/>
       <c r="J139" s="1"/>
-      <c r="K139" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K139" s="1"/>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
-      <c r="N139" s="1"/>
+      <c r="N139" s="1" t="s">
+        <v>792</v>
+      </c>
       <c r="O139" s="1"/>
-      <c r="P139" s="1"/>
+      <c r="P139" s="1" t="s">
+        <v>793</v>
+      </c>
       <c r="Q139" s="1"/>
       <c r="R139" s="1" t="s">
-        <v>794</v>
+        <v>788</v>
       </c>
       <c r="S139" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T139" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U139" s="1" t="s">
-        <v>795</v>
+        <v>789</v>
       </c>
     </row>
     <row r="140" spans="1:21">
       <c r="A140" s="1" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="C140" s="1">
         <v>3980</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G140" s="1">
         <v>61</v>
       </c>
       <c r="H140" s="1"/>
       <c r="I140" s="1"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="P140" s="1" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="Q140" s="1"/>
       <c r="R140" s="1" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="S140" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T140" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U140" s="1" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
     </row>
     <row r="141" spans="1:21">
       <c r="A141" s="1" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="C141" s="1">
         <v>6720</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="H141" s="1"/>
       <c r="I141" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J141" s="1">
         <v>1</v>
       </c>
       <c r="K141" s="1"/>
       <c r="L141" s="1" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="M141" s="1"/>
       <c r="N141" s="1" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="O141" s="1" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="P141" s="1" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="Q141" s="1"/>
       <c r="R141" s="1" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="S141" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T141" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U141" s="1" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
     </row>
     <row r="142" spans="1:21">
       <c r="A142" s="1" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="C142" s="1">
         <v>9700</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G142" s="1">
         <v>13</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I142" s="1">
         <v>1</v>
       </c>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="P142" s="1" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="Q142" s="1"/>
       <c r="R142" s="1" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="S142" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T142" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U142" s="1" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
     </row>
     <row r="143" spans="1:21">
       <c r="A143" s="1" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="C143" s="1">
         <v>8000</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H143" s="1"/>
       <c r="I143" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
       <c r="P143" s="1" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="Q143" s="1"/>
       <c r="R143" s="1" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="S143" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T143" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U143" s="1" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
     </row>
     <row r="144" spans="1:21">
       <c r="A144" s="1" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="C144" s="1">
         <v>5900</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G144" s="1">
         <v>6</v>
       </c>
       <c r="H144" s="1"/>
       <c r="I144" s="1"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="P144" s="1" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="Q144" s="1"/>
       <c r="R144" s="1" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="S144" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T144" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U144" s="1" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
     </row>
     <row r="145" spans="1:21">
       <c r="A145" s="1" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="C145" s="1">
         <v>5901</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="E145" s="1"/>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G145" s="1"/>
       <c r="H145" s="1"/>
       <c r="I145" s="1"/>
       <c r="J145" s="1"/>
       <c r="K145" s="1">
         <v>32</v>
       </c>
       <c r="L145" s="1"/>
       <c r="M145" s="1"/>
       <c r="N145" s="1"/>
       <c r="O145" s="1"/>
       <c r="P145" s="1"/>
       <c r="Q145" s="1"/>
       <c r="R145" s="1" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="S145" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T145" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U145" s="1" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
     </row>
     <row r="146" spans="1:21">
       <c r="A146" s="1" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="C146" s="1">
         <v>7300</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G146" s="1">
         <v>3</v>
       </c>
       <c r="H146" s="1"/>
       <c r="I146" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J146" s="1">
         <v>1</v>
       </c>
       <c r="K146" s="1"/>
       <c r="L146" s="1" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
       <c r="O146" s="1" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="P146" s="1" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="Q146" s="1"/>
       <c r="R146" s="1" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="S146" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T146" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U146" s="1" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
     </row>
     <row r="147" spans="1:21">
       <c r="A147" s="1" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="C147" s="1">
         <v>2800</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="H147" s="1"/>
       <c r="I147" s="1"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="M147" s="1" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="N147" s="1"/>
       <c r="O147" s="1" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="P147" s="1" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="Q147" s="1"/>
       <c r="R147" s="1" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="S147" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T147" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="U147" s="1" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
     </row>
     <row r="148" spans="1:21">
       <c r="A148" s="1" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="C148" s="1">
         <v>3300</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G148" s="1">
         <v>12</v>
       </c>
       <c r="H148" s="1"/>
       <c r="I148" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J148" s="1">
         <v>1</v>
       </c>
       <c r="K148" s="1"/>
       <c r="L148" s="1" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="M148" s="1" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
       <c r="P148" s="1" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="Q148" s="1"/>
       <c r="R148" s="1" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="S148" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T148" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U148" s="1" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
     </row>
     <row r="149" spans="1:21">
       <c r="A149" s="1" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="C149" s="1">
         <v>3301</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="E149" s="1"/>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G149" s="1"/>
       <c r="H149" s="1"/>
       <c r="I149" s="1"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1">
         <v>466</v>
       </c>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1"/>
       <c r="R149" s="1" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="S149" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T149" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U149" s="1" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
     </row>
     <row r="150" spans="1:21">
       <c r="A150" s="1" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="C150" s="1">
         <v>3300</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="H150" s="1"/>
       <c r="I150" s="1" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="J150" s="1">
         <v>2</v>
       </c>
       <c r="K150" s="1"/>
       <c r="L150" s="1"/>
       <c r="M150" s="1"/>
       <c r="N150" s="1" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="O150" s="1"/>
       <c r="P150" s="1" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="Q150" s="1"/>
       <c r="R150" s="1" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="S150" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T150" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U150" s="1" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
     </row>
     <row r="151" spans="1:21">
       <c r="A151" s="1" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="C151" s="1">
         <v>3300</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="E151" s="1"/>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G151" s="1"/>
       <c r="H151" s="1"/>
       <c r="I151" s="1"/>
       <c r="J151" s="1"/>
       <c r="K151" s="1">
         <v>467</v>
       </c>
       <c r="L151" s="1"/>
       <c r="M151" s="1"/>
       <c r="N151" s="1"/>
       <c r="O151" s="1"/>
       <c r="P151" s="1"/>
       <c r="Q151" s="1"/>
       <c r="R151" s="1" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="S151" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T151" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U151" s="1" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
     </row>
     <row r="152" spans="1:21">
       <c r="A152" s="1" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="C152" s="1">
         <v>4400</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J152" s="1" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="K152" s="1"/>
       <c r="L152" s="1" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="M152" s="1"/>
       <c r="N152" s="1" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="O152" s="1" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="P152" s="1" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="Q152" s="1"/>
       <c r="R152" s="1" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="S152" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T152" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U152" s="1" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
     </row>
     <row r="153" spans="1:21">
       <c r="A153" s="1" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="C153" s="1">
         <v>6401</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="E153" s="1"/>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G153" s="1"/>
       <c r="H153" s="1"/>
       <c r="I153" s="1"/>
       <c r="J153" s="1"/>
       <c r="K153" s="1" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="L153" s="1"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
       <c r="O153" s="1"/>
       <c r="P153" s="1"/>
       <c r="Q153" s="1"/>
       <c r="R153" s="1" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="S153" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T153" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U153" s="1" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
     </row>
     <row r="154" spans="1:21">
       <c r="A154" s="1" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="C154" s="1">
         <v>6400</v>
       </c>
       <c r="D154" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="E154" s="1" t="s">
         <v>886</v>
-      </c>
-[...1 lines deleted...]
-        <v>889</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G154" s="1">
         <v>3</v>
       </c>
       <c r="H154" s="1"/>
       <c r="I154" s="1"/>
       <c r="J154" s="1"/>
       <c r="K154" s="1"/>
       <c r="L154" s="1" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
       <c r="O154" s="1"/>
       <c r="P154" s="1" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="Q154" s="1"/>
       <c r="R154" s="1" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="S154" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T154" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U154" s="1" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
     </row>
     <row r="155" spans="1:21">
       <c r="A155" s="1" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="C155" s="1">
         <v>3390</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="H155" s="1"/>
       <c r="I155" s="1"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="P155" s="1" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="Q155" s="1"/>
       <c r="R155" s="1" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="S155" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T155" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U155" s="1" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
     </row>
     <row r="156" spans="1:21">
       <c r="A156" s="1" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="C156" s="1">
         <v>5001</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E156" s="1"/>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G156" s="1"/>
       <c r="H156" s="1"/>
       <c r="I156" s="1"/>
       <c r="J156" s="1"/>
       <c r="K156" s="1">
         <v>222</v>
       </c>
       <c r="L156" s="1"/>
       <c r="M156" s="1"/>
       <c r="N156" s="1"/>
       <c r="O156" s="1"/>
       <c r="P156" s="1"/>
       <c r="Q156" s="1"/>
       <c r="R156" s="1" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="S156" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T156" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U156" s="1" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
     </row>
     <row r="157" spans="1:21">
       <c r="A157" s="1" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="C157" s="1">
         <v>1475</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E157" s="1"/>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G157" s="1"/>
       <c r="H157" s="1"/>
       <c r="I157" s="1"/>
       <c r="J157" s="1"/>
       <c r="K157" s="1">
         <v>247</v>
       </c>
       <c r="L157" s="1"/>
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
       <c r="P157" s="1"/>
       <c r="Q157" s="1"/>
       <c r="R157" s="1" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="S157" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T157" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U157" s="1" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
     </row>
     <row r="158" spans="1:21">
       <c r="A158" s="1" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="C158" s="1">
         <v>1106</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G158" s="1">
         <v>30</v>
       </c>
       <c r="H158" s="1"/>
       <c r="I158" s="1"/>
       <c r="J158" s="1"/>
       <c r="K158" s="1"/>
       <c r="L158" s="1" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
       <c r="O158" s="1" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="P158" s="1" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="Q158" s="1"/>
       <c r="R158" s="1" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="S158" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T158" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U158" s="1" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
     </row>
     <row r="159" spans="1:21">
       <c r="A159" s="1" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="C159" s="1">
         <v>3200</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J159" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="K159" s="1"/>
       <c r="L159" s="1" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
       <c r="P159" s="1" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="Q159" s="1"/>
       <c r="R159" s="1" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="S159" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T159" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U159" s="1" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
     </row>
     <row r="160" spans="1:21">
       <c r="A160" s="1" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="C160" s="1">
         <v>3200</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="E160" s="1"/>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G160" s="1"/>
       <c r="H160" s="1"/>
       <c r="I160" s="1"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1">
         <v>273</v>
       </c>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="S160" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T160" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U160" s="1" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
     </row>
     <row r="161" spans="1:21">
       <c r="A161" s="1" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="C161" s="1">
         <v>2801</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="E161" s="1"/>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G161" s="1"/>
       <c r="H161" s="1"/>
       <c r="I161" s="1"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1">
         <v>1660</v>
       </c>
       <c r="L161" s="1"/>
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
       <c r="O161" s="1"/>
       <c r="P161" s="1"/>
       <c r="Q161" s="1"/>
       <c r="R161" s="1" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="S161" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T161" s="1" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="U161" s="1" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
     </row>
     <row r="162" spans="1:21">
       <c r="A162" s="1" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="C162" s="1">
         <v>2800</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G162" s="1">
         <v>7</v>
       </c>
       <c r="H162" s="1"/>
       <c r="I162" s="1" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="J162" s="1">
         <v>3</v>
       </c>
       <c r="K162" s="1"/>
       <c r="L162" s="1" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="P162" s="1" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="Q162" s="1"/>
       <c r="R162" s="1" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="S162" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T162" s="1" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="U162" s="1" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
     </row>
     <row r="163" spans="1:21">
       <c r="A163" s="1" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="C163" s="1">
         <v>8000</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G163" s="1">
         <v>31</v>
       </c>
       <c r="H163" s="1"/>
       <c r="I163" s="1"/>
       <c r="J163" s="1"/>
       <c r="K163" s="1"/>
       <c r="L163" s="1" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="M163" s="1" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
       <c r="P163" s="1" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="Q163" s="1" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="R163" s="1" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="S163" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T163" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U163" s="1" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
     </row>
     <row r="164" spans="1:21">
       <c r="A164" s="1" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="C164" s="1">
         <v>3800</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="H164" s="1"/>
       <c r="I164" s="1" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="J164" s="1">
         <v>6</v>
       </c>
       <c r="K164" s="1"/>
       <c r="L164" s="1" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="M164" s="1"/>
       <c r="N164" s="1"/>
       <c r="O164" s="1" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="P164" s="1" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="Q164" s="1"/>
       <c r="R164" s="1" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="S164" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T164" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U164" s="1" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
     </row>
     <row r="165" spans="1:21">
       <c r="A165" s="1" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="C165" s="1">
         <v>3800</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="H165" s="1"/>
       <c r="I165" s="1" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="J165" s="1">
         <v>6</v>
       </c>
       <c r="K165" s="1"/>
       <c r="L165" s="1" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="P165" s="1" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="Q165" s="1"/>
       <c r="R165" s="1" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="S165" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T165" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="U165" s="1" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
     </row>
     <row r="166" spans="1:21">
       <c r="A166" s="1" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="C166" s="1">
         <v>3200</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="H166" s="1"/>
       <c r="I166" s="1"/>
       <c r="J166" s="1"/>
       <c r="K166" s="1"/>
       <c r="L166" s="1" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="P166" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="Q166" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="R166" s="1" t="s">
         <v>946</v>
-      </c>
-[...7 lines deleted...]
-        <v>949</v>
       </c>
       <c r="S166" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T166" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U166" s="1" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
     </row>
     <row r="167" spans="1:21">
       <c r="A167" s="1" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="C167" s="1">
         <v>3201</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="E167" s="1"/>
       <c r="F167" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G167" s="1"/>
       <c r="H167" s="1"/>
       <c r="I167" s="1"/>
       <c r="J167" s="1"/>
       <c r="K167" s="1">
         <v>137</v>
       </c>
       <c r="L167" s="1"/>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="S167" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T167" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U167" s="1" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
     </row>
     <row r="168" spans="1:21">
       <c r="A168" s="1" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="C168" s="1">
         <v>2311</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="E168" s="1"/>
       <c r="F168" s="1"/>
       <c r="G168" s="1"/>
       <c r="H168" s="1"/>
       <c r="I168" s="1"/>
       <c r="J168" s="1"/>
       <c r="K168" s="1" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="L168" s="1"/>
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
       <c r="P168" s="1"/>
       <c r="Q168" s="1"/>
       <c r="R168" s="1" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="S168" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T168" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U168" s="1" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
     </row>
     <row r="169" spans="1:21">
       <c r="A169" s="1" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="C169" s="1">
         <v>2310</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="H169" s="1"/>
       <c r="I169" s="1" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="J169" s="1">
         <v>5</v>
       </c>
       <c r="K169" s="1"/>
       <c r="L169" s="1" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="M169" s="1" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
       <c r="P169" s="1" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="Q169" s="1"/>
       <c r="R169" s="1" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="S169" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T169" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U169" s="1" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
     </row>
     <row r="170" spans="1:21">
       <c r="A170" s="1" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="C170" s="1">
         <v>2100</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="I170" s="1"/>
       <c r="J170" s="1"/>
       <c r="K170" s="1"/>
       <c r="L170" s="1" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
       <c r="P170" s="1" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="Q170" s="1"/>
       <c r="R170" s="1" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="S170" s="1" t="s">
         <v>57</v>
       </c>
       <c r="T170" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U170" s="1" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
     </row>
     <row r="171" spans="1:21">
       <c r="A171" s="1" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="C171" s="1">
         <v>2101</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E171" s="1"/>
       <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G171" s="1"/>
       <c r="H171" s="1"/>
       <c r="I171" s="1"/>
       <c r="J171" s="1"/>
       <c r="K171" s="1">
         <v>273</v>
       </c>
       <c r="L171" s="1"/>
       <c r="M171" s="1"/>
       <c r="N171" s="1"/>
       <c r="O171" s="1"/>
       <c r="P171" s="1"/>
       <c r="Q171" s="1"/>
       <c r="R171" s="1" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="S171" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T171" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U171" s="1" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
     </row>
     <row r="172" spans="1:21">
       <c r="A172" s="1" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="C172" s="1">
         <v>3360</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G172" s="1">
         <v>3</v>
       </c>
       <c r="H172" s="1"/>
       <c r="I172" s="1"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="O172" s="1"/>
       <c r="P172" s="1" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="Q172" s="1"/>
       <c r="R172" s="1" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="S172" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T172" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U172" s="1" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
     </row>
     <row r="173" spans="1:21">
       <c r="A173" s="1" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="C173" s="1">
         <v>1502</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E173" s="1"/>
       <c r="F173" s="1"/>
       <c r="G173" s="1"/>
       <c r="H173" s="1"/>
       <c r="I173" s="1"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
       <c r="P173" s="1"/>
       <c r="Q173" s="1"/>
       <c r="R173" s="1" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="S173" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T173" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U173" s="1" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
     </row>
     <row r="174" spans="1:21">
       <c r="A174" s="1" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="C174" s="1">
         <v>1119</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E174" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="H174" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="I174" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="F174" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G174" s="1" t="s">
+      <c r="J174" s="1" t="s">
         <v>984</v>
-      </c>
-[...7 lines deleted...]
-        <v>987</v>
       </c>
       <c r="K174" s="1"/>
       <c r="L174" s="1" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
       <c r="O174" s="1"/>
       <c r="P174" s="1" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="Q174" s="1"/>
       <c r="R174" s="1" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="S174" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T174" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U174" s="1" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
     </row>
     <row r="175" spans="1:21">
       <c r="A175" s="1" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="C175" s="1">
         <v>2661</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="E175" s="1"/>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G175" s="1"/>
       <c r="H175" s="1"/>
       <c r="I175" s="1"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1">
         <v>116</v>
       </c>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
       <c r="P175" s="1"/>
       <c r="Q175" s="1"/>
       <c r="R175" s="1" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="S175" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T175" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U175" s="1" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
     </row>
     <row r="176" spans="1:21">
       <c r="A176" s="1" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="C176" s="1">
         <v>2660</v>
       </c>
       <c r="D176" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="E176" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="E176" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F176" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="H176" s="1"/>
       <c r="I176" s="1"/>
       <c r="J176" s="1"/>
       <c r="K176" s="1"/>
       <c r="L176" s="1" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
       <c r="O176" s="1" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="P176" s="1" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="Q176" s="1"/>
       <c r="R176" s="1" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="S176" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T176" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U176" s="1" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
     </row>
     <row r="177" spans="1:21">
       <c r="A177" s="1" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="C177" s="1">
         <v>1135</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G177" s="1">
         <v>25</v>
       </c>
       <c r="H177" s="1"/>
       <c r="I177" s="1" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="J177" s="1" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="K177" s="1"/>
       <c r="L177" s="1"/>
       <c r="M177" s="1"/>
       <c r="N177" s="1" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="O177" s="1"/>
       <c r="P177" s="1" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="Q177" s="1"/>
       <c r="R177" s="1" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
       <c r="S177" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T177" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U177" s="1" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="178" spans="1:21">
       <c r="A178" s="1" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="C178" s="1">
         <v>1390</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E178" s="1"/>
       <c r="F178" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G178" s="1"/>
       <c r="H178" s="1"/>
       <c r="I178" s="1"/>
       <c r="J178" s="1"/>
       <c r="K178" s="1">
         <v>200</v>
       </c>
       <c r="L178" s="1"/>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
       <c r="O178" s="1"/>
       <c r="P178" s="1"/>
       <c r="Q178" s="1"/>
       <c r="R178" s="1" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
       <c r="S178" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T178" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U178" s="1" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="179" spans="1:21">
       <c r="A179" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C179" s="1">
+        <v>8700</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E179" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G179" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="H179" s="1"/>
+      <c r="I179" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J179" s="1">
+        <v>4</v>
+      </c>
+      <c r="K179" s="1"/>
+      <c r="L179" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="C179" s="1">
-[...16 lines deleted...]
-      <c r="L179" s="1"/>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
-      <c r="O179" s="1"/>
-[...1 lines deleted...]
-      <c r="Q179" s="1"/>
+      <c r="O179" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="P179" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="Q179" s="1" t="s">
+        <v>1009</v>
+      </c>
       <c r="R179" s="1" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="S179" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T179" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U179" s="1" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="180" spans="1:21">
       <c r="A180" s="1" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="C180" s="1">
-        <v>8700</v>
+        <v>8701</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>1007</v>
-[...3 lines deleted...]
-      </c>
+        <v>1004</v>
+      </c>
+      <c r="E180" s="1"/>
       <c r="F180" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G180" s="1"/>
       <c r="H180" s="1"/>
-      <c r="I180" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I180" s="1"/>
+      <c r="J180" s="1"/>
+      <c r="K180" s="1">
+        <v>129</v>
+      </c>
+      <c r="L180" s="1"/>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
-      <c r="O180" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="O180" s="1"/>
+      <c r="P180" s="1"/>
+      <c r="Q180" s="1"/>
       <c r="R180" s="1" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="S180" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T180" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U180" s="1" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="181" spans="1:21">
       <c r="A181" s="1" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="C181" s="1">
         <v>3501</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E181" s="1"/>
       <c r="F181" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G181" s="1"/>
       <c r="H181" s="1"/>
       <c r="I181" s="1"/>
       <c r="J181" s="1"/>
       <c r="K181" s="1">
         <v>59</v>
       </c>
       <c r="L181" s="1"/>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
       <c r="O181" s="1"/>
       <c r="P181" s="1"/>
       <c r="Q181" s="1"/>
       <c r="R181" s="1" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="S181" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T181" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U181" s="1" t="s">
-        <v>1018</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="182" spans="1:21">
       <c r="A182" s="1" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="C182" s="1">
         <v>3525</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G182" s="1">
         <v>10</v>
       </c>
       <c r="H182" s="1"/>
       <c r="I182" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J182" s="1">
         <v>4</v>
       </c>
       <c r="K182" s="1"/>
       <c r="L182" s="1" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
       <c r="P182" s="1" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="Q182" s="1"/>
       <c r="R182" s="1" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="S182" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T182" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U182" s="1" t="s">
-        <v>1018</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="183" spans="1:21">
       <c r="A183" s="1" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="C183" s="1">
         <v>3530</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G183" s="1">
         <v>44</v>
       </c>
       <c r="H183" s="1"/>
       <c r="I183" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J183" s="1">
         <v>1</v>
       </c>
       <c r="K183" s="1"/>
       <c r="L183" s="1" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
       <c r="O183" s="1"/>
       <c r="P183" s="1" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="Q183" s="1"/>
       <c r="R183" s="1" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="S183" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T183" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U183" s="1" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="184" spans="1:21">
       <c r="A184" s="1" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="C184" s="1">
         <v>7100</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>1033</v>
+        <v>1030</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H184" s="1"/>
       <c r="I184" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J184" s="1" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="K184" s="1"/>
       <c r="L184" s="1" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
       <c r="O184" s="1" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="P184" s="1" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="Q184" s="1"/>
       <c r="R184" s="1" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="S184" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T184" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U184" s="1" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="185" spans="1:21">
       <c r="A185" s="1" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="C185" s="1">
         <v>1106</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="H185" s="1"/>
       <c r="I185" s="1"/>
       <c r="J185" s="1"/>
       <c r="K185" s="1"/>
       <c r="L185" s="1" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
       <c r="O185" s="1"/>
       <c r="P185" s="1" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="Q185" s="1"/>
       <c r="R185" s="1" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="S185" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T185" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U185" s="1" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="186" spans="1:21">
       <c r="A186" s="1" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="C186" s="1">
         <v>1083</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="H186" s="1"/>
       <c r="I186" s="1" t="s">
-        <v>1049</v>
+        <v>1046</v>
       </c>
       <c r="J186" s="1">
         <v>3</v>
       </c>
       <c r="K186" s="1"/>
       <c r="L186" s="1"/>
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
       <c r="O186" s="1"/>
       <c r="P186" s="1"/>
       <c r="Q186" s="1"/>
       <c r="R186" s="1" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="S186" s="1" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
       <c r="T186" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U186" s="1" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="187" spans="1:21">
       <c r="A187" s="1" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="C187" s="1">
         <v>1475</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E187" s="1"/>
       <c r="F187" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G187" s="1"/>
       <c r="H187" s="1"/>
       <c r="I187" s="1"/>
       <c r="J187" s="1"/>
       <c r="K187" s="1" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
       <c r="L187" s="1"/>
       <c r="M187" s="1"/>
       <c r="N187" s="1"/>
       <c r="O187" s="1"/>
       <c r="P187" s="1"/>
       <c r="Q187" s="1"/>
       <c r="R187" s="1" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="S187" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T187" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U187" s="1" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="188" spans="1:21">
       <c r="A188" s="1" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
       <c r="C188" s="1">
         <v>7150</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G188" s="1">
         <v>5</v>
       </c>
       <c r="H188" s="1"/>
       <c r="I188" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J188" s="1"/>
       <c r="K188" s="1"/>
       <c r="L188" s="1" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="M188" s="1"/>
       <c r="N188" s="1" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="O188" s="1"/>
       <c r="P188" s="1" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="Q188" s="1"/>
       <c r="R188" s="1" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="S188" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T188" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U188" s="1" t="s">
-        <v>1060</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="189" spans="1:21">
       <c r="A189" s="1" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="C189" s="1">
         <v>9200</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="H189" s="1"/>
       <c r="I189" s="1" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="J189" s="1">
         <v>1</v>
       </c>
       <c r="K189" s="1"/>
       <c r="L189" s="1" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="M189" s="1"/>
       <c r="N189" s="1" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="O189" s="1" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="P189" s="1" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="Q189" s="1"/>
       <c r="R189" s="1" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="S189" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T189" s="1" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="U189" s="1" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="190" spans="1:21">
       <c r="A190" s="1" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="C190" s="1">
         <v>3700</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G190" s="1">
         <v>10</v>
       </c>
       <c r="H190" s="1"/>
       <c r="I190" s="1"/>
       <c r="J190" s="1"/>
       <c r="K190" s="1"/>
       <c r="L190" s="1" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="M190" s="1"/>
       <c r="N190" s="1"/>
       <c r="O190" s="1"/>
       <c r="P190" s="1" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="Q190" s="1"/>
       <c r="R190" s="1" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="S190" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T190" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U190" s="1" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="191" spans="1:21">
       <c r="A191" s="1" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="C191" s="1">
         <v>8360</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="H191" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="I191" s="1" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="J191" s="1">
         <v>5</v>
       </c>
       <c r="K191" s="1"/>
       <c r="L191" s="1" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="Q191" s="1"/>
       <c r="R191" s="1" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="S191" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T191" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U191" s="1" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="192" spans="1:21">
       <c r="A192" s="1" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="C192" s="1">
         <v>3700</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="H192" s="1"/>
       <c r="I192" s="1" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="J192" s="1"/>
       <c r="K192" s="1"/>
       <c r="L192" s="1" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
       <c r="M192" s="1"/>
       <c r="N192" s="1"/>
       <c r="O192" s="1"/>
       <c r="P192" s="1" t="s">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="Q192" s="1"/>
       <c r="R192" s="1" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="S192" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T192" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="U192" s="1" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="193" spans="1:21">
       <c r="A193" s="1" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="C193" s="1">
         <v>4401</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E193" s="1"/>
       <c r="F193" s="1"/>
       <c r="G193" s="1"/>
       <c r="H193" s="1"/>
       <c r="I193" s="1"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1" t="s">
-        <v>1091</v>
+        <v>1088</v>
       </c>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="S193" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T193" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="U193" s="1" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="194" spans="1:21">
       <c r="A194" s="1" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="C194" s="1">
         <v>2760</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>1096</v>
+        <v>1093</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>1097</v>
+        <v>1094</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J194" s="1">
         <v>1</v>
       </c>
       <c r="K194" s="1"/>
       <c r="L194" s="1" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
       <c r="P194" s="1" t="s">
-        <v>1099</v>
+        <v>1096</v>
       </c>
       <c r="Q194" s="1"/>
       <c r="R194" s="1" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="S194" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T194" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U194" s="1" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="195" spans="1:21">
       <c r="A195" s="1" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="C195" s="1">
         <v>2760</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="E195" s="1"/>
       <c r="F195" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G195" s="1"/>
       <c r="H195" s="1"/>
       <c r="I195" s="1"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1">
         <v>78</v>
       </c>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="S195" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T195" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U195" s="1" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="196" spans="1:21">
       <c r="A196" s="1" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="C196" s="1">
         <v>4600</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="H196" s="1"/>
       <c r="I196" s="1"/>
       <c r="J196" s="1"/>
       <c r="K196" s="1"/>
       <c r="L196" s="1" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
       <c r="P196" s="1" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="Q196" s="1"/>
       <c r="R196" s="1" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="S196" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T196" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U196" s="1" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="197" spans="1:21">
       <c r="A197" s="1" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="C197" s="1">
         <v>1388</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E197" s="1"/>
       <c r="F197" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G197" s="1"/>
       <c r="H197" s="1"/>
       <c r="I197" s="1"/>
       <c r="J197" s="1"/>
       <c r="K197" s="1">
         <v>70</v>
       </c>
       <c r="L197" s="1"/>
       <c r="M197" s="1"/>
       <c r="N197" s="1"/>
       <c r="O197" s="1"/>
       <c r="P197" s="1"/>
       <c r="Q197" s="1"/>
       <c r="R197" s="1" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="S197" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T197" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U197" s="1" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="198" spans="1:21">
       <c r="A198" s="1" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="C198" s="1">
         <v>1135</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="H198" s="1"/>
       <c r="I198" s="1"/>
       <c r="J198" s="1">
         <v>305</v>
       </c>
       <c r="K198" s="1"/>
       <c r="L198" s="1" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
       <c r="P198" s="1" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="Q198" s="1"/>
       <c r="R198" s="1" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="S198" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T198" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U198" s="1" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="199" spans="1:21">
       <c r="A199" s="1" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="C199" s="1">
         <v>6300</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G199" s="1">
         <v>79</v>
       </c>
       <c r="H199" s="1"/>
       <c r="I199" s="1"/>
       <c r="J199" s="1"/>
       <c r="K199" s="1"/>
       <c r="L199" s="1" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
       <c r="O199" s="1"/>
       <c r="P199" s="1" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="Q199" s="1"/>
       <c r="R199" s="1" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="S199" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T199" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="U199" s="1" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="200" spans="1:21">
       <c r="A200" s="1" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="C200" s="1">
         <v>6301</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="E200" s="1"/>
       <c r="F200" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G200" s="1"/>
       <c r="H200" s="1"/>
       <c r="I200" s="1"/>
       <c r="J200" s="1"/>
       <c r="K200" s="1">
         <v>159</v>
       </c>
       <c r="L200" s="1"/>
       <c r="M200" s="1"/>
       <c r="N200" s="1"/>
       <c r="O200" s="1"/>
       <c r="P200" s="1"/>
       <c r="Q200" s="1"/>
       <c r="R200" s="1" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="S200" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T200" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="U200" s="1" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="201" spans="1:21">
       <c r="A201" s="1" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="C201" s="1">
         <v>6501</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="E201" s="1"/>
       <c r="F201" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G201" s="1"/>
       <c r="H201" s="1"/>
       <c r="I201" s="1"/>
       <c r="J201" s="1"/>
       <c r="K201" s="1" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="L201" s="1"/>
       <c r="M201" s="1"/>
       <c r="N201" s="1"/>
       <c r="O201" s="1"/>
       <c r="P201" s="1"/>
       <c r="Q201" s="1"/>
       <c r="R201" s="1" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="S201" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T201" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U201" s="1" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="202" spans="1:21">
       <c r="A202" s="1" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="C202" s="1">
         <v>6500</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H202" s="1"/>
       <c r="I202" s="1"/>
       <c r="J202" s="1"/>
       <c r="K202" s="1"/>
       <c r="L202" s="1" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="M202" s="1"/>
       <c r="N202" s="1"/>
       <c r="O202" s="1" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="P202" s="1" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
       <c r="Q202" s="1"/>
       <c r="R202" s="1" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="S202" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T202" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U202" s="1" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="203" spans="1:21">
       <c r="A203" s="1" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="C203" s="1">
         <v>6722</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="H203" s="1"/>
       <c r="I203" s="1" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="J203" s="1" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="K203" s="1"/>
       <c r="L203" s="1" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="M203" s="1"/>
       <c r="N203" s="1"/>
       <c r="O203" s="1"/>
       <c r="P203" s="1" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="Q203" s="1"/>
       <c r="R203" s="1" t="s">
-        <v>619</v>
+        <v>1139</v>
       </c>
       <c r="S203" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T203" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U203" s="1" t="s">
-        <v>1142</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="204" spans="1:21">
       <c r="A204" s="1" t="s">
-        <v>1143</v>
+        <v>1141</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="C204" s="1">
         <v>2001</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>1145</v>
+        <v>1143</v>
       </c>
       <c r="E204" s="1"/>
       <c r="F204" s="1"/>
       <c r="G204" s="1"/>
       <c r="H204" s="1"/>
       <c r="I204" s="1"/>
       <c r="J204" s="1"/>
       <c r="K204" s="1" t="s">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="L204" s="1"/>
       <c r="M204" s="1"/>
       <c r="N204" s="1"/>
       <c r="O204" s="1"/>
       <c r="P204" s="1"/>
       <c r="Q204" s="1"/>
       <c r="R204" s="1" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="S204" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T204" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U204" s="1" t="s">
-        <v>1148</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="205" spans="1:21">
       <c r="A205" s="1" t="s">
-        <v>1143</v>
+        <v>1141</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="C205" s="1">
         <v>2000</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>1145</v>
+        <v>1143</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="H205" s="1"/>
       <c r="I205" s="1"/>
       <c r="J205" s="1"/>
       <c r="K205" s="1"/>
       <c r="L205" s="1" t="s">
-        <v>1151</v>
+        <v>1149</v>
       </c>
       <c r="M205" s="1"/>
       <c r="N205" s="1"/>
       <c r="O205" s="1"/>
       <c r="P205" s="1" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="Q205" s="1"/>
       <c r="R205" s="1" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="S205" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T205" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U205" s="1" t="s">
-        <v>1148</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="206" spans="1:21">
       <c r="A206" s="1" t="s">
-        <v>1153</v>
+        <v>1151</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>1154</v>
+        <v>1152</v>
       </c>
       <c r="C206" s="1">
         <v>1095</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="H206" s="1"/>
       <c r="I206" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J206" s="1"/>
       <c r="K206" s="1"/>
       <c r="L206" s="1" t="s">
-        <v>1156</v>
+        <v>1154</v>
       </c>
       <c r="M206" s="1"/>
       <c r="N206" s="1"/>
       <c r="O206" s="1" t="s">
-        <v>1157</v>
+        <v>1155</v>
       </c>
       <c r="P206" s="1" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="Q206" s="1"/>
       <c r="R206" s="1" t="s">
-        <v>1159</v>
+        <v>1157</v>
       </c>
       <c r="S206" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T206" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U206" s="1" t="s">
-        <v>1160</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="207" spans="1:21">
       <c r="A207" s="1" t="s">
-        <v>1153</v>
+        <v>1151</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>1154</v>
+        <v>1152</v>
       </c>
       <c r="C207" s="1">
         <v>1675</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E207" s="1"/>
       <c r="F207" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G207" s="1"/>
       <c r="H207" s="1"/>
       <c r="I207" s="1"/>
       <c r="J207" s="1"/>
       <c r="K207" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="L207" s="1"/>
       <c r="M207" s="1"/>
       <c r="N207" s="1"/>
       <c r="O207" s="1"/>
       <c r="P207" s="1"/>
       <c r="Q207" s="1"/>
       <c r="R207" s="1" t="s">
-        <v>1159</v>
+        <v>1157</v>
       </c>
       <c r="S207" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T207" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U207" s="1" t="s">
-        <v>1160</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="208" spans="1:21">
       <c r="A208" s="1" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>1162</v>
+        <v>1160</v>
       </c>
       <c r="C208" s="1">
         <v>9730</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>1163</v>
+        <v>1161</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G208" s="1">
         <v>32</v>
       </c>
       <c r="H208" s="1"/>
       <c r="I208" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J208" s="1">
         <v>2</v>
       </c>
       <c r="K208" s="1"/>
       <c r="L208" s="1" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="M208" s="1"/>
       <c r="N208" s="1"/>
       <c r="O208" s="1"/>
       <c r="P208" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q208" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="R208" s="1" t="s">
         <v>1165</v>
-      </c>
-[...4 lines deleted...]
-        <v>1167</v>
       </c>
       <c r="S208" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T208" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U208" s="1" t="s">
-        <v>1168</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="209" spans="1:21">
       <c r="A209" s="1" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>1162</v>
+        <v>1160</v>
       </c>
       <c r="C209" s="1">
         <v>9731</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>1163</v>
+        <v>1161</v>
       </c>
       <c r="E209" s="1"/>
       <c r="F209" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G209" s="1"/>
       <c r="H209" s="1"/>
       <c r="I209" s="1"/>
       <c r="J209" s="1"/>
       <c r="K209" s="1">
         <v>90</v>
       </c>
       <c r="L209" s="1"/>
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
       <c r="O209" s="1"/>
       <c r="P209" s="1"/>
       <c r="Q209" s="1"/>
       <c r="R209" s="1" t="s">
-        <v>1167</v>
+        <v>1165</v>
       </c>
       <c r="S209" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T209" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U209" s="1" t="s">
-        <v>1168</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="210" spans="1:21">
       <c r="A210" s="1" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="C210" s="1">
         <v>5300</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G210" s="1">
         <v>6</v>
       </c>
       <c r="H210" s="1"/>
       <c r="I210" s="1"/>
       <c r="J210" s="1"/>
       <c r="K210" s="1"/>
       <c r="L210" s="1" t="s">
-        <v>1173</v>
+        <v>1171</v>
       </c>
       <c r="M210" s="1"/>
       <c r="N210" s="1"/>
       <c r="O210" s="1" t="s">
-        <v>1173</v>
+        <v>1171</v>
       </c>
       <c r="P210" s="1" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="Q210" s="1"/>
       <c r="R210" s="1" t="s">
-        <v>1175</v>
+        <v>1173</v>
       </c>
       <c r="S210" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T210" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U210" s="1" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="211" spans="1:21">
       <c r="A211" s="1" t="s">
-        <v>1177</v>
+        <v>1175</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="C211" s="1">
         <v>3400</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>1179</v>
+        <v>1177</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>1180</v>
+        <v>1178</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G211" s="1">
         <v>14</v>
       </c>
       <c r="H211" s="1"/>
       <c r="I211" s="1"/>
       <c r="J211" s="1"/>
       <c r="K211" s="1"/>
       <c r="L211" s="1" t="s">
-        <v>1181</v>
+        <v>1179</v>
       </c>
       <c r="M211" s="1"/>
       <c r="N211" s="1" t="s">
-        <v>1182</v>
+        <v>1180</v>
       </c>
       <c r="O211" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="P211" s="1" t="s">
         <v>1181</v>
-      </c>
-[...1 lines deleted...]
-        <v>1183</v>
       </c>
       <c r="Q211" s="1"/>
       <c r="R211" s="1" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
       <c r="S211" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T211" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U211" s="1" t="s">
-        <v>1185</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="212" spans="1:21">
       <c r="A212" s="1" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
       <c r="C212" s="1">
         <v>8800</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>1096</v>
+        <v>1093</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J212" s="1">
         <v>1</v>
       </c>
       <c r="K212" s="1"/>
       <c r="L212" s="1" t="s">
-        <v>1189</v>
+        <v>1187</v>
       </c>
       <c r="M212" s="1"/>
       <c r="N212" s="1" t="s">
-        <v>1190</v>
+        <v>1188</v>
       </c>
       <c r="O212" s="1"/>
       <c r="P212" s="1" t="s">
-        <v>1191</v>
+        <v>1189</v>
       </c>
       <c r="Q212" s="1"/>
       <c r="R212" s="1" t="s">
-        <v>1192</v>
+        <v>1190</v>
       </c>
       <c r="S212" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T212" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U212" s="1" t="s">
-        <v>1193</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="213" spans="1:21">
       <c r="A213" s="1" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
       <c r="C213" s="1">
         <v>8801</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E213" s="1"/>
       <c r="F213" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G213" s="1"/>
       <c r="H213" s="1"/>
       <c r="I213" s="1"/>
       <c r="J213" s="1"/>
       <c r="K213" s="1">
         <v>236</v>
       </c>
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1" t="s">
-        <v>1192</v>
+        <v>1190</v>
       </c>
       <c r="S213" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T213" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U213" s="1" t="s">
-        <v>1193</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="214" spans="1:21">
       <c r="A214" s="1" t="s">
-        <v>1194</v>
+        <v>1192</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>1195</v>
+        <v>1193</v>
       </c>
       <c r="C214" s="1">
         <v>2400</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>1196</v>
+        <v>1194</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="G214" s="1">
         <v>27</v>
       </c>
       <c r="H214" s="1"/>
       <c r="I214" s="1" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="J214" s="1" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="K214" s="1"/>
       <c r="L214" s="1" t="s">
-        <v>1197</v>
+        <v>1195</v>
       </c>
       <c r="M214" s="1" t="s">
-        <v>1198</v>
+        <v>1196</v>
       </c>
       <c r="N214" s="1"/>
       <c r="O214" s="1" t="s">
-        <v>1199</v>
+        <v>1197</v>
       </c>
       <c r="P214" s="1" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="Q214" s="1"/>
       <c r="R214" s="1" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="S214" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T214" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U214" s="1" t="s">
-        <v>1202</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="215" spans="1:21">
       <c r="A215" s="1" t="s">
-        <v>1194</v>
+        <v>1192</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>1195</v>
+        <v>1193</v>
       </c>
       <c r="C215" s="1">
         <v>7101</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="E215" s="1"/>
       <c r="F215" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G215" s="1"/>
       <c r="H215" s="1"/>
       <c r="I215" s="1"/>
       <c r="J215" s="1"/>
       <c r="K215" s="1" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="L215" s="1"/>
       <c r="M215" s="1"/>
       <c r="N215" s="1"/>
       <c r="O215" s="1"/>
       <c r="P215" s="1"/>
       <c r="Q215" s="1"/>
       <c r="R215" s="1" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="S215" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T215" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U215" s="1" t="s">
-        <v>1202</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="216" spans="1:21">
       <c r="A216" s="1" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="C216" s="1">
         <v>6721</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H216" s="1"/>
       <c r="I216" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J216" s="1">
         <v>1</v>
       </c>
       <c r="K216" s="1"/>
       <c r="L216" s="1" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="M216" s="1"/>
       <c r="N216" s="1"/>
       <c r="O216" s="1" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="P216" s="1" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="Q216" s="1"/>
       <c r="R216" s="1" t="s">
-        <v>1209</v>
+        <v>1207</v>
       </c>
       <c r="S216" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T216" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U216" s="1" t="s">
-        <v>1210</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="217" spans="1:21">
       <c r="A217" s="1" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>1212</v>
+        <v>1210</v>
       </c>
       <c r="C217" s="1">
         <v>1114</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E217" s="1"/>
       <c r="F217" s="1"/>
       <c r="G217" s="1"/>
       <c r="H217" s="1"/>
       <c r="I217" s="1"/>
       <c r="J217" s="1"/>
       <c r="K217" s="1" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
       <c r="Q217" s="1"/>
       <c r="R217" s="1" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
       <c r="S217" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T217" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U217" s="1" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="218" spans="1:21">
       <c r="A218" s="1" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>1212</v>
+        <v>1210</v>
       </c>
       <c r="C218" s="1">
         <v>1117</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>1216</v>
+        <v>1214</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>1217</v>
+        <v>1215</v>
       </c>
       <c r="H218" s="1"/>
       <c r="I218" s="1"/>
       <c r="J218" s="1"/>
       <c r="K218" s="1"/>
       <c r="L218" s="1" t="s">
-        <v>1218</v>
+        <v>1216</v>
       </c>
       <c r="M218" s="1"/>
       <c r="N218" s="1"/>
       <c r="O218" s="1"/>
       <c r="P218" s="1" t="s">
-        <v>1219</v>
+        <v>1217</v>
       </c>
       <c r="Q218" s="1"/>
       <c r="R218" s="1" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
       <c r="S218" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T218" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U218" s="1" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="219" spans="1:21">
       <c r="A219" s="1" t="s">
-        <v>1220</v>
+        <v>1218</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>1221</v>
+        <v>1219</v>
       </c>
       <c r="C219" s="1">
         <v>3525</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G219" s="1">
         <v>10</v>
       </c>
       <c r="H219" s="1"/>
       <c r="I219" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J219" s="1">
         <v>4</v>
       </c>
       <c r="K219" s="1"/>
       <c r="L219" s="1" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
       <c r="M219" s="1"/>
       <c r="N219" s="1"/>
       <c r="O219" s="1" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
       <c r="P219" s="1" t="s">
-        <v>1223</v>
+        <v>1221</v>
       </c>
       <c r="Q219" s="1"/>
       <c r="R219" s="1" t="s">
-        <v>1224</v>
+        <v>1222</v>
       </c>
       <c r="S219" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T219" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U219" s="1" t="s">
-        <v>1225</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="220" spans="1:21">
       <c r="A220" s="1" t="s">
-        <v>1226</v>
+        <v>1224</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="C220" s="1">
         <v>2030</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>1228</v>
+        <v>1226</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G220" s="1">
         <v>41</v>
       </c>
       <c r="H220" s="1"/>
       <c r="I220" s="1"/>
       <c r="J220" s="1"/>
       <c r="K220" s="1"/>
       <c r="L220" s="1" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
       <c r="M220" s="1"/>
       <c r="N220" s="1"/>
       <c r="O220" s="1"/>
       <c r="P220" s="1" t="s">
-        <v>1230</v>
+        <v>1228</v>
       </c>
       <c r="Q220" s="1"/>
       <c r="R220" s="1" t="s">
-        <v>1231</v>
+        <v>1229</v>
       </c>
       <c r="S220" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T220" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U220" s="1" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="221" spans="1:21">
       <c r="A221" s="1" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>1234</v>
+        <v>1232</v>
       </c>
       <c r="C221" s="1">
         <v>1214</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>1235</v>
+        <v>1233</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
       <c r="H221" s="1"/>
       <c r="I221" s="1" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J221" s="1" t="s">
-        <v>1237</v>
+        <v>1235</v>
       </c>
       <c r="K221" s="1"/>
       <c r="L221" s="1"/>
       <c r="M221" s="1"/>
       <c r="N221" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="O221" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="P221" s="1" t="s">
         <v>1238</v>
       </c>
-      <c r="O221" s="1" t="s">
+      <c r="Q221" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="P221" s="1" t="s">
+      <c r="R221" s="1" t="s">
         <v>1240</v>
-      </c>
-[...4 lines deleted...]
-        <v>1242</v>
       </c>
       <c r="S221" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T221" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U221" s="1" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="222" spans="1:21">
       <c r="A222" s="1" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>1234</v>
+        <v>1232</v>
       </c>
       <c r="C222" s="1">
         <v>2170</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>1244</v>
+        <v>1242</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>1245</v>
+        <v>1243</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H222" s="1"/>
       <c r="I222" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J222" s="1">
         <v>3</v>
       </c>
       <c r="K222" s="1"/>
       <c r="L222" s="1"/>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1" t="s">
-        <v>1242</v>
+        <v>1240</v>
       </c>
       <c r="S222" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T222" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U222" s="1" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="223" spans="1:21">
       <c r="A223" s="1" t="s">
-        <v>1246</v>
+        <v>1244</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="C223" s="1">
         <v>6200</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>1248</v>
+        <v>1246</v>
       </c>
       <c r="E223" s="1"/>
       <c r="F223" s="1"/>
       <c r="G223" s="1"/>
       <c r="H223" s="1"/>
       <c r="I223" s="1"/>
       <c r="J223" s="1"/>
       <c r="K223" s="1" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="L223" s="1"/>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1" t="s">
-        <v>1250</v>
+        <v>1248</v>
       </c>
       <c r="S223" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T223" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U223" s="1" t="s">
-        <v>1251</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="224" spans="1:21">
       <c r="A224" s="1" t="s">
-        <v>1246</v>
+        <v>1244</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="C224" s="1">
         <v>6200</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>1248</v>
+        <v>1246</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>1252</v>
+        <v>1250</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G224" s="1">
         <v>2</v>
       </c>
       <c r="H224" s="1"/>
       <c r="I224" s="1" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="J224" s="1">
         <v>3</v>
       </c>
       <c r="K224" s="1"/>
       <c r="L224" s="1" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="M224" s="1" t="s">
-        <v>1254</v>
+        <v>1252</v>
       </c>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1" t="s">
-        <v>1255</v>
+        <v>1253</v>
       </c>
       <c r="Q224" s="1"/>
       <c r="R224" s="1" t="s">
-        <v>1250</v>
+        <v>1248</v>
       </c>
       <c r="S224" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T224" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U224" s="1" t="s">
-        <v>1251</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="225" spans="1:21">
       <c r="A225" s="1" t="s">
-        <v>1256</v>
+        <v>1254</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>1257</v>
+        <v>1255</v>
       </c>
       <c r="C225" s="1">
         <v>7400</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G225" s="1">
         <v>14</v>
       </c>
       <c r="H225" s="1"/>
       <c r="I225" s="1" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="J225" s="1">
         <v>1</v>
       </c>
       <c r="K225" s="1"/>
       <c r="L225" s="1" t="s">
-        <v>1258</v>
+        <v>1256</v>
       </c>
       <c r="M225" s="1"/>
       <c r="N225" s="1"/>
       <c r="O225" s="1"/>
       <c r="P225" s="1" t="s">
-        <v>1259</v>
+        <v>1257</v>
       </c>
       <c r="Q225" s="1"/>
       <c r="R225" s="1" t="s">
-        <v>1260</v>
+        <v>1258</v>
       </c>
       <c r="S225" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T225" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U225" s="1" t="s">
-        <v>1261</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="226" spans="1:21">
       <c r="A226" s="1" t="s">
-        <v>1262</v>
+        <v>1260</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>1263</v>
+        <v>1261</v>
       </c>
       <c r="C226" s="1">
         <v>9021</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G226" s="1">
         <v>18</v>
       </c>
       <c r="H226" s="1"/>
       <c r="I226" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J226" s="1"/>
       <c r="K226" s="1"/>
       <c r="L226" s="1" t="s">
-        <v>1264</v>
+        <v>1262</v>
       </c>
       <c r="M226" s="1"/>
       <c r="N226" s="1"/>
       <c r="O226" s="1" t="s">
-        <v>1264</v>
+        <v>1262</v>
       </c>
       <c r="P226" s="1" t="s">
-        <v>1265</v>
+        <v>1263</v>
       </c>
       <c r="Q226" s="1"/>
       <c r="R226" s="1" t="s">
-        <v>1266</v>
+        <v>1264</v>
       </c>
       <c r="S226" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T226" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U226" s="1" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="227" spans="1:21">
       <c r="A227" s="1" t="s">
-        <v>1262</v>
+        <v>1260</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>1263</v>
+        <v>1261</v>
       </c>
       <c r="C227" s="1">
         <v>9001</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E227" s="1"/>
       <c r="F227" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G227" s="1"/>
       <c r="H227" s="1"/>
       <c r="I227" s="1"/>
       <c r="J227" s="1"/>
       <c r="K227" s="1">
         <v>1612</v>
       </c>
       <c r="L227" s="1"/>
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
       <c r="Q227" s="1"/>
       <c r="R227" s="1" t="s">
-        <v>1266</v>
+        <v>1264</v>
       </c>
       <c r="S227" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T227" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U227" s="1" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="228" spans="1:21">
       <c r="A228" s="1" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
       <c r="C228" s="1">
         <v>3501</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E228" s="1"/>
       <c r="F228" s="1"/>
       <c r="G228" s="1"/>
       <c r="H228" s="1"/>
       <c r="I228" s="1"/>
       <c r="J228" s="1"/>
       <c r="K228" s="1" t="s">
-        <v>1270</v>
+        <v>1268</v>
       </c>
       <c r="L228" s="1"/>
       <c r="M228" s="1"/>
       <c r="N228" s="1"/>
       <c r="O228" s="1"/>
       <c r="P228" s="1"/>
       <c r="Q228" s="1"/>
       <c r="R228" s="1" t="s">
-        <v>1271</v>
+        <v>1269</v>
       </c>
       <c r="S228" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T228" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="U228" s="1" t="s">
-        <v>1272</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="229" spans="1:21">
       <c r="A229" s="1" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
       <c r="C229" s="1">
         <v>3600</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>1273</v>
+        <v>1271</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>1274</v>
+        <v>1272</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H229" s="1"/>
       <c r="I229" s="1" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="J229" s="1" t="s">
-        <v>1275</v>
+        <v>1273</v>
       </c>
       <c r="K229" s="1"/>
       <c r="L229" s="1" t="s">
-        <v>1276</v>
+        <v>1274</v>
       </c>
       <c r="M229" s="1"/>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1" t="s">
-        <v>1277</v>
+        <v>1275</v>
       </c>
       <c r="Q229" s="1"/>
       <c r="R229" s="1" t="s">
-        <v>1271</v>
+        <v>1269</v>
       </c>
       <c r="S229" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T229" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="U229" s="1" t="s">
-        <v>1272</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="230" spans="1:21">
       <c r="A230" s="1" t="s">
-        <v>1278</v>
+        <v>1276</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>1279</v>
+        <v>1277</v>
       </c>
       <c r="C230" s="1">
         <v>3300</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>1280</v>
+        <v>1278</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G230" s="1">
         <v>1</v>
       </c>
       <c r="H230" s="1"/>
       <c r="I230" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J230" s="1"/>
       <c r="K230" s="1"/>
       <c r="L230" s="1" t="s">
-        <v>1281</v>
+        <v>1279</v>
       </c>
       <c r="M230" s="1" t="s">
-        <v>1282</v>
+        <v>1280</v>
       </c>
       <c r="N230" s="1"/>
       <c r="O230" s="1"/>
       <c r="P230" s="1" t="s">
-        <v>1283</v>
+        <v>1281</v>
       </c>
       <c r="Q230" s="1"/>
       <c r="R230" s="1" t="s">
-        <v>1284</v>
+        <v>1282</v>
       </c>
       <c r="S230" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T230" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U230" s="1" t="s">
-        <v>1285</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="231" spans="1:21">
       <c r="A231" s="1" t="s">
-        <v>1286</v>
+        <v>1284</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>1287</v>
+        <v>1285</v>
       </c>
       <c r="C231" s="1">
         <v>3527</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="H231" s="1">
         <v>3</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>1288</v>
+        <v>1286</v>
       </c>
       <c r="J231" s="1">
         <v>2</v>
       </c>
       <c r="K231" s="1"/>
       <c r="L231" s="1" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
       <c r="M231" s="1"/>
       <c r="N231" s="1"/>
       <c r="O231" s="1" t="s">
-        <v>1290</v>
+        <v>1288</v>
       </c>
       <c r="P231" s="1" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
       <c r="Q231" s="1"/>
       <c r="R231" s="1" t="s">
-        <v>1292</v>
+        <v>1290</v>
       </c>
       <c r="S231" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T231" s="1" t="s">
-        <v>1293</v>
+        <v>1291</v>
       </c>
       <c r="U231" s="1" t="s">
-        <v>1294</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="232" spans="1:21">
       <c r="A232" s="1" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
       <c r="C232" s="1">
         <v>3525</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>1297</v>
+        <v>1295</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G232" s="1">
         <v>10</v>
       </c>
       <c r="H232" s="1"/>
       <c r="I232" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J232" s="1">
         <v>4</v>
       </c>
       <c r="K232" s="1"/>
       <c r="L232" s="1" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="M232" s="1"/>
       <c r="N232" s="1" t="s">
-        <v>1298</v>
+        <v>1296</v>
       </c>
       <c r="O232" s="1"/>
       <c r="P232" s="1" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="Q232" s="1"/>
       <c r="R232" s="1" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="S232" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T232" s="1" t="s">
-        <v>1300</v>
+        <v>1298</v>
       </c>
       <c r="U232" s="1" t="s">
-        <v>1301</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="233" spans="1:21">
       <c r="A233" s="1" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
       <c r="C233" s="1">
         <v>3625</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>1302</v>
+        <v>1300</v>
       </c>
       <c r="E233" s="1"/>
       <c r="F233" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G233" s="1"/>
       <c r="H233" s="1"/>
       <c r="I233" s="1"/>
       <c r="J233" s="1"/>
       <c r="K233" s="1">
         <v>426</v>
       </c>
       <c r="L233" s="1"/>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1"/>
       <c r="Q233" s="1"/>
       <c r="R233" s="1" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="S233" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T233" s="1" t="s">
-        <v>1300</v>
+        <v>1298</v>
       </c>
       <c r="U233" s="1" t="s">
-        <v>1301</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="234" spans="1:21">
       <c r="A234" s="1" t="s">
-        <v>1303</v>
+        <v>1301</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>1304</v>
+        <v>1302</v>
       </c>
       <c r="C234" s="1">
         <v>8400</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>1305</v>
+        <v>1303</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G234" s="1">
         <v>11</v>
       </c>
       <c r="H234" s="1"/>
       <c r="I234" s="1"/>
       <c r="J234" s="1"/>
       <c r="K234" s="1"/>
       <c r="L234" s="1" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="M234" s="1"/>
       <c r="N234" s="1"/>
       <c r="O234" s="1"/>
       <c r="P234" s="1" t="s">
-        <v>1307</v>
+        <v>1305</v>
       </c>
       <c r="Q234" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="R234" s="1" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="S234" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T234" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U234" s="1" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="235" spans="1:21">
       <c r="A235" s="1" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
       <c r="C235" s="1">
         <v>5101</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="E235" s="1"/>
       <c r="F235" s="1"/>
       <c r="G235" s="1"/>
       <c r="H235" s="1"/>
       <c r="I235" s="1"/>
       <c r="J235" s="1"/>
       <c r="K235" s="1" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="L235" s="1"/>
       <c r="M235" s="1"/>
       <c r="N235" s="1"/>
       <c r="O235" s="1"/>
       <c r="P235" s="1"/>
       <c r="Q235" s="1"/>
       <c r="R235" s="1" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="S235" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T235" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U235" s="1" t="s">
-        <v>1313</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="236" spans="1:21">
       <c r="A236" s="1" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
       <c r="C236" s="1">
         <v>5100</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G236" s="1">
         <v>38</v>
       </c>
       <c r="H236" s="1"/>
       <c r="I236" s="1"/>
       <c r="J236" s="1"/>
       <c r="K236" s="1"/>
       <c r="L236" s="1" t="s">
-        <v>1314</v>
+        <v>1312</v>
       </c>
       <c r="M236" s="1"/>
       <c r="N236" s="1"/>
       <c r="O236" s="1" t="s">
-        <v>1315</v>
+        <v>1313</v>
       </c>
       <c r="P236" s="1" t="s">
-        <v>1316</v>
+        <v>1314</v>
       </c>
       <c r="Q236" s="1"/>
       <c r="R236" s="1" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="S236" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T236" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U236" s="1" t="s">
-        <v>1313</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="237" spans="1:21">
       <c r="A237" s="1" t="s">
-        <v>1317</v>
+        <v>1315</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>1318</v>
+        <v>1316</v>
       </c>
       <c r="C237" s="1">
         <v>7622</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>167</v>
+        <v>70</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G237" s="1">
         <v>1</v>
       </c>
       <c r="H237" s="1"/>
       <c r="I237" s="1"/>
       <c r="J237" s="1"/>
       <c r="K237" s="1"/>
       <c r="L237" s="1" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="M237" s="1"/>
       <c r="N237" s="1"/>
       <c r="O237" s="1" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="P237" s="1" t="s">
-        <v>1321</v>
+        <v>1319</v>
       </c>
       <c r="Q237" s="1"/>
       <c r="R237" s="1" t="s">
-        <v>1322</v>
+        <v>1320</v>
       </c>
       <c r="S237" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T237" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U237" s="1" t="s">
-        <v>1323</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="238" spans="1:21">
       <c r="A238" s="1" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>1325</v>
+        <v>1323</v>
       </c>
       <c r="C238" s="1">
         <v>8900</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="E238" s="1"/>
       <c r="F238" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G238" s="1"/>
       <c r="H238" s="1"/>
       <c r="I238" s="1"/>
       <c r="J238" s="1"/>
       <c r="K238" s="1" t="s">
-        <v>1326</v>
+        <v>1324</v>
       </c>
       <c r="L238" s="1"/>
       <c r="M238" s="1"/>
       <c r="N238" s="1"/>
       <c r="O238" s="1"/>
       <c r="P238" s="1"/>
       <c r="Q238" s="1"/>
       <c r="R238" s="1" t="s">
-        <v>1327</v>
+        <v>1325</v>
       </c>
       <c r="S238" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T238" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U238" s="1" t="s">
-        <v>1328</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="239" spans="1:21">
       <c r="A239" s="1" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>1325</v>
+        <v>1323</v>
       </c>
       <c r="C239" s="1">
         <v>8900</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>1330</v>
+        <v>1328</v>
       </c>
       <c r="H239" s="1"/>
       <c r="I239" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J239" s="1">
         <v>1</v>
       </c>
       <c r="K239" s="1"/>
       <c r="L239" s="1" t="s">
-        <v>1331</v>
+        <v>1329</v>
       </c>
       <c r="M239" s="1"/>
       <c r="N239" s="1"/>
       <c r="O239" s="1"/>
       <c r="P239" s="1" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
       <c r="Q239" s="1"/>
       <c r="R239" s="1" t="s">
-        <v>1327</v>
+        <v>1325</v>
       </c>
       <c r="S239" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T239" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U239" s="1" t="s">
-        <v>1328</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="240" spans="1:21">
       <c r="A240" s="1" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>1334</v>
+        <v>1332</v>
       </c>
       <c r="C240" s="1">
         <v>5400</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>1335</v>
+        <v>1333</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>1336</v>
+        <v>727</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G240" s="1">
         <v>4</v>
       </c>
       <c r="H240" s="1"/>
       <c r="I240" s="1"/>
       <c r="J240" s="1"/>
       <c r="K240" s="1"/>
       <c r="L240" s="1" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="M240" s="1"/>
       <c r="N240" s="1" t="s">
-        <v>1338</v>
+        <v>1335</v>
       </c>
       <c r="O240" s="1" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="P240" s="1" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="Q240" s="1"/>
       <c r="R240" s="1" t="s">
-        <v>1340</v>
+        <v>1337</v>
       </c>
       <c r="S240" s="1" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="T240" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U240" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="241" spans="1:21">
       <c r="A241" s="1" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="C241" s="1">
-        <v>5401</v>
+        <v>6800</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>1335</v>
-[...1 lines deleted...]
-      <c r="E241" s="1"/>
+        <v>1341</v>
+      </c>
+      <c r="E241" s="1" t="s">
+        <v>1342</v>
+      </c>
       <c r="F241" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G241" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G241" s="1">
+        <v>37</v>
+      </c>
       <c r="H241" s="1"/>
       <c r="I241" s="1"/>
       <c r="J241" s="1"/>
-      <c r="K241" s="1">
-[...2 lines deleted...]
-      <c r="L241" s="1"/>
+      <c r="K241" s="1"/>
+      <c r="L241" s="1" t="s">
+        <v>1343</v>
+      </c>
       <c r="M241" s="1"/>
       <c r="N241" s="1"/>
       <c r="O241" s="1"/>
-      <c r="P241" s="1"/>
-      <c r="Q241" s="1"/>
+      <c r="P241" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="Q241" s="1" t="s">
+        <v>1345</v>
+      </c>
       <c r="R241" s="1" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
       <c r="S241" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T241" s="1" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="U241" s="1" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="242" spans="1:21">
       <c r="A242" s="1" t="s">
-        <v>1342</v>
+        <v>1339</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>1343</v>
+        <v>1340</v>
       </c>
       <c r="C242" s="1">
-        <v>6800</v>
+        <v>6801</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>1344</v>
-[...3 lines deleted...]
-      </c>
+        <v>1341</v>
+      </c>
+      <c r="E242" s="1"/>
       <c r="F242" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G242" s="1"/>
       <c r="H242" s="1"/>
       <c r="I242" s="1"/>
       <c r="J242" s="1"/>
-      <c r="K242" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K242" s="1">
+        <v>166</v>
+      </c>
+      <c r="L242" s="1"/>
       <c r="M242" s="1"/>
       <c r="N242" s="1"/>
       <c r="O242" s="1"/>
-      <c r="P242" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="P242" s="1"/>
+      <c r="Q242" s="1"/>
       <c r="R242" s="1" t="s">
-        <v>1349</v>
+        <v>1346</v>
       </c>
       <c r="S242" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T242" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U242" s="1" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="243" spans="1:21">
       <c r="A243" s="1" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
       <c r="C243" s="1">
-        <v>6801</v>
+        <v>4100</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>1344</v>
-[...1 lines deleted...]
-      <c r="E243" s="1"/>
+        <v>1350</v>
+      </c>
+      <c r="E243" s="1" t="s">
+        <v>1351</v>
+      </c>
       <c r="F243" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G243" s="1"/>
+        <v>680</v>
+      </c>
+      <c r="G243" s="1">
+        <v>8</v>
+      </c>
       <c r="H243" s="1"/>
       <c r="I243" s="1"/>
       <c r="J243" s="1"/>
-      <c r="K243" s="1">
-[...2 lines deleted...]
-      <c r="L243" s="1"/>
+      <c r="K243" s="1"/>
+      <c r="L243" s="1" t="s">
+        <v>1352</v>
+      </c>
       <c r="M243" s="1"/>
       <c r="N243" s="1"/>
       <c r="O243" s="1"/>
-      <c r="P243" s="1"/>
+      <c r="P243" s="1" t="s">
+        <v>1353</v>
+      </c>
       <c r="Q243" s="1"/>
       <c r="R243" s="1" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="S243" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T243" s="1" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="U243" s="1" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="244" spans="1:21">
       <c r="A244" s="1" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="C244" s="1">
-        <v>4100</v>
+        <v>4400</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>1353</v>
+        <v>227</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>680</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>1359</v>
       </c>
       <c r="H244" s="1"/>
-      <c r="I244" s="1"/>
-      <c r="J244" s="1"/>
+      <c r="I244" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="J244" s="1">
+        <v>7</v>
+      </c>
       <c r="K244" s="1"/>
       <c r="L244" s="1" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="M244" s="1"/>
       <c r="N244" s="1"/>
-      <c r="O244" s="1"/>
+      <c r="O244" s="1" t="s">
+        <v>1361</v>
+      </c>
       <c r="P244" s="1" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="Q244" s="1"/>
       <c r="R244" s="1" t="s">
-        <v>1357</v>
+        <v>1363</v>
       </c>
       <c r="S244" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T244" s="1" t="s">
-        <v>124</v>
+        <v>216</v>
       </c>
       <c r="U244" s="1" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="245" spans="1:21">
       <c r="A245" s="1" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
       <c r="C245" s="1">
-        <v>4400</v>
+        <v>6713</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>228</v>
-[...9 lines deleted...]
-      </c>
+        <v>1367</v>
+      </c>
+      <c r="E245" s="1"/>
+      <c r="F245" s="1"/>
+      <c r="G245" s="1"/>
       <c r="H245" s="1"/>
-      <c r="I245" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I245" s="1"/>
+      <c r="J245" s="1"/>
+      <c r="K245" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="L245" s="1"/>
       <c r="M245" s="1"/>
       <c r="N245" s="1"/>
-      <c r="O245" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O245" s="1"/>
+      <c r="P245" s="1"/>
       <c r="Q245" s="1"/>
       <c r="R245" s="1" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="S245" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T245" s="1" t="s">
-        <v>217</v>
+        <v>33</v>
       </c>
       <c r="U245" s="1" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="246" spans="1:21">
       <c r="A246" s="1" t="s">
-        <v>1367</v>
+        <v>1365</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>1368</v>
+        <v>1366</v>
       </c>
       <c r="C246" s="1">
-        <v>6713</v>
+        <v>6721</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>1369</v>
-[...3 lines deleted...]
-      <c r="G246" s="1"/>
+        <v>804</v>
+      </c>
+      <c r="E246" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>1372</v>
+      </c>
       <c r="H246" s="1"/>
-      <c r="I246" s="1"/>
-[...4 lines deleted...]
-      <c r="L246" s="1"/>
+      <c r="I246" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="J246" s="1">
+        <v>2</v>
+      </c>
+      <c r="K246" s="1"/>
+      <c r="L246" s="1" t="s">
+        <v>1373</v>
+      </c>
       <c r="M246" s="1"/>
       <c r="N246" s="1"/>
-      <c r="O246" s="1"/>
-      <c r="P246" s="1"/>
+      <c r="O246" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="P246" s="1" t="s">
+        <v>1374</v>
+      </c>
       <c r="Q246" s="1"/>
       <c r="R246" s="1" t="s">
-        <v>1371</v>
+        <v>1369</v>
       </c>
       <c r="S246" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T246" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U246" s="1" t="s">
-        <v>1372</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="247" spans="1:21">
       <c r="A247" s="1" t="s">
-        <v>1367</v>
+        <v>1375</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>1368</v>
+        <v>1376</v>
       </c>
       <c r="C247" s="1">
-        <v>6721</v>
+        <v>8500</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>807</v>
+        <v>1377</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G247" s="1" t="s">
-        <v>1374</v>
+      <c r="G247" s="1">
+        <v>1</v>
       </c>
       <c r="H247" s="1"/>
       <c r="I247" s="1" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>54</v>
+      </c>
+      <c r="J247" s="1" t="s">
+        <v>1379</v>
       </c>
       <c r="K247" s="1"/>
       <c r="L247" s="1" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="M247" s="1"/>
       <c r="N247" s="1"/>
       <c r="O247" s="1" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
       <c r="P247" s="1" t="s">
-        <v>1376</v>
-[...1 lines deleted...]
-      <c r="Q247" s="1"/>
+        <v>1382</v>
+      </c>
+      <c r="Q247" s="1" t="s">
+        <v>1383</v>
+      </c>
       <c r="R247" s="1" t="s">
-        <v>1371</v>
+        <v>1384</v>
       </c>
       <c r="S247" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T247" s="1" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="U247" s="1" t="s">
-        <v>1372</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="248" spans="1:21">
       <c r="A248" s="1" t="s">
-        <v>1377</v>
+        <v>1386</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>1378</v>
+        <v>1387</v>
       </c>
       <c r="C248" s="1">
-        <v>8500</v>
+        <v>2660</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>1379</v>
+        <v>989</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>1380</v>
+        <v>1388</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>76</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>1389</v>
       </c>
       <c r="H248" s="1"/>
-      <c r="I248" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I248" s="1"/>
+      <c r="J248" s="1"/>
       <c r="K248" s="1"/>
       <c r="L248" s="1" t="s">
-        <v>1382</v>
+        <v>1390</v>
       </c>
       <c r="M248" s="1"/>
       <c r="N248" s="1"/>
       <c r="O248" s="1" t="s">
-        <v>1383</v>
+        <v>1391</v>
       </c>
       <c r="P248" s="1" t="s">
-        <v>1384</v>
-[...3 lines deleted...]
-      </c>
+        <v>1392</v>
+      </c>
+      <c r="Q248" s="1"/>
       <c r="R248" s="1" t="s">
-        <v>1386</v>
+        <v>1393</v>
       </c>
       <c r="S248" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T248" s="1" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="U248" s="1" t="s">
-        <v>1387</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="249" spans="1:21">
       <c r="A249" s="1" t="s">
-        <v>1388</v>
+        <v>1386</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>1389</v>
+        <v>1387</v>
       </c>
       <c r="C249" s="1">
-        <v>2660</v>
+        <v>1590</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>992</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="E249" s="1"/>
       <c r="F249" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G249" s="1"/>
       <c r="H249" s="1"/>
       <c r="I249" s="1"/>
       <c r="J249" s="1"/>
-      <c r="K249" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K249" s="1">
+        <v>84</v>
+      </c>
+      <c r="L249" s="1"/>
       <c r="M249" s="1"/>
       <c r="N249" s="1"/>
-      <c r="O249" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O249" s="1"/>
+      <c r="P249" s="1"/>
       <c r="Q249" s="1"/>
       <c r="R249" s="1" t="s">
-        <v>1395</v>
+        <v>1393</v>
       </c>
       <c r="S249" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T249" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U249" s="1" t="s">
-        <v>1396</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="250" spans="1:21">
       <c r="A250" s="1" t="s">
-        <v>1388</v>
+        <v>1395</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>1389</v>
+        <v>1396</v>
       </c>
       <c r="C250" s="1">
-        <v>1590</v>
+        <v>8300</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="E250" s="1"/>
+        <v>1397</v>
+      </c>
+      <c r="E250" s="1" t="s">
+        <v>103</v>
+      </c>
       <c r="F250" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G250" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G250" s="1">
+        <v>6</v>
+      </c>
       <c r="H250" s="1"/>
       <c r="I250" s="1"/>
       <c r="J250" s="1"/>
-      <c r="K250" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="K250" s="1"/>
       <c r="L250" s="1"/>
       <c r="M250" s="1"/>
-      <c r="N250" s="1"/>
+      <c r="N250" s="1" t="s">
+        <v>405</v>
+      </c>
       <c r="O250" s="1"/>
-      <c r="P250" s="1"/>
-      <c r="Q250" s="1"/>
+      <c r="P250" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="Q250" s="1" t="s">
+        <v>407</v>
+      </c>
       <c r="R250" s="1" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
       <c r="S250" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T250" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U250" s="1" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="251" spans="1:21">
       <c r="A251" s="1" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
       <c r="C251" s="1">
-        <v>8300</v>
+        <v>2040</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>1399</v>
-[...9 lines deleted...]
-      </c>
+        <v>1403</v>
+      </c>
+      <c r="E251" s="1"/>
+      <c r="F251" s="1"/>
+      <c r="G251" s="1"/>
       <c r="H251" s="1"/>
       <c r="I251" s="1"/>
       <c r="J251" s="1"/>
-      <c r="K251" s="1"/>
+      <c r="K251" s="1" t="s">
+        <v>1404</v>
+      </c>
       <c r="L251" s="1"/>
       <c r="M251" s="1"/>
-      <c r="N251" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N251" s="1"/>
       <c r="O251" s="1"/>
-      <c r="P251" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="P251" s="1"/>
+      <c r="Q251" s="1"/>
       <c r="R251" s="1" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="S251" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T251" s="1" t="s">
-        <v>33</v>
+        <v>137</v>
       </c>
       <c r="U251" s="1" t="s">
-        <v>1402</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="252" spans="1:21">
       <c r="A252" s="1" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>1404</v>
+        <v>1402</v>
       </c>
       <c r="C252" s="1">
         <v>2040</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>1405</v>
+        <v>1403</v>
       </c>
       <c r="E252" s="1"/>
       <c r="F252" s="1"/>
       <c r="G252" s="1"/>
       <c r="H252" s="1"/>
       <c r="I252" s="1"/>
       <c r="J252" s="1"/>
       <c r="K252" s="1" t="s">
-        <v>1406</v>
+        <v>1404</v>
       </c>
       <c r="L252" s="1"/>
       <c r="M252" s="1"/>
       <c r="N252" s="1"/>
       <c r="O252" s="1"/>
       <c r="P252" s="1"/>
       <c r="Q252" s="1"/>
       <c r="R252" s="1" t="s">
-        <v>1407</v>
+        <v>1405</v>
       </c>
       <c r="S252" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T252" s="1" t="s">
-        <v>138</v>
+        <v>33</v>
       </c>
       <c r="U252" s="1" t="s">
-        <v>1408</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="253" spans="1:21">
       <c r="A253" s="1" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>1404</v>
+        <v>1402</v>
       </c>
       <c r="C253" s="1">
         <v>2040</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>1405</v>
-[...3 lines deleted...]
-      <c r="G253" s="1"/>
+        <v>1403</v>
+      </c>
+      <c r="E253" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F253" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>1407</v>
+      </c>
       <c r="H253" s="1"/>
-      <c r="I253" s="1"/>
-[...4 lines deleted...]
-      <c r="L253" s="1"/>
+      <c r="I253" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="J253" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="K253" s="1"/>
+      <c r="L253" s="1" t="s">
+        <v>1409</v>
+      </c>
       <c r="M253" s="1"/>
       <c r="N253" s="1"/>
-      <c r="O253" s="1"/>
-      <c r="P253" s="1"/>
+      <c r="O253" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="P253" s="1" t="s">
+        <v>1411</v>
+      </c>
       <c r="Q253" s="1"/>
       <c r="R253" s="1" t="s">
-        <v>1407</v>
+        <v>1405</v>
       </c>
       <c r="S253" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T253" s="1" t="s">
-        <v>33</v>
+        <v>137</v>
       </c>
       <c r="U253" s="1" t="s">
-        <v>1408</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="254" spans="1:21">
       <c r="A254" s="1" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>1404</v>
+        <v>1402</v>
       </c>
       <c r="C254" s="1">
         <v>2040</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>1405</v>
+        <v>1403</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>1409</v>
+        <v>1407</v>
       </c>
       <c r="H254" s="1"/>
       <c r="I254" s="1" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="J254" s="1" t="s">
-        <v>1410</v>
+        <v>1408</v>
       </c>
       <c r="K254" s="1"/>
       <c r="L254" s="1" t="s">
-        <v>1411</v>
+        <v>1409</v>
       </c>
       <c r="M254" s="1"/>
       <c r="N254" s="1"/>
       <c r="O254" s="1" t="s">
-        <v>1412</v>
+        <v>1410</v>
       </c>
       <c r="P254" s="1" t="s">
-        <v>1413</v>
+        <v>1411</v>
       </c>
       <c r="Q254" s="1"/>
       <c r="R254" s="1" t="s">
-        <v>1407</v>
+        <v>1405</v>
       </c>
       <c r="S254" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T254" s="1" t="s">
-        <v>138</v>
+        <v>33</v>
       </c>
       <c r="U254" s="1" t="s">
-        <v>1408</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="255" spans="1:21">
       <c r="A255" s="1" t="s">
-        <v>1403</v>
+        <v>1412</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>1404</v>
+        <v>1413</v>
       </c>
       <c r="C255" s="1">
-        <v>2040</v>
+        <v>5440</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>1405</v>
-[...3 lines deleted...]
-      </c>
+        <v>1414</v>
+      </c>
+      <c r="E255" s="1"/>
       <c r="F255" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G255" s="1"/>
       <c r="H255" s="1"/>
-      <c r="I255" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I255" s="1"/>
+      <c r="J255" s="1"/>
+      <c r="K255" s="1">
+        <v>25</v>
+      </c>
+      <c r="L255" s="1"/>
       <c r="M255" s="1"/>
       <c r="N255" s="1"/>
-      <c r="O255" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O255" s="1"/>
+      <c r="P255" s="1"/>
       <c r="Q255" s="1"/>
       <c r="R255" s="1" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
       <c r="S255" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T255" s="1" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="U255" s="1" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="256" spans="1:21">
       <c r="A256" s="1" t="s">
-        <v>1414</v>
+        <v>1412</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="C256" s="1">
         <v>5440</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>1416</v>
-[...1 lines deleted...]
-      <c r="E256" s="1"/>
+        <v>1414</v>
+      </c>
+      <c r="E256" s="1" t="s">
+        <v>1417</v>
+      </c>
       <c r="F256" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-      <c r="L256" s="1"/>
+        <v>76</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H256" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I256" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="J256" s="1">
+        <v>3</v>
+      </c>
+      <c r="K256" s="1"/>
+      <c r="L256" s="1" t="s">
+        <v>1419</v>
+      </c>
       <c r="M256" s="1"/>
       <c r="N256" s="1"/>
       <c r="O256" s="1"/>
-      <c r="P256" s="1"/>
+      <c r="P256" s="1" t="s">
+        <v>1420</v>
+      </c>
       <c r="Q256" s="1"/>
       <c r="R256" s="1" t="s">
-        <v>1417</v>
+        <v>1415</v>
       </c>
       <c r="S256" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T256" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U256" s="1" t="s">
-        <v>1418</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="257" spans="1:21">
       <c r="A257" s="1" t="s">
-        <v>1414</v>
+        <v>1421</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>1415</v>
+        <v>1422</v>
       </c>
       <c r="C257" s="1">
-        <v>5440</v>
+        <v>1042</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>1416</v>
+        <v>23</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>71</v>
+        <v>4</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>1420</v>
-[...3 lines deleted...]
-      </c>
+        <v>1424</v>
+      </c>
+      <c r="H257" s="1"/>
       <c r="I257" s="1" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>186</v>
+      </c>
+      <c r="J257" s="1" t="s">
+        <v>524</v>
       </c>
       <c r="K257" s="1"/>
       <c r="L257" s="1" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="M257" s="1"/>
       <c r="N257" s="1"/>
-      <c r="O257" s="1"/>
+      <c r="O257" s="1" t="s">
+        <v>1426</v>
+      </c>
       <c r="P257" s="1" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="Q257" s="1"/>
       <c r="R257" s="1" t="s">
-        <v>1417</v>
+        <v>1428</v>
       </c>
       <c r="S257" s="1" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="T257" s="1" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="U257" s="1" t="s">
-        <v>1418</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="258" spans="1:21">
       <c r="A258" s="1" t="s">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="C258" s="1">
-        <v>1042</v>
+        <v>7400</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>23</v>
+        <v>238</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>1425</v>
+        <v>694</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G258" s="1" t="s">
-        <v>1426</v>
+      <c r="G258" s="1">
+        <v>2</v>
       </c>
       <c r="H258" s="1"/>
       <c r="I258" s="1" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>525</v>
+        <v>438</v>
+      </c>
+      <c r="J258" s="1">
+        <v>9</v>
       </c>
       <c r="K258" s="1"/>
       <c r="L258" s="1" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="M258" s="1"/>
-      <c r="N258" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N258" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="O258" s="1"/>
       <c r="P258" s="1" t="s">
-        <v>1429</v>
+        <v>1434</v>
       </c>
       <c r="Q258" s="1"/>
       <c r="R258" s="1" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="S258" s="1" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="T258" s="1" t="s">
-        <v>33</v>
+        <v>216</v>
       </c>
       <c r="U258" s="1" t="s">
-        <v>1431</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="259" spans="1:21">
       <c r="A259" s="1" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>1433</v>
+        <v>1438</v>
       </c>
       <c r="C259" s="1">
-        <v>7400</v>
+        <v>4400</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>696</v>
+        <v>1439</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G259" s="1">
-        <v>2</v>
+      <c r="G259" s="1" t="s">
+        <v>1440</v>
       </c>
       <c r="H259" s="1"/>
-      <c r="I259" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I259" s="1"/>
+      <c r="J259" s="1"/>
       <c r="K259" s="1"/>
-      <c r="L259" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L259" s="1"/>
       <c r="M259" s="1"/>
-      <c r="N259" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N259" s="1"/>
       <c r="O259" s="1"/>
-      <c r="P259" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P259" s="1"/>
       <c r="Q259" s="1"/>
       <c r="R259" s="1" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="S259" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T259" s="1" t="s">
-        <v>217</v>
+        <v>73</v>
       </c>
       <c r="U259" s="1" t="s">
-        <v>1438</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="260" spans="1:21">
       <c r="A260" s="1" t="s">
-        <v>1439</v>
+        <v>1437</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>1440</v>
+        <v>1438</v>
       </c>
       <c r="C260" s="1">
         <v>4400</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>228</v>
+        <v>1443</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>1441</v>
+        <v>614</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G260" s="1" t="s">
-        <v>1442</v>
+      <c r="G260" s="1">
+        <v>6</v>
       </c>
       <c r="H260" s="1"/>
       <c r="I260" s="1"/>
       <c r="J260" s="1"/>
       <c r="K260" s="1"/>
       <c r="L260" s="1"/>
       <c r="M260" s="1"/>
-      <c r="N260" s="1"/>
+      <c r="N260" s="1" t="s">
+        <v>1444</v>
+      </c>
       <c r="O260" s="1"/>
-      <c r="P260" s="1"/>
+      <c r="P260" s="1" t="s">
+        <v>1445</v>
+      </c>
       <c r="Q260" s="1"/>
       <c r="R260" s="1" t="s">
-        <v>1443</v>
+        <v>1441</v>
       </c>
       <c r="S260" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T260" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U260" s="1" t="s">
-        <v>1444</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="261" spans="1:21">
       <c r="A261" s="1" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="C261" s="1">
-        <v>4400</v>
+        <v>1146</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>1445</v>
+        <v>23</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>4</v>
+        <v>76</v>
       </c>
       <c r="G261" s="1">
-        <v>6</v>
-[...3 lines deleted...]
-      <c r="J261" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="H261" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="I261" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="J261" s="1">
+        <v>7</v>
+      </c>
       <c r="K261" s="1"/>
-      <c r="L261" s="1"/>
+      <c r="L261" s="1" t="s">
+        <v>1450</v>
+      </c>
       <c r="M261" s="1"/>
-      <c r="N261" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N261" s="1"/>
       <c r="O261" s="1"/>
       <c r="P261" s="1" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="Q261" s="1"/>
       <c r="R261" s="1" t="s">
-        <v>1443</v>
+        <v>1452</v>
       </c>
       <c r="S261" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T261" s="1" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="U261" s="1" t="s">
-        <v>1444</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="262" spans="1:21">
       <c r="A262" s="1" t="s">
-        <v>1449</v>
+        <v>1454</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1450</v>
+        <v>1455</v>
       </c>
       <c r="C262" s="1">
-        <v>1146</v>
+        <v>5700</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>23</v>
+        <v>771</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>1451</v>
+        <v>239</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>71</v>
+        <v>680</v>
       </c>
       <c r="G262" s="1">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="H262" s="1"/>
       <c r="I262" s="1" t="s">
-        <v>287</v>
+        <v>268</v>
       </c>
       <c r="J262" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K262" s="1"/>
       <c r="L262" s="1" t="s">
-        <v>1453</v>
+        <v>1456</v>
       </c>
       <c r="M262" s="1"/>
       <c r="N262" s="1"/>
-      <c r="O262" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="O262" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="P262" s="1"/>
       <c r="Q262" s="1"/>
       <c r="R262" s="1" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="S262" s="1" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="T262" s="1" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="U262" s="1" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="263" spans="1:21">
       <c r="A263" s="1" t="s">
-        <v>1457</v>
+        <v>1454</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1458</v>
+        <v>1455</v>
       </c>
       <c r="C263" s="1">
-        <v>5700</v>
+        <v>5701</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>774</v>
-[...3 lines deleted...]
-      </c>
+        <v>771</v>
+      </c>
+      <c r="E263" s="1"/>
       <c r="F263" s="1" t="s">
-        <v>679</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G263" s="1"/>
       <c r="H263" s="1"/>
-      <c r="I263" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I263" s="1"/>
+      <c r="J263" s="1"/>
+      <c r="K263" s="1">
+        <v>145</v>
+      </c>
+      <c r="L263" s="1"/>
       <c r="M263" s="1"/>
       <c r="N263" s="1"/>
-      <c r="O263" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O263" s="1"/>
       <c r="P263" s="1"/>
       <c r="Q263" s="1"/>
       <c r="R263" s="1" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="S263" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="T263" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U263" s="1" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="264" spans="1:21">
       <c r="A264" s="1" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="C264" s="1">
-        <v>5701</v>
+        <v>5830</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>774</v>
-[...1 lines deleted...]
-      <c r="E264" s="1"/>
+        <v>1461</v>
+      </c>
+      <c r="E264" s="1" t="s">
+        <v>1358</v>
+      </c>
       <c r="F264" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G264" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G264" s="1">
+        <v>24</v>
+      </c>
       <c r="H264" s="1"/>
       <c r="I264" s="1"/>
       <c r="J264" s="1"/>
-      <c r="K264" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="K264" s="1"/>
       <c r="L264" s="1"/>
-      <c r="M264" s="1"/>
-      <c r="N264" s="1"/>
+      <c r="M264" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="N264" s="1" t="s">
+        <v>1463</v>
+      </c>
       <c r="O264" s="1"/>
-      <c r="P264" s="1"/>
+      <c r="P264" s="1" t="s">
+        <v>1464</v>
+      </c>
       <c r="Q264" s="1"/>
       <c r="R264" s="1" t="s">
-        <v>1460</v>
+        <v>1465</v>
       </c>
       <c r="S264" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T264" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U264" s="1" t="s">
-        <v>1461</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="265" spans="1:21">
       <c r="A265" s="1" t="s">
-        <v>1462</v>
+        <v>1459</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
       <c r="C265" s="1">
         <v>8901</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="E265" s="1"/>
       <c r="F265" s="1"/>
       <c r="G265" s="1"/>
       <c r="H265" s="1"/>
       <c r="I265" s="1"/>
       <c r="J265" s="1"/>
       <c r="K265" s="1" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="L265" s="1"/>
       <c r="M265" s="1"/>
       <c r="N265" s="1"/>
       <c r="O265" s="1"/>
       <c r="P265" s="1"/>
       <c r="Q265" s="1"/>
       <c r="R265" s="1" t="s">
         <v>1465</v>
       </c>
       <c r="S265" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T265" s="1" t="s">
-        <v>297</v>
+        <v>73</v>
       </c>
       <c r="U265" s="1" t="s">
         <v>1466</v>
       </c>
     </row>
     <row r="266" spans="1:21">
       <c r="A266" s="1" t="s">
-        <v>1462</v>
+        <v>1468</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1463</v>
+        <v>1469</v>
       </c>
       <c r="C266" s="1">
-        <v>5830</v>
+        <v>1055</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>1467</v>
+        <v>23</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>1361</v>
+        <v>1470</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G266" s="1">
-[...4 lines deleted...]
-      <c r="J266" s="1"/>
+      <c r="G266" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H266" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="I266" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="J266" s="1" t="s">
+        <v>1473</v>
+      </c>
       <c r="K266" s="1"/>
-      <c r="L266" s="1"/>
+      <c r="L266" s="1" t="s">
+        <v>1474</v>
+      </c>
       <c r="M266" s="1"/>
-      <c r="N266" s="1" t="s">
-[...2 lines deleted...]
-      <c r="O266" s="1"/>
+      <c r="N266" s="1"/>
+      <c r="O266" s="1" t="s">
+        <v>1475</v>
+      </c>
       <c r="P266" s="1" t="s">
-        <v>1469</v>
+        <v>1476</v>
       </c>
       <c r="Q266" s="1"/>
       <c r="R266" s="1" t="s">
-        <v>1465</v>
+        <v>1477</v>
       </c>
       <c r="S266" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T266" s="1" t="s">
-        <v>297</v>
+        <v>73</v>
       </c>
       <c r="U266" s="1" t="s">
-        <v>1466</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="267" spans="1:21">
       <c r="A267" s="1" t="s">
-        <v>1470</v>
+        <v>1468</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1471</v>
+        <v>1469</v>
       </c>
       <c r="C267" s="1">
-        <v>1055</v>
+        <v>1396</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E267" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E267" s="1"/>
       <c r="F267" s="1" t="s">
-        <v>4</v>
-[...16 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G267" s="1"/>
+      <c r="H267" s="1"/>
+      <c r="I267" s="1"/>
+      <c r="J267" s="1"/>
+      <c r="K267" s="1">
+        <v>488</v>
+      </c>
+      <c r="L267" s="1"/>
       <c r="M267" s="1"/>
       <c r="N267" s="1"/>
-      <c r="O267" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O267" s="1"/>
+      <c r="P267" s="1"/>
       <c r="Q267" s="1"/>
       <c r="R267" s="1" t="s">
-        <v>1479</v>
+        <v>1477</v>
       </c>
       <c r="S267" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T267" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U267" s="1" t="s">
-        <v>1480</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="268" spans="1:21">
       <c r="A268" s="1" t="s">
-        <v>1470</v>
+        <v>1479</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1471</v>
+        <v>1480</v>
       </c>
       <c r="C268" s="1">
-        <v>1396</v>
+        <v>1390</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E268" s="1"/>
-      <c r="F268" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F268" s="1"/>
       <c r="G268" s="1"/>
       <c r="H268" s="1"/>
       <c r="I268" s="1"/>
       <c r="J268" s="1"/>
-      <c r="K268" s="1">
-        <v>488</v>
+      <c r="K268" s="1" t="s">
+        <v>1481</v>
       </c>
       <c r="L268" s="1"/>
       <c r="M268" s="1"/>
       <c r="N268" s="1"/>
       <c r="O268" s="1"/>
       <c r="P268" s="1"/>
       <c r="Q268" s="1"/>
       <c r="R268" s="1" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="S268" s="1" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="T268" s="1" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="U268" s="1" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="269" spans="1:21">
       <c r="A269" s="1" t="s">
-        <v>1481</v>
+        <v>1479</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
       <c r="C269" s="1">
-        <v>1390</v>
+        <v>1135</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E269" s="1"/>
-[...1 lines deleted...]
-      <c r="G269" s="1"/>
+      <c r="E269" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="F269" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G269" s="1">
+        <v>25</v>
+      </c>
       <c r="H269" s="1"/>
-      <c r="I269" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="I269" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="J269" s="1">
+        <v>2</v>
+      </c>
+      <c r="K269" s="1"/>
       <c r="L269" s="1"/>
       <c r="M269" s="1"/>
-      <c r="N269" s="1"/>
+      <c r="N269" s="1" t="s">
+        <v>1484</v>
+      </c>
       <c r="O269" s="1"/>
-      <c r="P269" s="1"/>
+      <c r="P269" s="1" t="s">
+        <v>1485</v>
+      </c>
       <c r="Q269" s="1"/>
       <c r="R269" s="1" t="s">
-        <v>1484</v>
+        <v>1482</v>
       </c>
       <c r="S269" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T269" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U269" s="1" t="s">
-        <v>1485</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="270" spans="1:21">
       <c r="A270" s="1" t="s">
-        <v>1481</v>
+        <v>1486</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1482</v>
+        <v>1487</v>
       </c>
       <c r="C270" s="1">
-        <v>1135</v>
+        <v>6801</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>1341</v>
+      </c>
+      <c r="E270" s="1"/>
       <c r="F270" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G270" s="1"/>
       <c r="H270" s="1"/>
-      <c r="I270" s="1" t="s">
-[...5 lines deleted...]
-      <c r="K270" s="1"/>
+      <c r="I270" s="1"/>
+      <c r="J270" s="1"/>
+      <c r="K270" s="1">
+        <v>29</v>
+      </c>
       <c r="L270" s="1"/>
       <c r="M270" s="1"/>
-      <c r="N270" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N270" s="1"/>
       <c r="O270" s="1"/>
-      <c r="P270" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P270" s="1"/>
       <c r="Q270" s="1"/>
       <c r="R270" s="1" t="s">
-        <v>1484</v>
+        <v>1488</v>
       </c>
       <c r="S270" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T270" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U270" s="1" t="s">
-        <v>1485</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="271" spans="1:21">
       <c r="A271" s="1" t="s">
-        <v>1488</v>
+        <v>1486</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1489</v>
+        <v>1487</v>
       </c>
       <c r="C271" s="1">
         <v>6800</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>1344</v>
+        <v>1341</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G271" s="1">
         <v>3</v>
       </c>
       <c r="H271" s="1"/>
       <c r="I271" s="1"/>
       <c r="J271" s="1"/>
       <c r="K271" s="1"/>
       <c r="L271" s="1" t="s">
         <v>1490</v>
       </c>
       <c r="M271" s="1"/>
       <c r="N271" s="1"/>
       <c r="O271" s="1" t="s">
         <v>1491</v>
       </c>
       <c r="P271" s="1" t="s">
         <v>1492</v>
       </c>
       <c r="Q271" s="1"/>
       <c r="R271" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="S271" s="1" t="s">
         <v>1493</v>
-      </c>
-[...1 lines deleted...]
-        <v>1494</v>
       </c>
       <c r="T271" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U271" s="1" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="272" spans="1:21">
       <c r="A272" s="1" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1489</v>
+        <v>1495</v>
       </c>
       <c r="C272" s="1">
-        <v>6801</v>
+        <v>6000</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>1344</v>
-[...1 lines deleted...]
-      <c r="E272" s="1"/>
+        <v>1496</v>
+      </c>
+      <c r="E272" s="1" t="s">
+        <v>1497</v>
+      </c>
       <c r="F272" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G272" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G272" s="1">
+        <v>2</v>
+      </c>
       <c r="H272" s="1"/>
-      <c r="I272" s="1"/>
-[...4 lines deleted...]
-      <c r="L272" s="1"/>
+      <c r="I272" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J272" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K272" s="1"/>
+      <c r="L272" s="1" t="s">
+        <v>1500</v>
+      </c>
       <c r="M272" s="1"/>
       <c r="N272" s="1"/>
-      <c r="O272" s="1"/>
-[...1 lines deleted...]
-      <c r="Q272" s="1"/>
+      <c r="O272" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="P272" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="Q272" s="1" t="s">
+        <v>1503</v>
+      </c>
       <c r="R272" s="1" t="s">
-        <v>1493</v>
+        <v>1504</v>
       </c>
       <c r="S272" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T272" s="1" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="U272" s="1" t="s">
-        <v>1495</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="273" spans="1:21">
       <c r="A273" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C273" s="1">
+        <v>6001</v>
+      </c>
+      <c r="D273" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="B273" s="1" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="E273" s="1"/>
       <c r="F273" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G273" s="1"/>
       <c r="H273" s="1"/>
-      <c r="I273" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I273" s="1"/>
+      <c r="J273" s="1"/>
+      <c r="K273" s="1">
+        <v>508</v>
+      </c>
+      <c r="L273" s="1"/>
       <c r="M273" s="1"/>
       <c r="N273" s="1"/>
-      <c r="O273" s="1" t="s">
-[...2 lines deleted...]
-      <c r="P273" s="1" t="s">
+      <c r="O273" s="1"/>
+      <c r="P273" s="1"/>
+      <c r="Q273" s="1"/>
+      <c r="R273" s="1" t="s">
         <v>1504</v>
       </c>
-      <c r="Q273" s="1" t="s">
+      <c r="S273" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="T273" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="U273" s="1" t="s">
         <v>1505</v>
-      </c>
-[...10 lines deleted...]
-        <v>1507</v>
       </c>
     </row>
     <row r="274" spans="1:21">
       <c r="A274" s="1" t="s">
-        <v>1496</v>
+        <v>1506</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1497</v>
+        <v>1507</v>
       </c>
       <c r="C274" s="1">
-        <v>6001</v>
+        <v>2201</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>1498</v>
+        <v>1508</v>
       </c>
       <c r="E274" s="1"/>
       <c r="F274" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G274" s="1"/>
       <c r="H274" s="1"/>
       <c r="I274" s="1"/>
       <c r="J274" s="1"/>
       <c r="K274" s="1">
-        <v>508</v>
+        <v>166</v>
       </c>
       <c r="L274" s="1"/>
       <c r="M274" s="1"/>
       <c r="N274" s="1"/>
       <c r="O274" s="1"/>
       <c r="P274" s="1"/>
       <c r="Q274" s="1"/>
       <c r="R274" s="1" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="S274" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T274" s="1" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="U274" s="1" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="275" spans="1:21">
       <c r="A275" s="1" t="s">
-        <v>1508</v>
+        <v>1506</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1509</v>
+        <v>1507</v>
       </c>
       <c r="C275" s="1">
-        <v>2201</v>
+        <v>1055</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>1510</v>
-[...1 lines deleted...]
-      <c r="E275" s="1"/>
+        <v>23</v>
+      </c>
+      <c r="E275" s="1" t="s">
+        <v>1511</v>
+      </c>
       <c r="F275" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-      <c r="L275" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="H275" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="I275" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="J275" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="K275" s="1"/>
+      <c r="L275" s="1" t="s">
+        <v>1514</v>
+      </c>
       <c r="M275" s="1"/>
       <c r="N275" s="1"/>
       <c r="O275" s="1"/>
-      <c r="P275" s="1"/>
-      <c r="Q275" s="1"/>
+      <c r="P275" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="Q275" s="1" t="s">
+        <v>1516</v>
+      </c>
       <c r="R275" s="1" t="s">
-        <v>1511</v>
+        <v>1509</v>
       </c>
       <c r="S275" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T275" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U275" s="1" t="s">
-        <v>1512</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="276" spans="1:21">
       <c r="A276" s="1" t="s">
-        <v>1508</v>
+        <v>1517</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1509</v>
+        <v>1518</v>
       </c>
       <c r="C276" s="1">
-        <v>1055</v>
+        <v>7622</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>1513</v>
+        <v>1317</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>4</v>
-[...12 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="G276" s="1">
+        <v>1</v>
+      </c>
+      <c r="H276" s="1"/>
+      <c r="I276" s="1"/>
+      <c r="J276" s="1"/>
       <c r="K276" s="1"/>
       <c r="L276" s="1" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
       <c r="M276" s="1"/>
-      <c r="N276" s="1"/>
+      <c r="N276" s="1" t="s">
+        <v>1520</v>
+      </c>
       <c r="O276" s="1"/>
       <c r="P276" s="1" t="s">
-        <v>1517</v>
-[...3 lines deleted...]
-      </c>
+        <v>1521</v>
+      </c>
+      <c r="Q276" s="1"/>
       <c r="R276" s="1" t="s">
-        <v>1511</v>
+        <v>1522</v>
       </c>
       <c r="S276" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T276" s="1" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="U276" s="1" t="s">
-        <v>1512</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="277" spans="1:21">
       <c r="A277" s="1" t="s">
-        <v>1519</v>
+        <v>1517</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1520</v>
+        <v>1518</v>
       </c>
       <c r="C277" s="1">
-        <v>7622</v>
+        <v>7601</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="E277" s="1"/>
       <c r="F277" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G277" s="1"/>
       <c r="H277" s="1"/>
       <c r="I277" s="1"/>
       <c r="J277" s="1"/>
-      <c r="K277" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K277" s="1">
+        <v>336</v>
+      </c>
+      <c r="L277" s="1"/>
       <c r="M277" s="1"/>
-      <c r="N277" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N277" s="1"/>
       <c r="O277" s="1"/>
-      <c r="P277" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P277" s="1"/>
       <c r="Q277" s="1"/>
       <c r="R277" s="1" t="s">
-        <v>1524</v>
+        <v>1522</v>
       </c>
       <c r="S277" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T277" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U277" s="1" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="278" spans="1:21">
       <c r="A278" s="1" t="s">
-        <v>1519</v>
+        <v>1524</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1520</v>
+        <v>1525</v>
       </c>
       <c r="C278" s="1">
-        <v>7601</v>
+        <v>2370</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="E278" s="1"/>
+        <v>1526</v>
+      </c>
+      <c r="E278" s="1" t="s">
+        <v>422</v>
+      </c>
       <c r="F278" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-      <c r="L278" s="1"/>
+        <v>76</v>
+      </c>
+      <c r="G278" s="1">
+        <v>46</v>
+      </c>
+      <c r="H278" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="I278" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="J278" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="K278" s="1"/>
+      <c r="L278" s="1" t="s">
+        <v>1530</v>
+      </c>
       <c r="M278" s="1"/>
       <c r="N278" s="1"/>
-      <c r="O278" s="1"/>
-      <c r="P278" s="1"/>
+      <c r="O278" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="P278" s="1" t="s">
+        <v>1532</v>
+      </c>
       <c r="Q278" s="1"/>
       <c r="R278" s="1" t="s">
-        <v>1524</v>
+        <v>1533</v>
       </c>
       <c r="S278" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T278" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U278" s="1" t="s">
-        <v>1525</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="279" spans="1:21">
       <c r="A279" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C279" s="1">
+        <v>2371</v>
+      </c>
+      <c r="D279" s="1" t="s">
         <v>1526</v>
       </c>
-      <c r="B279" s="1" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="E279" s="1"/>
       <c r="F279" s="1" t="s">
-        <v>71</v>
-[...16 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G279" s="1"/>
+      <c r="H279" s="1"/>
+      <c r="I279" s="1"/>
+      <c r="J279" s="1"/>
+      <c r="K279" s="1">
+        <v>3</v>
+      </c>
+      <c r="L279" s="1"/>
       <c r="M279" s="1"/>
       <c r="N279" s="1"/>
-      <c r="O279" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O279" s="1"/>
+      <c r="P279" s="1"/>
       <c r="Q279" s="1"/>
       <c r="R279" s="1" t="s">
-        <v>1535</v>
+        <v>1533</v>
       </c>
       <c r="S279" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T279" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U279" s="1" t="s">
-        <v>1536</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="280" spans="1:21">
       <c r="A280" s="1" t="s">
-        <v>1526</v>
+        <v>1535</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1527</v>
+        <v>1536</v>
       </c>
       <c r="C280" s="1">
-        <v>2371</v>
+        <v>2800</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>1528</v>
-[...1 lines deleted...]
-      <c r="E280" s="1"/>
+        <v>322</v>
+      </c>
+      <c r="E280" s="1" t="s">
+        <v>1537</v>
+      </c>
       <c r="F280" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G280" s="1"/>
+        <v>76</v>
+      </c>
+      <c r="G280" s="1">
+        <v>28</v>
+      </c>
       <c r="H280" s="1"/>
       <c r="I280" s="1"/>
       <c r="J280" s="1"/>
-      <c r="K280" s="1">
-[...3 lines deleted...]
-      <c r="M280" s="1"/>
+      <c r="K280" s="1"/>
+      <c r="L280" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="M280" s="1" t="s">
+        <v>847</v>
+      </c>
       <c r="N280" s="1"/>
-      <c r="O280" s="1"/>
-      <c r="P280" s="1"/>
+      <c r="O280" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="P280" s="1" t="s">
+        <v>1538</v>
+      </c>
       <c r="Q280" s="1"/>
       <c r="R280" s="1" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="S280" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T280" s="1" t="s">
-        <v>124</v>
+        <v>296</v>
       </c>
       <c r="U280" s="1" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="281" spans="1:21">
       <c r="A281" s="1" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="C281" s="1">
-        <v>2800</v>
+        <v>3062</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      </c>
+        <v>1543</v>
+      </c>
+      <c r="E281" s="1"/>
       <c r="F281" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G281" s="1"/>
       <c r="H281" s="1"/>
       <c r="I281" s="1"/>
       <c r="J281" s="1"/>
-      <c r="K281" s="1"/>
-[...5 lines deleted...]
-      </c>
+      <c r="K281" s="1">
+        <v>1</v>
+      </c>
+      <c r="L281" s="1"/>
+      <c r="M281" s="1"/>
       <c r="N281" s="1"/>
-      <c r="O281" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O281" s="1"/>
+      <c r="P281" s="1"/>
       <c r="Q281" s="1"/>
       <c r="R281" s="1" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="S281" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T281" s="1" t="s">
-        <v>297</v>
+        <v>98</v>
       </c>
       <c r="U281" s="1" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="282" spans="1:21">
       <c r="A282" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C282" s="1">
+        <v>3060</v>
+      </c>
+      <c r="D282" s="1" t="s">
         <v>1543</v>
       </c>
-      <c r="B282" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E282" s="1"/>
+      <c r="E282" s="1" t="s">
+        <v>1546</v>
+      </c>
       <c r="F282" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G282" s="1"/>
+        <v>76</v>
+      </c>
+      <c r="G282" s="1">
+        <v>15</v>
+      </c>
       <c r="H282" s="1"/>
       <c r="I282" s="1"/>
       <c r="J282" s="1"/>
-      <c r="K282" s="1">
-[...2 lines deleted...]
-      <c r="L282" s="1"/>
+      <c r="K282" s="1"/>
+      <c r="L282" s="1" t="s">
+        <v>1547</v>
+      </c>
       <c r="M282" s="1"/>
       <c r="N282" s="1"/>
-      <c r="O282" s="1"/>
-      <c r="P282" s="1"/>
+      <c r="O282" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="P282" s="1" t="s">
+        <v>1548</v>
+      </c>
       <c r="Q282" s="1"/>
       <c r="R282" s="1" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="S282" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="T282" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U282" s="1" t="s">
-        <v>1547</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="283" spans="1:21">
       <c r="A283" s="1" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
       <c r="C283" s="1">
-        <v>3060</v>
+        <v>6000</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>1545</v>
+        <v>1496</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>71</v>
+        <v>4</v>
       </c>
       <c r="G283" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="H283" s="1"/>
       <c r="I283" s="1"/>
       <c r="J283" s="1"/>
       <c r="K283" s="1"/>
       <c r="L283" s="1" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
       <c r="M283" s="1"/>
-      <c r="N283" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N283" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="O283" s="1"/>
       <c r="P283" s="1" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="Q283" s="1"/>
       <c r="R283" s="1" t="s">
-        <v>1546</v>
+        <v>1555</v>
       </c>
       <c r="S283" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T283" s="1" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="U283" s="1" t="s">
-        <v>1547</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="284" spans="1:21">
       <c r="A284" s="1" t="s">
-        <v>1551</v>
+        <v>1549</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1552</v>
+        <v>1550</v>
       </c>
       <c r="C284" s="1">
-        <v>6000</v>
+        <v>6001</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>1498</v>
-[...3 lines deleted...]
-      </c>
+        <v>1496</v>
+      </c>
+      <c r="E284" s="1"/>
       <c r="F284" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G284" s="1"/>
       <c r="H284" s="1"/>
       <c r="I284" s="1"/>
       <c r="J284" s="1"/>
-      <c r="K284" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K284" s="1">
+        <v>568</v>
+      </c>
+      <c r="L284" s="1"/>
       <c r="M284" s="1"/>
-      <c r="N284" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N284" s="1"/>
       <c r="O284" s="1"/>
-      <c r="P284" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P284" s="1"/>
       <c r="Q284" s="1"/>
       <c r="R284" s="1" t="s">
-        <v>1557</v>
+        <v>1555</v>
       </c>
       <c r="S284" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="T284" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U284" s="1" t="s">
-        <v>1558</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="285" spans="1:21">
       <c r="A285" s="1" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1552</v>
+        <v>1558</v>
       </c>
       <c r="C285" s="1">
-        <v>6001</v>
+        <v>2501</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>1498</v>
+        <v>1559</v>
       </c>
       <c r="E285" s="1"/>
       <c r="F285" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G285" s="1"/>
       <c r="H285" s="1"/>
       <c r="I285" s="1"/>
       <c r="J285" s="1"/>
       <c r="K285" s="1">
-        <v>568</v>
+        <v>110</v>
       </c>
       <c r="L285" s="1"/>
       <c r="M285" s="1"/>
       <c r="N285" s="1"/>
       <c r="O285" s="1"/>
       <c r="P285" s="1"/>
       <c r="Q285" s="1"/>
       <c r="R285" s="1" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="S285" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T285" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U285" s="1" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="286" spans="1:21">
       <c r="A286" s="1" t="s">
-        <v>1559</v>
+        <v>1557</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1560</v>
+        <v>1558</v>
       </c>
       <c r="C286" s="1">
         <v>2500</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>1561</v>
+        <v>1559</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="H286" s="1"/>
       <c r="I286" s="1"/>
       <c r="J286" s="1"/>
       <c r="K286" s="1"/>
       <c r="L286" s="1" t="s">
         <v>1562</v>
       </c>
       <c r="M286" s="1"/>
       <c r="N286" s="1"/>
       <c r="O286" s="1"/>
       <c r="P286" s="1" t="s">
         <v>1563</v>
       </c>
       <c r="Q286" s="1"/>
       <c r="R286" s="1" t="s">
-        <v>1564</v>
+        <v>1560</v>
       </c>
       <c r="S286" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T286" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U286" s="1" t="s">
-        <v>1565</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="287" spans="1:21">
       <c r="A287" s="1" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="C287" s="1">
-        <v>2501</v>
+        <v>1146</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>1561</v>
-[...1 lines deleted...]
-      <c r="E287" s="1"/>
+        <v>23</v>
+      </c>
+      <c r="E287" s="1" t="s">
+        <v>1566</v>
+      </c>
       <c r="F287" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G287" s="1"/>
+        <v>76</v>
+      </c>
+      <c r="G287" s="1">
+        <v>174</v>
+      </c>
       <c r="H287" s="1"/>
       <c r="I287" s="1"/>
       <c r="J287" s="1"/>
-      <c r="K287" s="1">
-[...2 lines deleted...]
-      <c r="L287" s="1"/>
+      <c r="K287" s="1"/>
+      <c r="L287" s="1" t="s">
+        <v>1567</v>
+      </c>
       <c r="M287" s="1"/>
       <c r="N287" s="1"/>
-      <c r="O287" s="1"/>
-      <c r="P287" s="1"/>
+      <c r="O287" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="P287" s="1" t="s">
+        <v>1569</v>
+      </c>
       <c r="Q287" s="1"/>
       <c r="R287" s="1" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
       <c r="S287" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T287" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U287" s="1" t="s">
-        <v>1565</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="288" spans="1:21">
       <c r="A288" s="1" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1567</v>
+        <v>1565</v>
       </c>
       <c r="C288" s="1">
-        <v>1146</v>
+        <v>1385</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E288" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E288" s="1"/>
       <c r="F288" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G288" s="1"/>
       <c r="H288" s="1"/>
       <c r="I288" s="1"/>
       <c r="J288" s="1"/>
-      <c r="K288" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K288" s="1">
+        <v>895</v>
+      </c>
+      <c r="L288" s="1"/>
       <c r="M288" s="1"/>
       <c r="N288" s="1"/>
-      <c r="O288" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O288" s="1"/>
+      <c r="P288" s="1"/>
       <c r="Q288" s="1"/>
       <c r="R288" s="1" t="s">
-        <v>1572</v>
+        <v>1570</v>
       </c>
       <c r="S288" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T288" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U288" s="1" t="s">
-        <v>1573</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="289" spans="1:21">
       <c r="A289" s="1" t="s">
-        <v>1566</v>
+        <v>1572</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1567</v>
+        <v>1573</v>
       </c>
       <c r="C289" s="1">
-        <v>1385</v>
+        <v>9600</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>23</v>
+        <v>1574</v>
       </c>
       <c r="E289" s="1"/>
       <c r="F289" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G289" s="1"/>
       <c r="H289" s="1"/>
       <c r="I289" s="1"/>
       <c r="J289" s="1"/>
       <c r="K289" s="1">
-        <v>895</v>
+        <v>29</v>
       </c>
       <c r="L289" s="1"/>
       <c r="M289" s="1"/>
       <c r="N289" s="1"/>
       <c r="O289" s="1"/>
       <c r="P289" s="1"/>
       <c r="Q289" s="1"/>
       <c r="R289" s="1" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="S289" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T289" s="1" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="U289" s="1" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="290" spans="1:21">
       <c r="A290" s="1" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="C290" s="1">
         <v>9600</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="E290" s="1" t="s">
         <v>1577</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G290" s="1">
         <v>28</v>
       </c>
       <c r="H290" s="1"/>
       <c r="I290" s="1"/>
       <c r="J290" s="1"/>
       <c r="K290" s="1"/>
       <c r="L290" s="1" t="s">
         <v>1578</v>
       </c>
       <c r="M290" s="1"/>
       <c r="N290" s="1"/>
       <c r="O290" s="1"/>
       <c r="P290" s="1" t="s">
         <v>1579</v>
       </c>
       <c r="Q290" s="1"/>
       <c r="R290" s="1" t="s">
-        <v>1580</v>
+        <v>1575</v>
       </c>
       <c r="S290" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T290" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U290" s="1" t="s">
-        <v>1581</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="291" spans="1:21">
       <c r="A291" s="1" t="s">
-        <v>1574</v>
+        <v>1580</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1575</v>
+        <v>1581</v>
       </c>
       <c r="C291" s="1">
-        <v>9600</v>
+        <v>8640</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>1576</v>
-[...1 lines deleted...]
-      <c r="E291" s="1"/>
+        <v>1582</v>
+      </c>
+      <c r="E291" s="1" t="s">
+        <v>1583</v>
+      </c>
       <c r="F291" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G291" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>127</v>
+      </c>
       <c r="H291" s="1"/>
-      <c r="I291" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="I291" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="J291" s="1">
+        <v>2</v>
+      </c>
+      <c r="K291" s="1"/>
       <c r="L291" s="1"/>
       <c r="M291" s="1"/>
-      <c r="N291" s="1"/>
+      <c r="N291" s="1" t="s">
+        <v>1585</v>
+      </c>
       <c r="O291" s="1"/>
-      <c r="P291" s="1"/>
+      <c r="P291" s="1" t="s">
+        <v>1586</v>
+      </c>
       <c r="Q291" s="1"/>
       <c r="R291" s="1" t="s">
-        <v>1580</v>
+        <v>1587</v>
       </c>
       <c r="S291" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T291" s="1" t="s">
-        <v>124</v>
+        <v>296</v>
       </c>
       <c r="U291" s="1" t="s">
-        <v>1581</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="292" spans="1:21">
       <c r="A292" s="1" t="s">
-        <v>1582</v>
+        <v>1589</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1583</v>
+        <v>1590</v>
       </c>
       <c r="C292" s="1">
-        <v>8640</v>
+        <v>6501</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>1584</v>
-[...3 lines deleted...]
-      </c>
+        <v>1126</v>
+      </c>
+      <c r="E292" s="1"/>
       <c r="F292" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G292" s="1"/>
       <c r="H292" s="1"/>
-      <c r="I292" s="1" t="s">
-[...5 lines deleted...]
-      <c r="K292" s="1"/>
+      <c r="I292" s="1"/>
+      <c r="J292" s="1"/>
+      <c r="K292" s="1">
+        <v>94</v>
+      </c>
       <c r="L292" s="1"/>
       <c r="M292" s="1"/>
-      <c r="N292" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N292" s="1"/>
       <c r="O292" s="1"/>
-      <c r="P292" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P292" s="1"/>
       <c r="Q292" s="1"/>
       <c r="R292" s="1" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="S292" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T292" s="1" t="s">
-        <v>297</v>
+        <v>33</v>
       </c>
       <c r="U292" s="1" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="293" spans="1:21">
       <c r="A293" s="1" t="s">
-        <v>1591</v>
+        <v>1589</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1592</v>
+        <v>1590</v>
       </c>
       <c r="C293" s="1">
         <v>6500</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="E293" s="1" t="s">
         <v>1593</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G293" s="1" t="s">
         <v>1594</v>
       </c>
       <c r="H293" s="1"/>
       <c r="I293" s="1" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="J293" s="1">
         <v>3</v>
       </c>
       <c r="K293" s="1"/>
       <c r="L293" s="1" t="s">
         <v>1595</v>
       </c>
       <c r="M293" s="1"/>
       <c r="N293" s="1"/>
       <c r="O293" s="1" t="s">
         <v>1596</v>
       </c>
       <c r="P293" s="1" t="s">
         <v>1597</v>
       </c>
       <c r="Q293" s="1" t="s">
         <v>1598</v>
       </c>
       <c r="R293" s="1" t="s">
-        <v>1599</v>
+        <v>1591</v>
       </c>
       <c r="S293" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T293" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U293" s="1" t="s">
-        <v>1600</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="294" spans="1:21">
       <c r="A294" s="1" t="s">
-        <v>1591</v>
+        <v>1599</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1592</v>
+        <v>1600</v>
       </c>
       <c r="C294" s="1">
-        <v>6501</v>
+        <v>1462</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>1129</v>
+        <v>23</v>
       </c>
       <c r="E294" s="1"/>
       <c r="F294" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G294" s="1"/>
       <c r="H294" s="1"/>
       <c r="I294" s="1"/>
       <c r="J294" s="1"/>
       <c r="K294" s="1">
-        <v>94</v>
+        <v>500</v>
       </c>
       <c r="L294" s="1"/>
       <c r="M294" s="1"/>
       <c r="N294" s="1"/>
       <c r="O294" s="1"/>
       <c r="P294" s="1"/>
       <c r="Q294" s="1"/>
       <c r="R294" s="1" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="S294" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T294" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U294" s="1" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="295" spans="1:21">
       <c r="A295" s="1" t="s">
-        <v>1601</v>
+        <v>1599</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1602</v>
+        <v>1600</v>
       </c>
       <c r="C295" s="1">
-        <v>1462</v>
+        <v>1093</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E295" s="1"/>
+      <c r="E295" s="1" t="s">
+        <v>1603</v>
+      </c>
       <c r="F295" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G295" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G295" s="1">
+        <v>17</v>
+      </c>
       <c r="H295" s="1"/>
-      <c r="I295" s="1"/>
-[...4 lines deleted...]
-      <c r="L295" s="1"/>
+      <c r="I295" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="J295" s="1">
+        <v>4</v>
+      </c>
+      <c r="K295" s="1"/>
+      <c r="L295" s="1" t="s">
+        <v>1604</v>
+      </c>
       <c r="M295" s="1"/>
       <c r="N295" s="1"/>
-      <c r="O295" s="1"/>
-[...1 lines deleted...]
-      <c r="Q295" s="1"/>
+      <c r="O295" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="P295" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="Q295" s="1" t="s">
+        <v>1607</v>
+      </c>
       <c r="R295" s="1" t="s">
-        <v>1603</v>
+        <v>1601</v>
       </c>
       <c r="S295" s="1" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="T295" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U295" s="1" t="s">
-        <v>1604</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="296" spans="1:21">
       <c r="A296" s="1" t="s">
-        <v>1601</v>
+        <v>1608</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1602</v>
+        <v>1609</v>
       </c>
       <c r="C296" s="1">
-        <v>1093</v>
+        <v>5400</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>23</v>
+        <v>1333</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>1605</v>
+        <v>394</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G296" s="1">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="H296" s="1"/>
-      <c r="I296" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I296" s="1"/>
+      <c r="J296" s="1"/>
       <c r="K296" s="1"/>
-      <c r="L296" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L296" s="1"/>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
-      <c r="O296" s="1" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="O296" s="1"/>
+      <c r="P296" s="1"/>
+      <c r="Q296" s="1"/>
+      <c r="R296" s="1"/>
       <c r="S296" s="1" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="T296" s="1" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="U296" s="1" t="s">
-        <v>1604</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="297" spans="1:21">
       <c r="A297" s="1" t="s">
-        <v>1610</v>
+        <v>1608</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1611</v>
+        <v>1609</v>
       </c>
       <c r="C297" s="1">
         <v>8000</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>824</v>
+        <v>1611</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G297" s="1" t="s">
-        <v>116</v>
+      <c r="G297" s="1">
+        <v>25</v>
       </c>
       <c r="H297" s="1"/>
-      <c r="I297" s="1"/>
+      <c r="I297" s="1" t="s">
+        <v>1612</v>
+      </c>
       <c r="J297" s="1"/>
       <c r="K297" s="1"/>
-      <c r="L297" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L297" s="1"/>
       <c r="M297" s="1"/>
-      <c r="N297" s="1"/>
+      <c r="N297" s="1" t="s">
+        <v>1613</v>
+      </c>
       <c r="O297" s="1"/>
       <c r="P297" s="1" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="Q297" s="1"/>
-      <c r="R297" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="R297" s="1"/>
       <c r="S297" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T297" s="1" t="s">
-        <v>297</v>
+        <v>73</v>
       </c>
       <c r="U297" s="1" t="s">
-        <v>1615</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="298" spans="1:21">
       <c r="A298" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B298" s="1" t="s">
         <v>1616</v>
-      </c>
-[...1 lines deleted...]
-        <v>1617</v>
       </c>
       <c r="C298" s="1">
         <v>1026</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>1618</v>
+        <v>1617</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1619</v>
+        <v>1618</v>
       </c>
       <c r="H298" s="1"/>
       <c r="I298" s="1" t="s">
-        <v>1620</v>
+        <v>1619</v>
       </c>
       <c r="J298" s="1">
         <v>2</v>
       </c>
       <c r="K298" s="1"/>
       <c r="L298" s="1" t="s">
-        <v>1621</v>
+        <v>1620</v>
       </c>
       <c r="M298" s="1"/>
       <c r="N298" s="1"/>
       <c r="O298" s="1"/>
       <c r="P298" s="1" t="s">
-        <v>1622</v>
+        <v>1621</v>
       </c>
       <c r="Q298" s="1"/>
       <c r="R298" s="1" t="s">
-        <v>1623</v>
+        <v>1622</v>
       </c>
       <c r="S298" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T298" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U298" s="1" t="s">
-        <v>1624</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="299" spans="1:21">
       <c r="A299" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B299" s="1" t="s">
         <v>1616</v>
-      </c>
-[...1 lines deleted...]
-        <v>1617</v>
       </c>
       <c r="C299" s="1">
         <v>1525</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E299" s="1"/>
       <c r="F299" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G299" s="1"/>
       <c r="H299" s="1"/>
       <c r="I299" s="1"/>
       <c r="J299" s="1"/>
       <c r="K299" s="1">
         <v>11</v>
       </c>
       <c r="L299" s="1"/>
       <c r="M299" s="1"/>
       <c r="N299" s="1"/>
       <c r="O299" s="1"/>
       <c r="P299" s="1"/>
       <c r="Q299" s="1"/>
       <c r="R299" s="1" t="s">
-        <v>1623</v>
+        <v>1622</v>
       </c>
       <c r="S299" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T299" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U299" s="1" t="s">
-        <v>1624</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="300" spans="1:21">
       <c r="A300" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B300" s="1" t="s">
         <v>1625</v>
-      </c>
-[...1 lines deleted...]
-        <v>1626</v>
       </c>
       <c r="C300" s="1">
         <v>1388</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E300" s="1"/>
       <c r="F300" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G300" s="1"/>
       <c r="H300" s="1"/>
       <c r="I300" s="1"/>
       <c r="J300" s="1"/>
       <c r="K300" s="1">
         <v>70</v>
       </c>
       <c r="L300" s="1"/>
       <c r="M300" s="1"/>
       <c r="N300" s="1"/>
       <c r="O300" s="1"/>
       <c r="P300" s="1"/>
       <c r="Q300" s="1"/>
       <c r="R300" s="1" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="S300" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T300" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U300" s="1" t="s">
-        <v>1628</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="301" spans="1:21">
       <c r="A301" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B301" s="1" t="s">
         <v>1625</v>
-      </c>
-[...1 lines deleted...]
-        <v>1626</v>
       </c>
       <c r="C301" s="1">
         <v>1135</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="H301" s="1"/>
       <c r="I301" s="1"/>
       <c r="J301" s="1">
         <v>305</v>
       </c>
       <c r="K301" s="1"/>
       <c r="L301" s="1" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="M301" s="1"/>
       <c r="N301" s="1"/>
       <c r="O301" s="1" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
       <c r="P301" s="1" t="s">
-        <v>1629</v>
+        <v>1628</v>
       </c>
       <c r="Q301" s="1"/>
       <c r="R301" s="1" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="S301" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T301" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U301" s="1" t="s">
-        <v>1628</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="302" spans="1:21">
       <c r="A302" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B302" s="1" t="s">
         <v>1630</v>
-      </c>
-[...1 lines deleted...]
-        <v>1631</v>
       </c>
       <c r="C302" s="1">
         <v>1015</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="H302" s="1"/>
       <c r="I302" s="1" t="s">
-        <v>1633</v>
+        <v>1632</v>
       </c>
       <c r="J302" s="1">
         <v>1</v>
       </c>
       <c r="K302" s="1"/>
       <c r="L302" s="1" t="s">
-        <v>1634</v>
+        <v>1633</v>
       </c>
       <c r="M302" s="1"/>
       <c r="N302" s="1"/>
       <c r="O302" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="P302" s="1" t="s">
         <v>1635</v>
-      </c>
-[...1 lines deleted...]
-        <v>1636</v>
       </c>
       <c r="Q302" s="1"/>
       <c r="R302" s="1" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
       <c r="S302" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T302" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U302" s="1" t="s">
-        <v>1638</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="303" spans="1:21">
       <c r="A303" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B303" s="1" t="s">
         <v>1630</v>
-      </c>
-[...1 lines deleted...]
-        <v>1631</v>
       </c>
       <c r="C303" s="1">
         <v>1525</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E303" s="1"/>
       <c r="F303" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G303" s="1"/>
       <c r="H303" s="1"/>
       <c r="I303" s="1"/>
       <c r="J303" s="1"/>
       <c r="K303" s="1">
         <v>124</v>
       </c>
       <c r="L303" s="1"/>
       <c r="M303" s="1"/>
       <c r="N303" s="1"/>
       <c r="O303" s="1"/>
       <c r="P303" s="1"/>
       <c r="Q303" s="1"/>
       <c r="R303" s="1" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
       <c r="S303" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T303" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U303" s="1" t="s">
-        <v>1638</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="304" spans="1:21">
       <c r="A304" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B304" s="1" t="s">
         <v>1639</v>
-      </c>
-[...1 lines deleted...]
-        <v>1640</v>
       </c>
       <c r="C304" s="1">
         <v>1027</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>1641</v>
+        <v>1640</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1642</v>
+        <v>1641</v>
       </c>
       <c r="H304" s="1"/>
       <c r="I304" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J304" s="1" t="s">
         <v>116</v>
       </c>
       <c r="K304" s="1"/>
       <c r="L304" s="1" t="s">
-        <v>1643</v>
+        <v>1642</v>
       </c>
       <c r="M304" s="1"/>
       <c r="N304" s="1"/>
       <c r="O304" s="1"/>
       <c r="P304" s="1" t="s">
-        <v>1644</v>
+        <v>1643</v>
       </c>
       <c r="Q304" s="1"/>
       <c r="R304" s="1" t="s">
-        <v>1645</v>
+        <v>1644</v>
       </c>
       <c r="S304" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T304" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U304" s="1" t="s">
-        <v>1646</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="305" spans="1:21">
       <c r="A305" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B305" s="1" t="s">
         <v>1647</v>
-      </c>
-[...1 lines deleted...]
-        <v>1648</v>
       </c>
       <c r="C305" s="1">
         <v>1041</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G305" s="1">
         <v>8</v>
       </c>
       <c r="H305" s="1"/>
       <c r="I305" s="1"/>
       <c r="J305" s="1"/>
       <c r="K305" s="1"/>
       <c r="L305" s="1" t="s">
-        <v>1649</v>
+        <v>1648</v>
       </c>
       <c r="M305" s="1"/>
       <c r="N305" s="1"/>
       <c r="O305" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="P305" s="1" t="s">
         <v>1650</v>
-      </c>
-[...1 lines deleted...]
-        <v>1651</v>
       </c>
       <c r="Q305" s="1"/>
       <c r="R305" s="1" t="s">
-        <v>1652</v>
+        <v>1651</v>
       </c>
       <c r="S305" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T305" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U305" s="1" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="306" spans="1:21">
       <c r="A306" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B306" s="1" t="s">
         <v>1647</v>
-      </c>
-[...1 lines deleted...]
-        <v>1648</v>
       </c>
       <c r="C306" s="1">
         <v>1325</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E306" s="1"/>
       <c r="F306" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G306" s="1"/>
       <c r="H306" s="1"/>
       <c r="I306" s="1"/>
       <c r="J306" s="1"/>
       <c r="K306" s="1">
         <v>77</v>
       </c>
       <c r="L306" s="1"/>
       <c r="M306" s="1"/>
       <c r="N306" s="1"/>
       <c r="O306" s="1"/>
       <c r="P306" s="1"/>
       <c r="Q306" s="1"/>
       <c r="R306" s="1" t="s">
-        <v>1652</v>
+        <v>1651</v>
       </c>
       <c r="S306" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T306" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U306" s="1" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="307" spans="1:21">
       <c r="A307" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B307" s="1" t="s">
         <v>1654</v>
-      </c>
-[...1 lines deleted...]
-        <v>1655</v>
       </c>
       <c r="C307" s="1">
         <v>4400</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G307" s="1">
         <v>15</v>
       </c>
       <c r="H307" s="1"/>
       <c r="I307" s="1"/>
       <c r="J307" s="1"/>
       <c r="K307" s="1"/>
       <c r="L307" s="1" t="s">
-        <v>1656</v>
+        <v>1655</v>
       </c>
       <c r="M307" s="1"/>
       <c r="N307" s="1"/>
       <c r="O307" s="1"/>
       <c r="P307" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="Q307" s="1" t="s">
         <v>1657</v>
       </c>
-      <c r="Q307" s="1" t="s">
+      <c r="R307" s="1" t="s">
         <v>1658</v>
-      </c>
-[...1 lines deleted...]
-        <v>1659</v>
       </c>
       <c r="S307" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T307" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U307" s="1" t="s">
-        <v>1660</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="308" spans="1:21">
       <c r="A308" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B308" s="1" t="s">
         <v>1661</v>
-      </c>
-[...1 lines deleted...]
-        <v>1662</v>
       </c>
       <c r="C308" s="1">
         <v>4301</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="E308" s="1"/>
       <c r="F308" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G308" s="1"/>
       <c r="H308" s="1"/>
       <c r="I308" s="1"/>
       <c r="J308" s="1"/>
       <c r="K308" s="1">
         <v>130</v>
       </c>
       <c r="L308" s="1"/>
       <c r="M308" s="1"/>
       <c r="N308" s="1"/>
       <c r="O308" s="1"/>
       <c r="P308" s="1"/>
       <c r="Q308" s="1"/>
       <c r="R308" s="1" t="s">
-        <v>1663</v>
+        <v>1662</v>
       </c>
       <c r="S308" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T308" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U308" s="1" t="s">
-        <v>1664</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="309" spans="1:21">
       <c r="A309" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B309" s="1" t="s">
         <v>1661</v>
-      </c>
-[...1 lines deleted...]
-        <v>1662</v>
       </c>
       <c r="C309" s="1">
         <v>4300</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G309" s="1">
         <v>21</v>
       </c>
       <c r="H309" s="1"/>
       <c r="I309" s="1"/>
       <c r="J309" s="1"/>
       <c r="K309" s="1"/>
       <c r="L309" s="1" t="s">
-        <v>1665</v>
+        <v>1664</v>
       </c>
       <c r="M309" s="1"/>
       <c r="N309" s="1"/>
       <c r="O309" s="1"/>
       <c r="P309" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="Q309" s="1" t="s">
         <v>1666</v>
       </c>
-      <c r="Q309" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R309" s="1" t="s">
-        <v>1663</v>
+        <v>1662</v>
       </c>
       <c r="S309" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T309" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U309" s="1" t="s">
-        <v>1664</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="310" spans="1:21">
       <c r="A310" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B310" s="1" t="s">
         <v>1668</v>
       </c>
-      <c r="B310" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C310" s="1">
-        <v>7623</v>
+        <v>7601</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>167</v>
-[...9 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="E310" s="1"/>
+      <c r="F310" s="1"/>
+      <c r="G310" s="1"/>
       <c r="H310" s="1"/>
       <c r="I310" s="1"/>
       <c r="J310" s="1"/>
-      <c r="K310" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K310" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="L310" s="1"/>
       <c r="M310" s="1"/>
       <c r="N310" s="1"/>
-      <c r="O310" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O310" s="1"/>
+      <c r="P310" s="1"/>
       <c r="Q310" s="1"/>
       <c r="R310" s="1" t="s">
-        <v>1672</v>
+        <v>1669</v>
       </c>
       <c r="S310" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T310" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U310" s="1" t="s">
-        <v>1673</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="311" spans="1:21">
       <c r="A311" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B311" s="1" t="s">
         <v>1668</v>
       </c>
-      <c r="B311" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C311" s="1">
-        <v>7601</v>
+        <v>7623</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="E311" s="1"/>
+        <v>70</v>
+      </c>
+      <c r="E311" s="1" t="s">
+        <v>149</v>
+      </c>
       <c r="F311" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G311" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G311" s="1">
+        <v>16</v>
+      </c>
       <c r="H311" s="1"/>
       <c r="I311" s="1"/>
       <c r="J311" s="1"/>
-      <c r="K311" s="1">
-[...2 lines deleted...]
-      <c r="L311" s="1"/>
+      <c r="K311" s="1"/>
+      <c r="L311" s="1" t="s">
+        <v>1671</v>
+      </c>
       <c r="M311" s="1"/>
       <c r="N311" s="1"/>
-      <c r="O311" s="1"/>
-      <c r="P311" s="1"/>
+      <c r="O311" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="P311" s="1" t="s">
+        <v>1672</v>
+      </c>
       <c r="Q311" s="1"/>
       <c r="R311" s="1" t="s">
-        <v>1672</v>
+        <v>1669</v>
       </c>
       <c r="S311" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T311" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U311" s="1" t="s">
-        <v>1673</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="312" spans="1:21">
       <c r="A312" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B312" s="1" t="s">
         <v>1674</v>
-      </c>
-[...1 lines deleted...]
-        <v>1675</v>
       </c>
       <c r="C312" s="1">
         <v>7800</v>
       </c>
       <c r="D312" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="E312" s="1" t="s">
         <v>1676</v>
       </c>
-      <c r="E312" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F312" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G312" s="1">
         <v>13</v>
       </c>
       <c r="H312" s="1"/>
       <c r="I312" s="1"/>
       <c r="J312" s="1"/>
       <c r="K312" s="1"/>
       <c r="L312" s="1" t="s">
-        <v>1678</v>
+        <v>1677</v>
       </c>
       <c r="M312" s="1"/>
       <c r="N312" s="1"/>
       <c r="O312" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="P312" s="1" t="s">
         <v>1679</v>
-      </c>
-[...1 lines deleted...]
-        <v>1680</v>
       </c>
       <c r="Q312" s="1"/>
       <c r="R312" s="1" t="s">
-        <v>1681</v>
+        <v>1680</v>
       </c>
       <c r="S312" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T312" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="U312" s="1" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="313" spans="1:21">
       <c r="A313" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B313" s="1" t="s">
         <v>1683</v>
-      </c>
-[...1 lines deleted...]
-        <v>1684</v>
       </c>
       <c r="C313" s="1">
         <v>6640</v>
       </c>
       <c r="D313" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="E313" s="1" t="s">
         <v>1685</v>
-      </c>
-[...1 lines deleted...]
-        <v>1686</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G313" s="1">
         <v>9</v>
       </c>
       <c r="H313" s="1" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="I313" s="1"/>
       <c r="J313" s="1"/>
       <c r="K313" s="1"/>
       <c r="L313" s="1" t="s">
-        <v>1688</v>
+        <v>1687</v>
       </c>
       <c r="M313" s="1"/>
       <c r="N313" s="1"/>
       <c r="O313" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="P313" s="1" t="s">
         <v>1688</v>
       </c>
-      <c r="P313" s="1" t="s">
+      <c r="Q313" s="1" t="s">
         <v>1689</v>
       </c>
-      <c r="Q313" s="1" t="s">
+      <c r="R313" s="1" t="s">
         <v>1690</v>
-      </c>
-[...1 lines deleted...]
-        <v>1691</v>
       </c>
       <c r="S313" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T313" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U313" s="1" t="s">
-        <v>1692</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="314" spans="1:21">
       <c r="A314" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B314" s="1" t="s">
         <v>1683</v>
-      </c>
-[...1 lines deleted...]
-        <v>1684</v>
       </c>
       <c r="C314" s="1">
         <v>6640</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>1693</v>
+        <v>1692</v>
       </c>
       <c r="E314" s="1"/>
       <c r="F314" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G314" s="1"/>
       <c r="H314" s="1"/>
       <c r="I314" s="1"/>
       <c r="J314" s="1"/>
       <c r="K314" s="1">
         <v>37</v>
       </c>
       <c r="L314" s="1"/>
       <c r="M314" s="1"/>
       <c r="N314" s="1"/>
       <c r="O314" s="1"/>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1" t="s">
-        <v>1691</v>
+        <v>1690</v>
       </c>
       <c r="S314" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T314" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U314" s="1" t="s">
-        <v>1692</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="315" spans="1:21">
       <c r="A315" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B315" s="1" t="s">
         <v>1694</v>
-      </c>
-[...1 lines deleted...]
-        <v>1695</v>
       </c>
       <c r="C315" s="1">
         <v>5521</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="E315" s="1"/>
       <c r="F315" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G315" s="1"/>
       <c r="H315" s="1"/>
       <c r="I315" s="1"/>
       <c r="J315" s="1"/>
       <c r="K315" s="1">
         <v>13</v>
       </c>
       <c r="L315" s="1"/>
       <c r="M315" s="1"/>
       <c r="N315" s="1"/>
       <c r="O315" s="1"/>
       <c r="P315" s="1"/>
       <c r="Q315" s="1"/>
       <c r="R315" s="1" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
       <c r="S315" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T315" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U315" s="1" t="s">
-        <v>1698</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="316" spans="1:21">
       <c r="A316" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B316" s="1" t="s">
         <v>1694</v>
-      </c>
-[...1 lines deleted...]
-        <v>1695</v>
       </c>
       <c r="C316" s="1">
         <v>5520</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>1699</v>
+        <v>1698</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G316" s="1">
         <v>34</v>
       </c>
       <c r="H316" s="1"/>
       <c r="I316" s="1"/>
       <c r="J316" s="1"/>
       <c r="K316" s="1"/>
       <c r="L316" s="1" t="s">
-        <v>1700</v>
+        <v>1699</v>
       </c>
       <c r="M316" s="1"/>
       <c r="N316" s="1"/>
       <c r="O316" s="1"/>
       <c r="P316" s="1" t="s">
-        <v>1701</v>
+        <v>1700</v>
       </c>
       <c r="Q316" s="1"/>
       <c r="R316" s="1" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
       <c r="S316" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T316" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U316" s="1" t="s">
-        <v>1698</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="317" spans="1:21">
       <c r="A317" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B317" s="1" t="s">
         <v>1702</v>
-      </c>
-[...1 lines deleted...]
-        <v>1703</v>
       </c>
       <c r="C317" s="1">
         <v>3700</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>1704</v>
+        <v>1703</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G317" s="1">
         <v>8</v>
       </c>
       <c r="H317" s="1"/>
       <c r="I317" s="1" t="s">
-        <v>1705</v>
+        <v>1704</v>
       </c>
       <c r="J317" s="1">
         <v>4</v>
       </c>
       <c r="K317" s="1"/>
       <c r="L317" s="1" t="s">
-        <v>1706</v>
+        <v>1705</v>
       </c>
       <c r="M317" s="1"/>
       <c r="N317" s="1"/>
       <c r="O317" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P317" s="1" t="s">
         <v>1707</v>
-      </c>
-[...1 lines deleted...]
-        <v>1708</v>
       </c>
       <c r="Q317" s="1"/>
       <c r="R317" s="1" t="s">
-        <v>1709</v>
+        <v>1708</v>
       </c>
       <c r="S317" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T317" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U317" s="1" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="318" spans="1:21">
       <c r="A318" s="1" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B318" s="1" t="s">
         <v>1711</v>
-      </c>
-[...1 lines deleted...]
-        <v>1712</v>
       </c>
       <c r="C318" s="1">
         <v>2200</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>1510</v>
+        <v>1508</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>1713</v>
+        <v>1712</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G318" s="1" t="s">
         <v>1594</v>
       </c>
       <c r="H318" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="I318" s="1"/>
       <c r="J318" s="1"/>
       <c r="K318" s="1"/>
       <c r="L318" s="1" t="s">
-        <v>1714</v>
+        <v>1713</v>
       </c>
       <c r="M318" s="1"/>
       <c r="N318" s="1"/>
       <c r="O318" s="1"/>
       <c r="P318" s="1" t="s">
-        <v>1715</v>
+        <v>1714</v>
       </c>
       <c r="Q318" s="1"/>
       <c r="R318" s="1" t="s">
-        <v>1716</v>
+        <v>1715</v>
       </c>
       <c r="S318" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T318" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U318" s="1" t="s">
-        <v>1717</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="319" spans="1:21">
       <c r="A319" s="1" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B319" s="1" t="s">
         <v>1711</v>
-      </c>
-[...1 lines deleted...]
-        <v>1712</v>
       </c>
       <c r="C319" s="1">
         <v>2201</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>1510</v>
+        <v>1508</v>
       </c>
       <c r="E319" s="1"/>
       <c r="F319" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G319" s="1"/>
       <c r="H319" s="1"/>
       <c r="I319" s="1"/>
       <c r="J319" s="1"/>
       <c r="K319" s="1">
         <v>139</v>
       </c>
       <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1" t="s">
-        <v>1716</v>
+        <v>1715</v>
       </c>
       <c r="S319" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T319" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U319" s="1" t="s">
-        <v>1717</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="320" spans="1:21">
       <c r="A320" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B320" s="1" t="s">
         <v>1718</v>
-      </c>
-[...1 lines deleted...]
-        <v>1719</v>
       </c>
       <c r="C320" s="1">
         <v>9701</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="E320" s="1"/>
       <c r="F320" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G320" s="1"/>
       <c r="H320" s="1"/>
       <c r="I320" s="1"/>
       <c r="J320" s="1"/>
       <c r="K320" s="1">
         <v>150</v>
       </c>
       <c r="L320" s="1"/>
       <c r="M320" s="1"/>
       <c r="N320" s="1"/>
       <c r="O320" s="1"/>
       <c r="P320" s="1"/>
       <c r="Q320" s="1"/>
       <c r="R320" s="1" t="s">
-        <v>1720</v>
+        <v>1719</v>
       </c>
       <c r="S320" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T320" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U320" s="1" t="s">
-        <v>1721</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="321" spans="1:21">
       <c r="A321" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B321" s="1" t="s">
         <v>1718</v>
-      </c>
-[...1 lines deleted...]
-        <v>1719</v>
       </c>
       <c r="C321" s="1">
         <v>9700</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1723</v>
+        <v>1722</v>
       </c>
       <c r="H321" s="1"/>
       <c r="I321" s="1" t="s">
-        <v>1705</v>
+        <v>1704</v>
       </c>
       <c r="J321" s="1">
         <v>10</v>
       </c>
       <c r="K321" s="1"/>
       <c r="L321" s="1" t="s">
-        <v>1724</v>
+        <v>1723</v>
       </c>
       <c r="M321" s="1"/>
       <c r="N321" s="1"/>
       <c r="O321" s="1" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P321" s="1" t="s">
         <v>1725</v>
-      </c>
-[...1 lines deleted...]
-        <v>1726</v>
       </c>
       <c r="Q321" s="1"/>
       <c r="R321" s="1" t="s">
-        <v>1720</v>
+        <v>1719</v>
       </c>
       <c r="S321" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T321" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U321" s="1" t="s">
-        <v>1721</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="322" spans="1:21">
       <c r="A322" s="1" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B322" s="1" t="s">
         <v>1727</v>
-      </c>
-[...1 lines deleted...]
-        <v>1728</v>
       </c>
       <c r="C322" s="1">
         <v>8200</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>1729</v>
+        <v>1728</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H322" s="1"/>
       <c r="I322" s="1"/>
       <c r="J322" s="1"/>
       <c r="K322" s="1"/>
       <c r="L322" s="1" t="s">
-        <v>1730</v>
+        <v>1729</v>
       </c>
       <c r="M322" s="1"/>
       <c r="N322" s="1"/>
       <c r="O322" s="1"/>
       <c r="P322" s="1" t="s">
-        <v>1731</v>
+        <v>1730</v>
       </c>
       <c r="Q322" s="1"/>
       <c r="R322" s="1" t="s">
-        <v>1732</v>
+        <v>1731</v>
       </c>
       <c r="S322" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T322" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U322" s="1" t="s">
-        <v>1733</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="323" spans="1:21">
       <c r="A323" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B323" s="1" t="s">
         <v>1734</v>
-      </c>
-[...1 lines deleted...]
-        <v>1735</v>
       </c>
       <c r="C323" s="1">
         <v>9900</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1736</v>
+        <v>1735</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G323" s="1">
         <v>8</v>
       </c>
       <c r="H323" s="1"/>
       <c r="I323" s="1"/>
       <c r="J323" s="1"/>
       <c r="K323" s="1"/>
       <c r="L323" s="1" t="s">
-        <v>1737</v>
+        <v>1736</v>
       </c>
       <c r="M323" s="1"/>
       <c r="N323" s="1"/>
       <c r="O323" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="P323" s="1" t="s">
         <v>1738</v>
-      </c>
-[...1 lines deleted...]
-        <v>1739</v>
       </c>
       <c r="Q323" s="1"/>
       <c r="R323" s="1" t="s">
-        <v>1740</v>
+        <v>1739</v>
       </c>
       <c r="S323" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T323" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U323" s="1" t="s">
-        <v>1741</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="324" spans="1:21">
       <c r="A324" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B324" s="1" t="s">
         <v>1742</v>
-      </c>
-[...1 lines deleted...]
-        <v>1743</v>
       </c>
       <c r="C324" s="1">
         <v>3800</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>1744</v>
+        <v>1743</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="H324" s="1"/>
       <c r="I324" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J324" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="K324" s="1"/>
       <c r="L324" s="1"/>
       <c r="M324" s="1"/>
       <c r="N324" s="1"/>
       <c r="O324" s="1"/>
       <c r="P324" s="1"/>
       <c r="Q324" s="1"/>
       <c r="R324" s="1" t="s">
-        <v>1745</v>
+        <v>1744</v>
       </c>
       <c r="S324" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T324" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U324" s="1" t="s">
-        <v>1746</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="325" spans="1:21">
       <c r="A325" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B325" s="1" t="s">
         <v>1742</v>
-      </c>
-[...1 lines deleted...]
-        <v>1743</v>
       </c>
       <c r="C325" s="1">
         <v>3860</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1747</v>
+        <v>1746</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1748</v>
+        <v>1747</v>
       </c>
       <c r="H325" s="1"/>
       <c r="I325" s="1" t="s">
-        <v>1749</v>
+        <v>1748</v>
       </c>
       <c r="J325" s="1"/>
       <c r="K325" s="1"/>
       <c r="L325" s="1" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="M325" s="1"/>
       <c r="N325" s="1"/>
       <c r="O325" s="1" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="P325" s="1" t="s">
-        <v>1750</v>
+        <v>1749</v>
       </c>
       <c r="Q325" s="1"/>
       <c r="R325" s="1" t="s">
-        <v>1745</v>
+        <v>1744</v>
       </c>
       <c r="S325" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T325" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U325" s="1" t="s">
-        <v>1746</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="326" spans="1:21">
       <c r="A326" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B326" s="1" t="s">
         <v>1751</v>
-      </c>
-[...1 lines deleted...]
-        <v>1752</v>
       </c>
       <c r="C326" s="1">
         <v>7700</v>
       </c>
       <c r="D326" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="E326" s="1" t="s">
         <v>1753</v>
-      </c>
-[...1 lines deleted...]
-        <v>1754</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G326" s="1">
         <v>28</v>
       </c>
       <c r="H326" s="1"/>
       <c r="I326" s="1"/>
       <c r="J326" s="1"/>
       <c r="K326" s="1"/>
       <c r="L326" s="1" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="M326" s="1"/>
       <c r="N326" s="1"/>
       <c r="O326" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="P326" s="1" t="s">
         <v>1755</v>
-      </c>
-[...1 lines deleted...]
-        <v>1756</v>
       </c>
       <c r="Q326" s="1"/>
       <c r="R326" s="1" t="s">
-        <v>1757</v>
+        <v>1756</v>
       </c>
       <c r="S326" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T326" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U326" s="1" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="327" spans="1:21">
       <c r="A327" s="1" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B327" s="1" t="s">
         <v>1759</v>
-      </c>
-[...1 lines deleted...]
-        <v>1760</v>
       </c>
       <c r="C327" s="1">
         <v>4400</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G327" s="1">
         <v>2</v>
       </c>
       <c r="H327" s="1"/>
       <c r="I327" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J327" s="1">
         <v>2</v>
       </c>
       <c r="K327" s="1"/>
       <c r="L327" s="1" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="M327" s="1"/>
       <c r="N327" s="1"/>
       <c r="O327" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="P327" s="1" t="s">
         <v>1762</v>
-      </c>
-[...1 lines deleted...]
-        <v>1763</v>
       </c>
       <c r="Q327" s="1"/>
       <c r="R327" s="1" t="s">
-        <v>1764</v>
+        <v>1763</v>
       </c>
       <c r="S327" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T327" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U327" s="1" t="s">
-        <v>1765</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="328" spans="1:21">
       <c r="A328" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B328" s="1" t="s">
         <v>1766</v>
-      </c>
-[...1 lines deleted...]
-        <v>1767</v>
       </c>
       <c r="C328" s="1">
         <v>5350</v>
       </c>
       <c r="D328" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="E328" s="1" t="s">
         <v>1768</v>
       </c>
-      <c r="E328" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F328" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1096</v>
+        <v>1093</v>
       </c>
       <c r="H328" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I328" s="1"/>
       <c r="J328" s="1"/>
       <c r="K328" s="1"/>
       <c r="L328" s="1"/>
       <c r="M328" s="1"/>
       <c r="N328" s="1" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="O328" s="1"/>
       <c r="P328" s="1" t="s">
-        <v>1771</v>
+        <v>1770</v>
       </c>
       <c r="Q328" s="1"/>
       <c r="R328" s="1" t="s">
-        <v>1772</v>
+        <v>1771</v>
       </c>
       <c r="S328" s="1" t="s">
         <v>57</v>
       </c>
       <c r="T328" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U328" s="1" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="329" spans="1:21">
       <c r="A329" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B329" s="1" t="s">
         <v>1774</v>
-      </c>
-[...1 lines deleted...]
-        <v>1775</v>
       </c>
       <c r="C329" s="1">
         <v>7500</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>1180</v>
+        <v>1178</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>1776</v>
+        <v>1775</v>
       </c>
       <c r="G329" s="1">
         <v>16</v>
       </c>
       <c r="H329" s="1"/>
       <c r="I329" s="1"/>
       <c r="J329" s="1"/>
       <c r="K329" s="1"/>
       <c r="L329" s="1"/>
       <c r="M329" s="1"/>
       <c r="N329" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="O329" s="1" t="s">
         <v>1777</v>
       </c>
-      <c r="O329" s="1" t="s">
+      <c r="P329" s="1" t="s">
         <v>1778</v>
-      </c>
-[...1 lines deleted...]
-        <v>1779</v>
       </c>
       <c r="Q329" s="1"/>
       <c r="R329" s="1" t="s">
-        <v>1780</v>
+        <v>1779</v>
       </c>
       <c r="S329" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T329" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U329" s="1" t="s">
-        <v>1781</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="330" spans="1:21">
       <c r="A330" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B330" s="1" t="s">
         <v>1774</v>
-      </c>
-[...1 lines deleted...]
-        <v>1775</v>
       </c>
       <c r="C330" s="1">
         <v>7500</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="E330" s="1"/>
       <c r="F330" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G330" s="1"/>
       <c r="H330" s="1"/>
       <c r="I330" s="1"/>
       <c r="J330" s="1"/>
       <c r="K330" s="1">
         <v>10</v>
       </c>
       <c r="L330" s="1"/>
       <c r="M330" s="1"/>
       <c r="N330" s="1"/>
       <c r="O330" s="1"/>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1" t="s">
-        <v>1780</v>
+        <v>1779</v>
       </c>
       <c r="S330" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T330" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U330" s="1" t="s">
-        <v>1781</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="331" spans="1:21">
       <c r="A331" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B331" s="1" t="s">
         <v>1782</v>
-      </c>
-[...1 lines deleted...]
-        <v>1783</v>
       </c>
       <c r="C331" s="1">
         <v>2310</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>1784</v>
+        <v>1783</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G331" s="1">
         <v>16</v>
       </c>
       <c r="H331" s="1"/>
       <c r="I331" s="1"/>
       <c r="J331" s="1"/>
       <c r="K331" s="1"/>
       <c r="L331" s="1" t="s">
-        <v>1785</v>
+        <v>1784</v>
       </c>
       <c r="M331" s="1"/>
       <c r="N331" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="O331" s="1" t="s">
         <v>1786</v>
       </c>
-      <c r="O331" s="1" t="s">
+      <c r="P331" s="1" t="s">
         <v>1787</v>
-      </c>
-[...1 lines deleted...]
-        <v>1788</v>
       </c>
       <c r="Q331" s="1"/>
       <c r="R331" s="1" t="s">
-        <v>1789</v>
+        <v>1788</v>
       </c>
       <c r="S331" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T331" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U331" s="1" t="s">
-        <v>1790</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="332" spans="1:21">
       <c r="A332" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B332" s="1" t="s">
         <v>1791</v>
-      </c>
-[...1 lines deleted...]
-        <v>1792</v>
       </c>
       <c r="C332" s="1">
         <v>2500</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1561</v>
+        <v>1559</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G332" s="1">
         <v>14</v>
       </c>
       <c r="H332" s="1"/>
       <c r="I332" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J332" s="1">
         <v>10</v>
       </c>
       <c r="K332" s="1"/>
       <c r="L332" s="1" t="s">
-        <v>1793</v>
+        <v>1792</v>
       </c>
       <c r="M332" s="1"/>
       <c r="N332" s="1"/>
       <c r="O332" s="1"/>
       <c r="P332" s="1" t="s">
-        <v>1794</v>
+        <v>1793</v>
       </c>
       <c r="Q332" s="1"/>
       <c r="R332" s="1" t="s">
-        <v>1795</v>
+        <v>1794</v>
       </c>
       <c r="S332" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T332" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="U332" s="1" t="s">
-        <v>1796</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="333" spans="1:21">
       <c r="A333" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B333" s="1" t="s">
         <v>1797</v>
-      </c>
-[...1 lines deleted...]
-        <v>1798</v>
       </c>
       <c r="C333" s="1">
         <v>2370</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1528</v>
+        <v>1526</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>1799</v>
+        <v>1798</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G333" s="1">
         <v>11</v>
       </c>
       <c r="H333" s="1"/>
       <c r="I333" s="1"/>
       <c r="J333" s="1"/>
       <c r="K333" s="1"/>
       <c r="L333" s="1" t="s">
-        <v>1800</v>
+        <v>1799</v>
       </c>
       <c r="M333" s="1"/>
       <c r="N333" s="1"/>
       <c r="O333" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="P333" s="1" t="s">
         <v>1800</v>
-      </c>
-[...1 lines deleted...]
-        <v>1801</v>
       </c>
       <c r="Q333" s="1"/>
       <c r="R333" s="1" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
       <c r="S333" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T333" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U333" s="1" t="s">
-        <v>1803</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="334" spans="1:21">
       <c r="A334" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B334" s="1" t="s">
         <v>1804</v>
-      </c>
-[...1 lines deleted...]
-        <v>1805</v>
       </c>
       <c r="C334" s="1">
         <v>5000</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E334" s="1" t="s">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H334" s="1"/>
       <c r="I334" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J334" s="1">
         <v>2</v>
       </c>
       <c r="K334" s="1"/>
       <c r="L334" s="1" t="s">
-        <v>1807</v>
+        <v>1806</v>
       </c>
       <c r="M334" s="1"/>
       <c r="N334" s="1"/>
       <c r="O334" s="1"/>
       <c r="P334" s="1" t="s">
-        <v>1808</v>
+        <v>1807</v>
       </c>
       <c r="Q334" s="1"/>
       <c r="R334" s="1" t="s">
-        <v>1809</v>
+        <v>1808</v>
       </c>
       <c r="S334" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T334" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U334" s="1" t="s">
-        <v>1810</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="335" spans="1:21">
       <c r="A335" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B335" s="1" t="s">
         <v>1804</v>
-      </c>
-[...1 lines deleted...]
-        <v>1805</v>
       </c>
       <c r="C335" s="1">
         <v>5001</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E335" s="1"/>
       <c r="F335" s="1"/>
       <c r="G335" s="1"/>
       <c r="H335" s="1"/>
       <c r="I335" s="1"/>
       <c r="J335" s="1"/>
       <c r="K335" s="1" t="s">
-        <v>1811</v>
+        <v>1810</v>
       </c>
       <c r="L335" s="1"/>
       <c r="M335" s="1"/>
       <c r="N335" s="1"/>
       <c r="O335" s="1"/>
       <c r="P335" s="1"/>
       <c r="Q335" s="1"/>
       <c r="R335" s="1" t="s">
-        <v>1809</v>
+        <v>1808</v>
       </c>
       <c r="S335" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T335" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U335" s="1" t="s">
-        <v>1810</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="336" spans="1:21">
       <c r="A336" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B336" s="1" t="s">
         <v>1812</v>
-      </c>
-[...1 lines deleted...]
-        <v>1813</v>
       </c>
       <c r="C336" s="1">
         <v>3000</v>
       </c>
       <c r="D336" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="E336" s="1" t="s">
         <v>1814</v>
-      </c>
-[...1 lines deleted...]
-        <v>1815</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G336" s="1">
         <v>13</v>
       </c>
       <c r="H336" s="1"/>
       <c r="I336" s="1"/>
       <c r="J336" s="1"/>
       <c r="K336" s="1"/>
       <c r="L336" s="1" t="s">
-        <v>1816</v>
+        <v>1815</v>
       </c>
       <c r="M336" s="1"/>
       <c r="N336" s="1"/>
       <c r="O336" s="1"/>
       <c r="P336" s="1" t="s">
-        <v>1817</v>
+        <v>1816</v>
       </c>
       <c r="Q336" s="1"/>
       <c r="R336" s="1" t="s">
-        <v>1818</v>
+        <v>1817</v>
       </c>
       <c r="S336" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T336" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U336" s="1" t="s">
-        <v>1819</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="337" spans="1:21">
       <c r="A337" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B337" s="1" t="s">
         <v>1812</v>
-      </c>
-[...1 lines deleted...]
-        <v>1813</v>
       </c>
       <c r="C337" s="1">
         <v>3001</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1814</v>
+        <v>1813</v>
       </c>
       <c r="E337" s="1"/>
       <c r="F337" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G337" s="1"/>
       <c r="H337" s="1"/>
       <c r="I337" s="1"/>
       <c r="J337" s="1"/>
       <c r="K337" s="1">
         <v>170</v>
       </c>
       <c r="L337" s="1"/>
       <c r="M337" s="1"/>
       <c r="N337" s="1"/>
       <c r="O337" s="1"/>
       <c r="P337" s="1"/>
       <c r="Q337" s="1"/>
       <c r="R337" s="1" t="s">
-        <v>1818</v>
+        <v>1817</v>
       </c>
       <c r="S337" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T337" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U337" s="1" t="s">
-        <v>1819</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="338" spans="1:21">
       <c r="A338" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B338" s="1" t="s">
         <v>1820</v>
-      </c>
-[...1 lines deleted...]
-        <v>1821</v>
       </c>
       <c r="C338" s="1">
         <v>4025</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G338" s="1">
         <v>52</v>
       </c>
       <c r="H338" s="1"/>
       <c r="I338" s="1"/>
       <c r="J338" s="1"/>
       <c r="K338" s="1"/>
       <c r="L338" s="1" t="s">
-        <v>1822</v>
+        <v>1821</v>
       </c>
       <c r="M338" s="1"/>
       <c r="N338" s="1" t="s">
-        <v>1823</v>
+        <v>1822</v>
       </c>
       <c r="O338" s="1"/>
       <c r="P338" s="1" t="s">
-        <v>1824</v>
+        <v>1823</v>
       </c>
       <c r="Q338" s="1"/>
       <c r="R338" s="1" t="s">
-        <v>1825</v>
+        <v>1824</v>
       </c>
       <c r="S338" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T338" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U338" s="1" t="s">
-        <v>1826</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="339" spans="1:21">
       <c r="A339" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B339" s="1" t="s">
         <v>1820</v>
-      </c>
-[...1 lines deleted...]
-        <v>1821</v>
       </c>
       <c r="C339" s="1">
         <v>4001</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="E339" s="1"/>
       <c r="F339" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G339" s="1"/>
       <c r="H339" s="1"/>
       <c r="I339" s="1"/>
       <c r="J339" s="1"/>
       <c r="K339" s="1">
         <v>133</v>
       </c>
       <c r="L339" s="1"/>
       <c r="M339" s="1"/>
       <c r="N339" s="1"/>
       <c r="O339" s="1"/>
       <c r="P339" s="1"/>
       <c r="Q339" s="1"/>
       <c r="R339" s="1" t="s">
-        <v>1825</v>
+        <v>1824</v>
       </c>
       <c r="S339" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T339" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U339" s="1" t="s">
-        <v>1826</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="340" spans="1:21">
       <c r="A340" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B340" s="1" t="s">
         <v>1827</v>
-      </c>
-[...1 lines deleted...]
-        <v>1828</v>
       </c>
       <c r="C340" s="1">
         <v>7030</v>
       </c>
       <c r="D340" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E340" s="1" t="s">
         <v>1829</v>
       </c>
-      <c r="E340" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F340" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H340" s="1"/>
       <c r="I340" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J340" s="1" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="K340" s="1"/>
       <c r="L340" s="1"/>
       <c r="M340" s="1"/>
       <c r="N340" s="1" t="s">
-        <v>1831</v>
+        <v>1830</v>
       </c>
       <c r="O340" s="1"/>
       <c r="P340" s="1" t="s">
-        <v>1832</v>
+        <v>1831</v>
       </c>
       <c r="Q340" s="1"/>
       <c r="R340" s="1" t="s">
-        <v>1833</v>
+        <v>1832</v>
       </c>
       <c r="S340" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T340" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U340" s="1" t="s">
-        <v>1834</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="341" spans="1:21">
       <c r="A341" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B341" s="1" t="s">
         <v>1827</v>
-      </c>
-[...1 lines deleted...]
-        <v>1828</v>
       </c>
       <c r="C341" s="1">
         <v>1371</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E341" s="1"/>
       <c r="F341" s="1"/>
       <c r="G341" s="1"/>
       <c r="H341" s="1"/>
       <c r="I341" s="1"/>
       <c r="J341" s="1"/>
       <c r="K341" s="1" t="s">
-        <v>1835</v>
+        <v>1834</v>
       </c>
       <c r="L341" s="1"/>
       <c r="M341" s="1"/>
       <c r="N341" s="1"/>
       <c r="O341" s="1"/>
       <c r="P341" s="1"/>
       <c r="Q341" s="1"/>
       <c r="R341" s="1" t="s">
-        <v>1833</v>
+        <v>1832</v>
       </c>
       <c r="S341" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T341" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U341" s="1" t="s">
-        <v>1834</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="342" spans="1:21">
       <c r="A342" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B342" s="1" t="s">
         <v>1836</v>
-      </c>
-[...1 lines deleted...]
-        <v>1837</v>
       </c>
       <c r="C342" s="1">
         <v>3600</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1273</v>
+        <v>1271</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>1838</v>
+        <v>1837</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="H342" s="1"/>
       <c r="I342" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="J342" s="1" t="s">
         <v>1839</v>
-      </c>
-[...1 lines deleted...]
-        <v>1840</v>
       </c>
       <c r="K342" s="1"/>
       <c r="L342" s="1"/>
       <c r="M342" s="1"/>
       <c r="N342" s="1" t="s">
-        <v>1841</v>
+        <v>1840</v>
       </c>
       <c r="O342" s="1"/>
       <c r="P342" s="1" t="s">
-        <v>1842</v>
+        <v>1841</v>
       </c>
       <c r="Q342" s="1"/>
       <c r="R342" s="1" t="s">
-        <v>1843</v>
+        <v>1842</v>
       </c>
       <c r="S342" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T342" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U342" s="1" t="s">
-        <v>1844</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="343" spans="1:21">
       <c r="A343" s="1" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B343" s="1" t="s">
         <v>1845</v>
-      </c>
-[...1 lines deleted...]
-        <v>1846</v>
       </c>
       <c r="C343" s="1">
         <v>3525</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E343" s="1" t="s">
         <v>1577</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1847</v>
+        <v>1846</v>
       </c>
       <c r="H343" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="J343" s="1">
         <v>6</v>
       </c>
       <c r="K343" s="1"/>
       <c r="L343" s="1" t="s">
-        <v>1848</v>
+        <v>1847</v>
       </c>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="P343" s="1" t="s">
         <v>1848</v>
-      </c>
-[...1 lines deleted...]
-        <v>1849</v>
       </c>
       <c r="Q343" s="1"/>
       <c r="R343" s="1" t="s">
-        <v>1850</v>
+        <v>1849</v>
       </c>
       <c r="S343" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T343" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U343" s="1" t="s">
-        <v>1851</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="344" spans="1:21">
       <c r="A344" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B344" s="1" t="s">
         <v>1852</v>
-      </c>
-[...1 lines deleted...]
-        <v>1853</v>
       </c>
       <c r="C344" s="1">
         <v>7570</v>
       </c>
       <c r="D344" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="E344" s="1" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1854</v>
+        <v>1853</v>
       </c>
       <c r="H344" s="1"/>
       <c r="I344" s="1"/>
       <c r="J344" s="1"/>
       <c r="K344" s="1"/>
       <c r="L344" s="1" t="s">
-        <v>1855</v>
+        <v>1854</v>
       </c>
       <c r="M344" s="1"/>
       <c r="N344" s="1"/>
       <c r="O344" s="1" t="s">
+        <v>1855</v>
+      </c>
+      <c r="P344" s="1" t="s">
         <v>1856</v>
-      </c>
-[...1 lines deleted...]
-        <v>1857</v>
       </c>
       <c r="Q344" s="1"/>
       <c r="R344" s="1" t="s">
-        <v>1858</v>
+        <v>1857</v>
       </c>
       <c r="S344" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T344" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U344" s="1" t="s">
-        <v>1859</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="345" spans="1:21">
       <c r="A345" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B345" s="1" t="s">
         <v>1860</v>
-      </c>
-[...1 lines deleted...]
-        <v>1861</v>
       </c>
       <c r="C345" s="1">
         <v>1214</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>1862</v>
+        <v>1861</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
       <c r="H345" s="1"/>
       <c r="I345" s="1" t="s">
-        <v>73</v>
+        <v>1360</v>
       </c>
       <c r="J345" s="1">
         <v>1</v>
       </c>
       <c r="K345" s="1"/>
       <c r="L345" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="M345" s="1" t="s">
         <v>1863</v>
-      </c>
-[...1 lines deleted...]
-        <v>1864</v>
       </c>
       <c r="N345" s="1"/>
       <c r="O345" s="1"/>
       <c r="P345" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="Q345" s="1" t="s">
         <v>1865</v>
       </c>
-      <c r="Q345" s="1" t="s">
+      <c r="R345" s="1" t="s">
         <v>1866</v>
-      </c>
-[...1 lines deleted...]
-        <v>1867</v>
       </c>
       <c r="S345" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T345" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U345" s="1" t="s">
-        <v>1868</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="346" spans="1:21">
       <c r="A346" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B346" s="1" t="s">
         <v>1860</v>
-      </c>
-[...1 lines deleted...]
-        <v>1861</v>
       </c>
       <c r="C346" s="1">
         <v>1214</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>1862</v>
+        <v>1861</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
       <c r="H346" s="1"/>
       <c r="I346" s="1" t="s">
-        <v>73</v>
+        <v>1360</v>
       </c>
       <c r="J346" s="1">
         <v>1</v>
       </c>
       <c r="K346" s="1"/>
       <c r="L346" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="M346" s="1" t="s">
         <v>1863</v>
-      </c>
-[...1 lines deleted...]
-        <v>1864</v>
       </c>
       <c r="N346" s="1"/>
       <c r="O346" s="1"/>
       <c r="P346" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="Q346" s="1" t="s">
         <v>1865</v>
       </c>
-      <c r="Q346" s="1" t="s">
+      <c r="R346" s="1" t="s">
         <v>1866</v>
-      </c>
-[...1 lines deleted...]
-        <v>1867</v>
       </c>
       <c r="S346" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T346" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U346" s="1" t="s">
-        <v>1869</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="347" spans="1:21">
       <c r="A347" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B347" s="1" t="s">
         <v>1860</v>
-      </c>
-[...1 lines deleted...]
-        <v>1861</v>
       </c>
       <c r="C347" s="1">
         <v>1387</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E347" s="1"/>
       <c r="F347" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G347" s="1"/>
       <c r="H347" s="1"/>
       <c r="I347" s="1"/>
       <c r="J347" s="1"/>
       <c r="K347" s="1">
         <v>25</v>
       </c>
       <c r="L347" s="1"/>
       <c r="M347" s="1"/>
       <c r="N347" s="1"/>
       <c r="O347" s="1"/>
       <c r="P347" s="1"/>
       <c r="Q347" s="1"/>
       <c r="R347" s="1" t="s">
-        <v>1867</v>
+        <v>1866</v>
       </c>
       <c r="S347" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T347" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U347" s="1" t="s">
-        <v>1868</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="348" spans="1:21">
       <c r="A348" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B348" s="1" t="s">
         <v>1860</v>
-      </c>
-[...1 lines deleted...]
-        <v>1861</v>
       </c>
       <c r="C348" s="1">
         <v>1387</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E348" s="1"/>
       <c r="F348" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G348" s="1"/>
       <c r="H348" s="1"/>
       <c r="I348" s="1"/>
       <c r="J348" s="1"/>
       <c r="K348" s="1">
         <v>25</v>
       </c>
       <c r="L348" s="1"/>
       <c r="M348" s="1"/>
       <c r="N348" s="1"/>
       <c r="O348" s="1"/>
       <c r="P348" s="1"/>
       <c r="Q348" s="1"/>
       <c r="R348" s="1" t="s">
-        <v>1867</v>
+        <v>1866</v>
       </c>
       <c r="S348" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T348" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U348" s="1" t="s">
-        <v>1869</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="349" spans="1:21">
       <c r="A349" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B349" s="1" t="s">
         <v>1870</v>
-      </c>
-[...1 lines deleted...]
-        <v>1871</v>
       </c>
       <c r="C349" s="1">
         <v>8420</v>
       </c>
       <c r="D349" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E349" s="1" t="s">
         <v>1872</v>
-      </c>
-[...1 lines deleted...]
-        <v>1873</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G349" s="1">
         <v>2</v>
       </c>
       <c r="H349" s="1"/>
       <c r="I349" s="1"/>
       <c r="J349" s="1"/>
       <c r="K349" s="1"/>
       <c r="L349" s="1" t="s">
-        <v>1874</v>
+        <v>1873</v>
       </c>
       <c r="M349" s="1"/>
       <c r="N349" s="1"/>
       <c r="O349" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="P349" s="1" t="s">
         <v>1875</v>
-      </c>
-[...1 lines deleted...]
-        <v>1876</v>
       </c>
       <c r="Q349" s="1"/>
       <c r="R349" s="1" t="s">
-        <v>1877</v>
+        <v>1876</v>
       </c>
       <c r="S349" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T349" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U349" s="1" t="s">
-        <v>1878</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="350" spans="1:21">
       <c r="A350" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B350" s="1" t="s">
         <v>1870</v>
-      </c>
-[...1 lines deleted...]
-        <v>1871</v>
       </c>
       <c r="C350" s="1">
         <v>8421</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1872</v>
+        <v>1871</v>
       </c>
       <c r="E350" s="1"/>
       <c r="F350" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G350" s="1"/>
       <c r="H350" s="1"/>
       <c r="I350" s="1"/>
       <c r="J350" s="1"/>
       <c r="K350" s="1">
         <v>74</v>
       </c>
       <c r="L350" s="1"/>
       <c r="M350" s="1"/>
       <c r="N350" s="1"/>
       <c r="O350" s="1"/>
       <c r="P350" s="1"/>
       <c r="Q350" s="1"/>
       <c r="R350" s="1" t="s">
-        <v>1877</v>
+        <v>1876</v>
       </c>
       <c r="S350" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T350" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U350" s="1" t="s">
-        <v>1878</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="351" spans="1:21">
       <c r="A351" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B351" s="1" t="s">
         <v>1879</v>
-      </c>
-[...1 lines deleted...]
-        <v>1880</v>
       </c>
       <c r="C351" s="1">
         <v>4700</v>
       </c>
       <c r="D351" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="E351" s="1" t="s">
         <v>1881</v>
       </c>
-      <c r="E351" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F351" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G351" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H351" s="1"/>
       <c r="I351" s="1"/>
       <c r="J351" s="1"/>
       <c r="K351" s="1"/>
       <c r="L351" s="1" t="s">
-        <v>1883</v>
+        <v>1882</v>
       </c>
       <c r="M351" s="1"/>
       <c r="N351" s="1"/>
       <c r="O351" s="1"/>
       <c r="P351" s="1" t="s">
-        <v>1884</v>
+        <v>1883</v>
       </c>
       <c r="Q351" s="1"/>
       <c r="R351" s="1" t="s">
-        <v>1885</v>
+        <v>1884</v>
       </c>
       <c r="S351" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T351" s="1" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="U351" s="1" t="s">
-        <v>1886</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="352" spans="1:21">
       <c r="A352" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B352" s="1" t="s">
         <v>1879</v>
-      </c>
-[...1 lines deleted...]
-        <v>1880</v>
       </c>
       <c r="C352" s="1">
         <v>4001</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="E352" s="1"/>
       <c r="F352" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G352" s="1"/>
       <c r="H352" s="1"/>
       <c r="I352" s="1"/>
       <c r="J352" s="1"/>
       <c r="K352" s="1">
         <v>23</v>
       </c>
       <c r="L352" s="1"/>
       <c r="M352" s="1"/>
       <c r="N352" s="1"/>
       <c r="O352" s="1"/>
       <c r="P352" s="1"/>
       <c r="Q352" s="1"/>
       <c r="R352" s="1" t="s">
-        <v>1885</v>
+        <v>1884</v>
       </c>
       <c r="S352" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T352" s="1" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="U352" s="1" t="s">
-        <v>1886</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="353" spans="1:21">
       <c r="A353" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B353" s="1" t="s">
         <v>1887</v>
-      </c>
-[...1 lines deleted...]
-        <v>1888</v>
       </c>
       <c r="C353" s="1">
         <v>4700</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1881</v>
+        <v>1880</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>1889</v>
+        <v>1888</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G353" s="1">
         <v>41</v>
       </c>
       <c r="H353" s="1"/>
       <c r="I353" s="1"/>
       <c r="J353" s="1"/>
       <c r="K353" s="1"/>
       <c r="L353" s="1" t="s">
-        <v>1890</v>
+        <v>1889</v>
       </c>
       <c r="M353" s="1"/>
       <c r="N353" s="1"/>
       <c r="O353" s="1"/>
       <c r="P353" s="1" t="s">
-        <v>1891</v>
+        <v>1890</v>
       </c>
       <c r="Q353" s="1"/>
       <c r="R353" s="1" t="s">
-        <v>1892</v>
+        <v>1891</v>
       </c>
       <c r="S353" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T353" s="1" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="U353" s="1" t="s">
-        <v>1893</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="354" spans="1:21">
       <c r="A354" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B354" s="1" t="s">
         <v>1894</v>
-      </c>
-[...1 lines deleted...]
-        <v>1895</v>
       </c>
       <c r="C354" s="1">
         <v>2750</v>
       </c>
       <c r="D354" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="E354" s="1" t="s">
         <v>1896</v>
       </c>
-      <c r="E354" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F354" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G354" s="1">
         <v>42</v>
       </c>
       <c r="H354" s="1"/>
       <c r="I354" s="1"/>
       <c r="J354" s="1"/>
       <c r="K354" s="1"/>
       <c r="L354" s="1"/>
       <c r="M354" s="1" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="N354" s="1" t="s">
-        <v>1898</v>
+        <v>1897</v>
       </c>
       <c r="O354" s="1"/>
       <c r="P354" s="1" t="s">
-        <v>1899</v>
+        <v>1898</v>
       </c>
       <c r="Q354" s="1"/>
       <c r="R354" s="1" t="s">
-        <v>1900</v>
+        <v>1899</v>
       </c>
       <c r="S354" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T354" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U354" s="1" t="s">
-        <v>1901</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="355" spans="1:21">
       <c r="A355" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B355" s="1" t="s">
         <v>1902</v>
-      </c>
-[...1 lines deleted...]
-        <v>1903</v>
       </c>
       <c r="C355" s="1">
         <v>4001</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="E355" s="1"/>
       <c r="F355" s="1"/>
       <c r="G355" s="1"/>
       <c r="H355" s="1"/>
       <c r="I355" s="1"/>
       <c r="J355" s="1"/>
       <c r="K355" s="1" t="s">
-        <v>1904</v>
+        <v>1903</v>
       </c>
       <c r="L355" s="1"/>
       <c r="M355" s="1"/>
       <c r="N355" s="1"/>
       <c r="O355" s="1"/>
       <c r="P355" s="1"/>
       <c r="Q355" s="1"/>
       <c r="R355" s="1" t="s">
-        <v>1905</v>
+        <v>1904</v>
       </c>
       <c r="S355" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T355" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U355" s="1" t="s">
-        <v>1906</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="356" spans="1:21">
       <c r="A356" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B356" s="1" t="s">
         <v>1902</v>
-      </c>
-[...1 lines deleted...]
-        <v>1903</v>
       </c>
       <c r="C356" s="1">
         <v>2200</v>
       </c>
       <c r="D356" s="1" t="s">
+        <v>1906</v>
+      </c>
+      <c r="E356" s="1" t="s">
         <v>1907</v>
-      </c>
-[...1 lines deleted...]
-        <v>1908</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="H356" s="1"/>
       <c r="I356" s="1"/>
       <c r="J356" s="1"/>
       <c r="K356" s="1"/>
       <c r="L356" s="1"/>
       <c r="M356" s="1"/>
       <c r="N356" s="1" t="s">
-        <v>1909</v>
+        <v>1908</v>
       </c>
       <c r="O356" s="1"/>
       <c r="P356" s="1" t="s">
-        <v>1910</v>
+        <v>1909</v>
       </c>
       <c r="Q356" s="1"/>
       <c r="R356" s="1" t="s">
-        <v>1905</v>
+        <v>1904</v>
       </c>
       <c r="S356" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T356" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U356" s="1" t="s">
-        <v>1906</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="357" spans="1:21">
       <c r="A357" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B357" s="1" t="s">
         <v>1911</v>
-      </c>
-[...1 lines deleted...]
-        <v>1912</v>
       </c>
       <c r="C357" s="1">
         <v>8960</v>
       </c>
       <c r="D357" s="1" t="s">
+        <v>1912</v>
+      </c>
+      <c r="E357" s="1" t="s">
         <v>1913</v>
-      </c>
-[...1 lines deleted...]
-        <v>1914</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1915</v>
+        <v>1914</v>
       </c>
       <c r="H357" s="1"/>
       <c r="I357" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J357" s="1">
         <v>4</v>
       </c>
       <c r="K357" s="1"/>
       <c r="L357" s="1" t="s">
-        <v>1916</v>
+        <v>1915</v>
       </c>
       <c r="M357" s="1"/>
       <c r="N357" s="1"/>
       <c r="O357" s="1"/>
       <c r="P357" s="1" t="s">
-        <v>1917</v>
+        <v>1916</v>
       </c>
       <c r="Q357" s="1"/>
       <c r="R357" s="1" t="s">
-        <v>1918</v>
+        <v>1917</v>
       </c>
       <c r="S357" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T357" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U357" s="1" t="s">
-        <v>1919</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="358" spans="1:21">
       <c r="A358" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B358" s="1" t="s">
         <v>1920</v>
-      </c>
-[...1 lines deleted...]
-        <v>1921</v>
       </c>
       <c r="C358" s="1">
         <v>4900</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1922</v>
+        <v>1921</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>1889</v>
+        <v>1888</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G358" s="1">
         <v>38</v>
       </c>
       <c r="H358" s="1"/>
       <c r="I358" s="1"/>
       <c r="J358" s="1"/>
       <c r="K358" s="1"/>
       <c r="L358" s="1"/>
       <c r="M358" s="1"/>
       <c r="N358" s="1"/>
       <c r="O358" s="1"/>
       <c r="P358" s="1"/>
       <c r="Q358" s="1"/>
       <c r="R358" s="1" t="s">
-        <v>1923</v>
+        <v>1922</v>
       </c>
       <c r="S358" s="1" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
       <c r="T358" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U358" s="1" t="s">
-        <v>1924</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="359" spans="1:21">
       <c r="A359" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B359" s="1" t="s">
         <v>1920</v>
-      </c>
-[...1 lines deleted...]
-        <v>1921</v>
       </c>
       <c r="C359" s="1">
         <v>4701</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1881</v>
+        <v>1880</v>
       </c>
       <c r="E359" s="1"/>
       <c r="F359" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G359" s="1"/>
       <c r="H359" s="1"/>
       <c r="I359" s="1"/>
       <c r="J359" s="1"/>
       <c r="K359" s="1">
         <v>75</v>
       </c>
       <c r="L359" s="1"/>
       <c r="M359" s="1"/>
       <c r="N359" s="1"/>
       <c r="O359" s="1"/>
       <c r="P359" s="1"/>
       <c r="Q359" s="1"/>
       <c r="R359" s="1" t="s">
-        <v>1923</v>
+        <v>1922</v>
       </c>
       <c r="S359" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T359" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U359" s="1" t="s">
-        <v>1924</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="360" spans="1:21">
       <c r="A360" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B360" s="1" t="s">
         <v>1920</v>
-      </c>
-[...1 lines deleted...]
-        <v>1921</v>
       </c>
       <c r="C360" s="1">
         <v>4900</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1922</v>
+        <v>1921</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>1889</v>
+        <v>1888</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1925</v>
+        <v>1924</v>
       </c>
       <c r="H360" s="1"/>
       <c r="I360" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J360" s="1">
         <v>3</v>
       </c>
       <c r="K360" s="1"/>
       <c r="L360" s="1"/>
       <c r="M360" s="1"/>
       <c r="N360" s="1" t="s">
-        <v>1926</v>
+        <v>1925</v>
       </c>
       <c r="O360" s="1"/>
       <c r="P360" s="1" t="s">
-        <v>1927</v>
+        <v>1926</v>
       </c>
       <c r="Q360" s="1"/>
       <c r="R360" s="1" t="s">
-        <v>1923</v>
+        <v>1922</v>
       </c>
       <c r="S360" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T360" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U360" s="1" t="s">
-        <v>1924</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="361" spans="1:21">
       <c r="A361" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B361" s="1" t="s">
         <v>1928</v>
-      </c>
-[...1 lines deleted...]
-        <v>1929</v>
       </c>
       <c r="C361" s="1">
         <v>6090</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1930</v>
+        <v>1929</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1931</v>
+        <v>1930</v>
       </c>
       <c r="H361" s="1"/>
       <c r="I361" s="1"/>
       <c r="J361" s="1"/>
       <c r="K361" s="1"/>
       <c r="L361" s="1" t="s">
-        <v>1932</v>
+        <v>1931</v>
       </c>
       <c r="M361" s="1"/>
       <c r="N361" s="1"/>
       <c r="O361" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="P361" s="1" t="s">
         <v>1932</v>
-      </c>
-[...1 lines deleted...]
-        <v>1933</v>
       </c>
       <c r="Q361" s="1"/>
       <c r="R361" s="1" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
       <c r="S361" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T361" s="1" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="U361" s="1" t="s">
-        <v>1935</v>
+        <v>1934</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:U1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>