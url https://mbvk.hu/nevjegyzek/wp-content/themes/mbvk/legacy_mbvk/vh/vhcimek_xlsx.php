--- v2 (2025-12-04)
+++ v3 (2025-12-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="cimek" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'cimek'!$A$1:$U$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1935">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1932">
   <si>
     <t>jelveny</t>
   </si>
   <si>
     <t>nev</t>
   </si>
   <si>
     <t>irsz</t>
   </si>
   <si>
     <t>helyseg</t>
   </si>
   <si>
     <t>utca</t>
   </si>
   <si>
     <t>kozterulettipus</t>
   </si>
   <si>
     <t>hsz</t>
   </si>
   <si>
     <t>epulet</t>
   </si>
   <si>
@@ -226,4847 +226,4844 @@
   <si>
     <t>+36-27-540-028</t>
   </si>
   <si>
     <t>+36-27-540-029</t>
   </si>
   <si>
     <t>vh.0009@mbvk.hu</t>
   </si>
   <si>
     <t>http://drzoltanhunor.hu/</t>
   </si>
   <si>
     <t>VH0009;343904716</t>
   </si>
   <si>
     <t>10102244-59718200-02000000</t>
   </si>
   <si>
     <t>0012</t>
   </si>
   <si>
     <t>Szabó Gábor Péter  dr.</t>
   </si>
   <si>
+    <t>Pf.: 75.</t>
+  </si>
+  <si>
+    <t>ZAVHI; 458067128</t>
+  </si>
+  <si>
+    <t>K&amp;H Bank Zrt.</t>
+  </si>
+  <si>
+    <t>10402427-50526865-66561016</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>ut</t>
+  </si>
+  <si>
+    <t>2. em.</t>
+  </si>
+  <si>
+    <t>+36-1-555-6028</t>
+  </si>
+  <si>
+    <t>vh.0012@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0014</t>
+  </si>
+  <si>
+    <t>Hausz Dezső  dr.</t>
+  </si>
+  <si>
+    <t>Falk Miksa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2. </t>
+  </si>
+  <si>
+    <t>+36-1-228-9150</t>
+  </si>
+  <si>
+    <t>vh.0014@mbvk.hu</t>
+  </si>
+  <si>
+    <t>WWW.drhauszvhi.hu</t>
+  </si>
+  <si>
+    <t>HAUSZVHI; 357528733</t>
+  </si>
+  <si>
+    <t>10103173-13563523-01000001</t>
+  </si>
+  <si>
+    <t>Budapest 62.</t>
+  </si>
+  <si>
+    <t>0017</t>
+  </si>
+  <si>
+    <t>Timkó Adrienn  dr.</t>
+  </si>
+  <si>
+    <t>Békés</t>
+  </si>
+  <si>
+    <t>Jantyik Mátyás</t>
+  </si>
+  <si>
+    <t>+36-66-411-321</t>
+  </si>
+  <si>
+    <t>vh.0017@mbvk.hu</t>
+  </si>
+  <si>
+    <t>HAFRAVHI;146622702</t>
+  </si>
+  <si>
+    <t>10402623-26252180-40040000</t>
+  </si>
+  <si>
+    <t>0019</t>
+  </si>
+  <si>
+    <t>Czinner Eszter Valéria  dr.</t>
+  </si>
+  <si>
+    <t>Győr</t>
+  </si>
+  <si>
+    <t>Liszt Ferenc</t>
+  </si>
+  <si>
+    <t>+36-96-316-940</t>
+  </si>
+  <si>
+    <t>+36-96-311-480</t>
+  </si>
+  <si>
+    <t>vh.0019@mbvk.hu</t>
+  </si>
+  <si>
+    <t>vhiroda.co.hu/vh0019</t>
+  </si>
+  <si>
+    <t>VH0019MBVK;250586702</t>
+  </si>
+  <si>
+    <t>10103379-15432526-01000009</t>
+  </si>
+  <si>
+    <t>0020</t>
+  </si>
+  <si>
+    <t>Aukszi Tamás  dr.</t>
+  </si>
+  <si>
+    <t>Püspökladány</t>
+  </si>
+  <si>
+    <t>VH0020MBVK;665686127</t>
+  </si>
+  <si>
+    <t>10403459-34552629-40040000</t>
+  </si>
+  <si>
+    <t>Honvéd</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. </t>
+  </si>
+  <si>
+    <t>+36-54-453-184</t>
+  </si>
+  <si>
+    <t>vh.0020@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0021</t>
+  </si>
+  <si>
+    <t>Kádár Petra Pálma   dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Békéscsaba </t>
+  </si>
+  <si>
+    <t>Pf.: 98.</t>
+  </si>
+  <si>
+    <t>VH0021; 174189948</t>
+  </si>
+  <si>
+    <t>OTP Bank Nyrt.</t>
+  </si>
+  <si>
+    <t>11733003-20114631-00000000</t>
+  </si>
+  <si>
+    <t>Békéscsaba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Széchenyi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">5. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. em. </t>
+  </si>
+  <si>
+    <t>+36-30-760-4379</t>
+  </si>
+  <si>
+    <t>vh.0021@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0023</t>
+  </si>
+  <si>
+    <t>Bihari Zsófia Nóra állandó helyettes (vht. 245.§) dr. Schadl-Baranyai Helga helyett  dr.</t>
+  </si>
+  <si>
+    <t>Gödöllő</t>
+  </si>
+  <si>
+    <t>Pf.: 248.</t>
+  </si>
+  <si>
+    <t>SCHADLHELG; 144622994</t>
+  </si>
+  <si>
+    <t>10103836-56466900-02000004</t>
+  </si>
+  <si>
+    <t>MBH Bank Nyrt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Szilhát </t>
+  </si>
+  <si>
+    <t>+36-28-430-718</t>
+  </si>
+  <si>
+    <t>+36-70-213-2520</t>
+  </si>
+  <si>
+    <t>+36-28-422-268</t>
+  </si>
+  <si>
+    <t>vh.0023@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0024</t>
+  </si>
+  <si>
+    <t>Ibolya Judit  dr.</t>
+  </si>
+  <si>
+    <t>Budapest - Újpest 1. Posta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4. </t>
+  </si>
+  <si>
+    <t>DRIJVHI;160666137</t>
+  </si>
+  <si>
+    <t>10300002-13333828-00024900</t>
+  </si>
+  <si>
+    <t>József Attila</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4-6. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">fszt. </t>
+  </si>
+  <si>
+    <t>+36-1-555-6026</t>
+  </si>
+  <si>
+    <t>+36-1-555-6027</t>
+  </si>
+  <si>
+    <t>dribolyaj.vhiroda@gmail.com, vh.0024@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0027</t>
+  </si>
+  <si>
+    <t>Horváth Endre  dr.</t>
+  </si>
+  <si>
+    <t>Veszprém</t>
+  </si>
+  <si>
+    <t>Stadion</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7. </t>
+  </si>
+  <si>
+    <t>+36-88-407-711, +36-88-560-877</t>
+  </si>
+  <si>
+    <t>vh.0027@mbvk.hu</t>
+  </si>
+  <si>
+    <t>HKVHI;140637381</t>
+  </si>
+  <si>
+    <t>73900078-10000692-00000000</t>
+  </si>
+  <si>
+    <t>0028</t>
+  </si>
+  <si>
+    <t>Lukács Tamás   dr.</t>
+  </si>
+  <si>
     <t>Pécs</t>
   </si>
   <si>
+    <t>Perczel Miklós</t>
+  </si>
+  <si>
+    <t>+36-72-211-244</t>
+  </si>
+  <si>
+    <t>+36-72-210-341</t>
+  </si>
+  <si>
+    <t>dr.lukacstamas@t-online.hu, vh.0028@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRLUKACST;446670321</t>
+  </si>
+  <si>
+    <t>10404955-50505050-57501019</t>
+  </si>
+  <si>
+    <t>0034</t>
+  </si>
+  <si>
+    <t>Urbán Gergely állandó helyettes (Vht. 245. §) dr. Eckert Attila helyett  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medve </t>
+  </si>
+  <si>
+    <t>+361-269-8591</t>
+  </si>
+  <si>
+    <t>vh.0034@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0034mbvk;758516701</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Erste Bank Hungary Zrt. </t>
+  </si>
+  <si>
+    <t>11600006-00000002-03502248</t>
+  </si>
+  <si>
+    <t>0036</t>
+  </si>
+  <si>
+    <t>Vizler Endre  dr.</t>
+  </si>
+  <si>
+    <t>Nagykanizsa</t>
+  </si>
+  <si>
+    <t>Arany J.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">I. </t>
+  </si>
+  <si>
+    <t>+36-93-310-223</t>
+  </si>
+  <si>
+    <t>+36-30-348-8800</t>
+  </si>
+  <si>
+    <t>vh.0036@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VIZLEREVHI;345670106</t>
+  </si>
+  <si>
+    <t>10104985-65627663-01000008</t>
+  </si>
+  <si>
+    <t>0037</t>
+  </si>
+  <si>
+    <t>Fiedler Bálint Ernő  dr.</t>
+  </si>
+  <si>
+    <t>Szolnok</t>
+  </si>
+  <si>
+    <t>Boldog Sándor István krt.</t>
+  </si>
+  <si>
+    <t>+36-56-951-909</t>
+  </si>
+  <si>
+    <t>vh.0037@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRFIEDLER; 263330309</t>
+  </si>
+  <si>
+    <t>10404508-45051548-40040000</t>
+  </si>
+  <si>
+    <t>0038</t>
+  </si>
+  <si>
+    <t>Horváth Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>Deák Ferenc</t>
+  </si>
+  <si>
+    <t>+36-1-615-0130</t>
+  </si>
+  <si>
+    <t>+36-1-615-0120</t>
+  </si>
+  <si>
+    <t>vh.0038@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0038;545794187</t>
+  </si>
+  <si>
+    <t>10400779-50526865-66561016</t>
+  </si>
+  <si>
+    <t>0039</t>
+  </si>
+  <si>
+    <t>Csoboz Elemér  dr.</t>
+  </si>
+  <si>
+    <t>Dombóvár</t>
+  </si>
+  <si>
+    <t>Szent Gellért</t>
+  </si>
+  <si>
+    <t>+36-74-463-183</t>
+  </si>
+  <si>
+    <t>+36-74-565-195</t>
+  </si>
+  <si>
+    <t>vh.0039@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0039V;445603721</t>
+  </si>
+  <si>
+    <t>Erste Bank Hungary Zrt.</t>
+  </si>
+  <si>
+    <t>11600006-00000000-79320113</t>
+  </si>
+  <si>
+    <t>0041</t>
+  </si>
+  <si>
+    <t>Vékás Szilvia  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">János </t>
+  </si>
+  <si>
+    <t>+361-604-4141</t>
+  </si>
+  <si>
+    <t>vh.0041@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0041MBVK;269656302</t>
+  </si>
+  <si>
+    <t>10104167-54467900-02000009</t>
+  </si>
+  <si>
+    <t>0042</t>
+  </si>
+  <si>
+    <t>Fogarasi László  dr.</t>
+  </si>
+  <si>
+    <t>Nyíregyháza</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mártírok </t>
+  </si>
+  <si>
+    <t>tere</t>
+  </si>
+  <si>
+    <t>VII.</t>
+  </si>
+  <si>
+    <t>+36-42-404-116</t>
+  </si>
+  <si>
+    <t>+36-42-506-082</t>
+  </si>
+  <si>
+    <t>vh.0042@mbvk.hu</t>
+  </si>
+  <si>
+    <t>FOGARASIVH;446663356</t>
+  </si>
+  <si>
+    <t>68800109-11068109-00000000</t>
+  </si>
+  <si>
+    <t>0043</t>
+  </si>
+  <si>
+    <t>Tormási Anita  dr.</t>
+  </si>
+  <si>
+    <t>Kaposvár</t>
+  </si>
+  <si>
+    <t>Kossuth Lajos</t>
+  </si>
+  <si>
+    <t>1-9.</t>
+  </si>
+  <si>
+    <t>+36-82-951-574</t>
+  </si>
+  <si>
+    <t>vh.0043@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0043;649773150</t>
+  </si>
+  <si>
+    <t>11746043-24623203-00000000</t>
+  </si>
+  <si>
+    <t>0047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Petréné dr. Kravjánszki Eszter </t>
+  </si>
+  <si>
+    <t>Miskolc</t>
+  </si>
+  <si>
+    <t>Pf. 348.</t>
+  </si>
+  <si>
+    <t>VH0047MBVK; 166229153</t>
+  </si>
+  <si>
+    <t>11734004-25976573-00000000</t>
+  </si>
+  <si>
+    <t>Hajdúszoboszló</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C. </t>
+  </si>
+  <si>
+    <t>22-es üzlet</t>
+  </si>
+  <si>
+    <t>+36-52-212-842</t>
+  </si>
+  <si>
+    <t>vh.0047@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0049</t>
+  </si>
+  <si>
+    <t>Ottó Illés  dr.</t>
+  </si>
+  <si>
+    <t>Komló</t>
+  </si>
+  <si>
+    <t>Berek</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>+36-72-487-649</t>
+  </si>
+  <si>
+    <t>vh.0049@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DROTTOVH; 260114152</t>
+  </si>
+  <si>
+    <t>11731063-20036005-00000000</t>
+  </si>
+  <si>
+    <t>0051</t>
+  </si>
+  <si>
+    <t>Simon János  dr.</t>
+  </si>
+  <si>
+    <t>Szigetvár</t>
+  </si>
+  <si>
+    <t>fsz.</t>
+  </si>
+  <si>
+    <t>+36-73-310-143</t>
+  </si>
+  <si>
+    <t>vh.0051@mbvk.hu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VH0051MBVK;460728123 </t>
+  </si>
+  <si>
+    <t>50431001-10007194-00000000</t>
+  </si>
+  <si>
+    <t>0055</t>
+  </si>
+  <si>
+    <t>Belovai Viktor  dr.</t>
+  </si>
+  <si>
+    <t>Tata</t>
+  </si>
+  <si>
+    <t>BVVHI;449611987</t>
+  </si>
+  <si>
+    <t>11600006-00000002-00994460</t>
+  </si>
+  <si>
+    <t>Tavasz</t>
+  </si>
+  <si>
+    <t>+36-34-480-564</t>
+  </si>
+  <si>
+    <t>vh.0055@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0056</t>
+  </si>
+  <si>
+    <t>Egyed András   dr.</t>
+  </si>
+  <si>
+    <t>Székesfehérvár</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zichy </t>
+  </si>
+  <si>
+    <t>liget</t>
+  </si>
+  <si>
+    <t>1. em.</t>
+  </si>
+  <si>
+    <t>+36-22-379-522</t>
+  </si>
+  <si>
+    <t>vh.0056@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0056; 245653169</t>
+  </si>
+  <si>
+    <t>11736006-20344395-00000000</t>
+  </si>
+  <si>
+    <t>0060</t>
+  </si>
+  <si>
+    <t>Udvary Sándor Tibor állandó helyettes (Vht. 245.§) dr. Csiszár Éva helyett  dr.</t>
+  </si>
+  <si>
+    <t>Pf. 671.</t>
+  </si>
+  <si>
+    <t>VHIRODA60; 349681928</t>
+  </si>
+  <si>
+    <t>10104167-25084900-02004000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OTP Bank Nyrt. </t>
+  </si>
+  <si>
+    <t>11737007-23764730-00000000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Árpád </t>
+  </si>
+  <si>
+    <t xml:space="preserve">42. </t>
+  </si>
+  <si>
+    <t>+36-96-319-289</t>
+  </si>
+  <si>
+    <t>vh.0060@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0061</t>
+  </si>
+  <si>
+    <t>Szénászki Tünde  dr.</t>
+  </si>
+  <si>
+    <t>Szentes</t>
+  </si>
+  <si>
+    <t>József A.</t>
+  </si>
+  <si>
+    <t>fszt.</t>
+  </si>
+  <si>
+    <t>+36-63-312-311</t>
+  </si>
+  <si>
+    <t>vh.0061@mbvk.hu</t>
+  </si>
+  <si>
+    <t>SZTVHIRODA;245693186</t>
+  </si>
+  <si>
+    <t>57200031-10053353-00000000</t>
+  </si>
+  <si>
+    <t>0062</t>
+  </si>
+  <si>
+    <t>Molnár Ramóna Magdolna  dr.</t>
+  </si>
+  <si>
+    <t>Debrecen</t>
+  </si>
+  <si>
+    <t>Lapály</t>
+  </si>
+  <si>
+    <t>+36-52-324-690</t>
+  </si>
+  <si>
+    <t>vh.0062@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0062MBVK;463666323</t>
+  </si>
+  <si>
+    <t>11738008-20287445-00000000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">430. </t>
+  </si>
+  <si>
+    <t>0064</t>
+  </si>
+  <si>
+    <t>Farkas Kornél Gábor  dr.</t>
+  </si>
+  <si>
+    <t>Tatabánya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Szent Borbála </t>
+  </si>
+  <si>
+    <t xml:space="preserve">29. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">I. ép.  B. lph. </t>
+  </si>
+  <si>
+    <t>+36-34-301-661</t>
+  </si>
+  <si>
+    <t>+36-34-787-906</t>
+  </si>
+  <si>
+    <t>vh.0064@mbvk.hu</t>
+  </si>
+  <si>
+    <t>FKGVHI;146651746</t>
+  </si>
+  <si>
+    <t>10103623-01816000-02003003</t>
+  </si>
+  <si>
+    <t>0067</t>
+  </si>
+  <si>
+    <t>Marsai Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>Szekszárd</t>
+  </si>
+  <si>
+    <t>Bezerédj</t>
+  </si>
+  <si>
+    <t>(06-74) 410-228</t>
+  </si>
+  <si>
+    <t>(06-74) 512-417, (06-74) 511-466</t>
+  </si>
+  <si>
+    <t>(0674) 512-418</t>
+  </si>
+  <si>
+    <t>farkastsa@tolna.net</t>
+  </si>
+  <si>
+    <t>VH0067;457189958</t>
+  </si>
+  <si>
+    <t>11746005-20123361-00000000</t>
+  </si>
+  <si>
+    <t>0074</t>
+  </si>
+  <si>
+    <t>Szabó Gábor  dr.</t>
+  </si>
+  <si>
+    <t>Makó</t>
+  </si>
+  <si>
+    <t>+36-62-652-273</t>
+  </si>
+  <si>
+    <t>+36-62-652-274</t>
+  </si>
+  <si>
+    <t>vh.0074@mbvk.hu</t>
+  </si>
+  <si>
+    <t>MAKOIVHI; 554544962</t>
+  </si>
+  <si>
+    <t>10402829-28250847-40040000</t>
+  </si>
+  <si>
+    <t>0077</t>
+  </si>
+  <si>
+    <t>Karcagi Vera Lili  dr.</t>
+  </si>
+  <si>
+    <t>Munkácsy Mihály</t>
+  </si>
+  <si>
+    <t>F./</t>
+  </si>
+  <si>
+    <t>+36-96-312-420</t>
+  </si>
+  <si>
+    <t>vh.0077@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0077MBVK;266192331</t>
+  </si>
+  <si>
+    <t>Duna Takarék Bank Zrt.</t>
+  </si>
+  <si>
+    <t>58600283-11099059-00000000</t>
+  </si>
+  <si>
+    <t>0078</t>
+  </si>
+  <si>
+    <t>Csabai Dóra  dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 510.</t>
+  </si>
+  <si>
+    <t>VH0078;345683381</t>
+  </si>
+  <si>
+    <t>11714006-20442572-00000000</t>
+  </si>
+  <si>
+    <t>Angyalföldi</t>
+  </si>
+  <si>
+    <t>5/A.</t>
+  </si>
+  <si>
+    <t>06-1-410-2768</t>
+  </si>
+  <si>
+    <t>vh.0078@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0079</t>
+  </si>
+  <si>
+    <t>Kovács Ildikó  dr.</t>
+  </si>
+  <si>
+    <t>Garam</t>
+  </si>
+  <si>
+    <t>+36-30-097-3553</t>
+  </si>
+  <si>
+    <t>vh.0079@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0079MBVK;461614197</t>
+  </si>
+  <si>
+    <t>11704021-21457658-00000000</t>
+  </si>
+  <si>
+    <t>0080</t>
+  </si>
+  <si>
+    <t>Petris Csaba  dr.</t>
+  </si>
+  <si>
+    <t>Városmajor</t>
+  </si>
+  <si>
+    <t>II. em.</t>
+  </si>
+  <si>
+    <t>+36-1-369-3977</t>
+  </si>
+  <si>
+    <t>vh.0080@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRPCSBKVHI;740736948</t>
+  </si>
+  <si>
+    <t>10103214-47187000-02004001</t>
+  </si>
+  <si>
+    <t>0083</t>
+  </si>
+  <si>
+    <t>Rédei Bernadett  dr.</t>
+  </si>
+  <si>
+    <t>Ráckeve</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25. </t>
+  </si>
+  <si>
+    <t>+36-30-417-7136</t>
+  </si>
+  <si>
+    <t>vh.0083@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0083;164605919</t>
+  </si>
+  <si>
+    <t>11732064-23822904-00000000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15. </t>
+  </si>
+  <si>
+    <t>0084</t>
+  </si>
+  <si>
+    <t>Hoppa József  dr.</t>
+  </si>
+  <si>
+    <t>Zalaegerszeg</t>
+  </si>
+  <si>
+    <t>Rákóczi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2-4. </t>
+  </si>
+  <si>
+    <t>+36-92-598-088</t>
+  </si>
+  <si>
+    <t>vh.0084@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0084MBVK;762534752</t>
+  </si>
+  <si>
+    <t>11749008-24931548-00000000</t>
+  </si>
+  <si>
+    <t>0088</t>
+  </si>
+  <si>
+    <t>Berecz Judit  dr.</t>
+  </si>
+  <si>
+    <t>Sárbogárd</t>
+  </si>
+  <si>
+    <t>Ady Endre</t>
+  </si>
+  <si>
+    <t>160/</t>
+  </si>
+  <si>
+    <t>+36-30-154-6470</t>
+  </si>
+  <si>
+    <t>vh.0088@mbvk.hu</t>
+  </si>
+  <si>
+    <t>www.notarivhiroda-hu.webnode.hu</t>
+  </si>
+  <si>
+    <t>VHIRODA344; 449660741</t>
+  </si>
+  <si>
+    <t>11748052-24858199-00000000</t>
+  </si>
+  <si>
+    <t>0089</t>
+  </si>
+  <si>
+    <t>Kovács Miklós   dr.</t>
+  </si>
+  <si>
+    <t>Cegléd</t>
+  </si>
+  <si>
+    <t>Pf.: 60.</t>
+  </si>
+  <si>
+    <t>VH0089MBVK; 469239798</t>
+  </si>
+  <si>
+    <t>10103843-03659200-02005002</t>
+  </si>
+  <si>
+    <t>+36-53-358-941</t>
+  </si>
+  <si>
+    <t>+36-53-358-942</t>
+  </si>
+  <si>
+    <t>vh.0089@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0091</t>
+  </si>
+  <si>
+    <t>Józsa Szabolcs  dr.</t>
+  </si>
+  <si>
+    <t>Sopron</t>
+  </si>
+  <si>
+    <t>Bartók Béla</t>
+  </si>
+  <si>
+    <t>+36-99-338-945</t>
+  </si>
+  <si>
+    <t>+36-99-318-172</t>
+  </si>
+  <si>
+    <t>vh.0091@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0091;444601949</t>
+  </si>
+  <si>
+    <t>10103386-66316100-02002001</t>
+  </si>
+  <si>
+    <t>0094</t>
+  </si>
+  <si>
+    <t>Tóth Dénes    dr.</t>
+  </si>
+  <si>
+    <t>Budapest, 62.</t>
+  </si>
+  <si>
+    <t>TOTHESTSA;444654147</t>
+  </si>
+  <si>
+    <t>10102244-59699700-02000001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budapest </t>
+  </si>
+  <si>
+    <t>Margit</t>
+  </si>
+  <si>
+    <t>krt</t>
+  </si>
+  <si>
+    <t>5/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A.  </t>
+  </si>
+  <si>
+    <t>I./</t>
+  </si>
+  <si>
+    <t>+36-1-369-2417</t>
+  </si>
+  <si>
+    <t>+36-1-796-5783</t>
+  </si>
+  <si>
+    <t>+36-1-789-8107</t>
+  </si>
+  <si>
+    <t>vh.0094@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0096</t>
+  </si>
+  <si>
+    <t>Zsirai Bernadett  dr.</t>
+  </si>
+  <si>
+    <t>Virág</t>
+  </si>
+  <si>
+    <t>+36-99-781-066</t>
+  </si>
+  <si>
+    <t>+36-99-781-067</t>
+  </si>
+  <si>
+    <t>vh.0096@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://vegrehajto-sopron.hu</t>
+  </si>
+  <si>
+    <t>ZSBVHI;544642924</t>
+  </si>
+  <si>
+    <t>10103386-46600827-01000008</t>
+  </si>
+  <si>
+    <t>0097</t>
+  </si>
+  <si>
+    <t>Ágoston Éva  dr.</t>
+  </si>
+  <si>
+    <t>Nagyatád</t>
+  </si>
+  <si>
+    <t>VH0097MBVK;466636755</t>
+  </si>
+  <si>
+    <t>11748045-24821195-00000000</t>
+  </si>
+  <si>
+    <t>Baross G.</t>
+  </si>
+  <si>
+    <t>+36-82-475-170</t>
+  </si>
+  <si>
+    <t>+36-82-475-169</t>
+  </si>
+  <si>
+    <t>vh.0097@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deákné dr. Korláth Anita állandó helyettes (Vht. 245. §) Tóthné dr. Rádi Ildikó Ibolya helyett </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gyöngyösi </t>
+  </si>
+  <si>
+    <t>D.</t>
+  </si>
+  <si>
+    <t>+36-30-630-8809</t>
+  </si>
+  <si>
+    <t>vh.0099@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0099MBVK;254546100</t>
+  </si>
+  <si>
+    <t>11738046-23209310-00000000</t>
+  </si>
+  <si>
+    <t>0100</t>
+  </si>
+  <si>
+    <t>Balogh Ágnes  dr.</t>
+  </si>
+  <si>
+    <t>Kemény Gusztáv</t>
+  </si>
+  <si>
+    <t>II.</t>
+  </si>
+  <si>
+    <t>+36-1-370-3150</t>
+  </si>
+  <si>
+    <t>+36-1-360-1365</t>
+  </si>
+  <si>
+    <t>balogh.agnes@mbvk.hu, vh.0100@mbvk.hu</t>
+  </si>
+  <si>
+    <t>AGIBALOGH;540599935</t>
+  </si>
+  <si>
+    <t>10102244-50794700-02000006</t>
+  </si>
+  <si>
+    <t>0101</t>
+  </si>
+  <si>
+    <t>Gajzágó Péter  dr.</t>
+  </si>
+  <si>
+    <t>Salgótarján</t>
+  </si>
+  <si>
+    <t>Füleki</t>
+  </si>
+  <si>
+    <t>+36-32-420-866</t>
+  </si>
+  <si>
+    <t>vh.0101@mbvk.hu</t>
+  </si>
+  <si>
+    <t>GAVHI;140658188</t>
+  </si>
+  <si>
+    <t>10103726-09686000-02001004</t>
+  </si>
+  <si>
+    <t>0104</t>
+  </si>
+  <si>
+    <t>Dienes Tamás Dezső  dr.</t>
+  </si>
+  <si>
+    <t>Hajdúböszörmény</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Baltazár Dezső </t>
+  </si>
+  <si>
+    <t xml:space="preserve">74. </t>
+  </si>
+  <si>
+    <t>+36-52-219-059</t>
+  </si>
+  <si>
+    <t>vh.0104@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0104MBVK; 267142134</t>
+  </si>
+  <si>
+    <t>11738060-23868731-00000000</t>
+  </si>
+  <si>
+    <t>0105</t>
+  </si>
+  <si>
+    <t>Bérczi Attila  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Csorna </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Laky Döme </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.</t>
+  </si>
+  <si>
+    <t>+36-96-221-697</t>
+  </si>
+  <si>
+    <t>vh.0105@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0105MBVK; 661874397</t>
+  </si>
+  <si>
+    <t>10103379-03567126-01000009</t>
+  </si>
+  <si>
+    <t>0107</t>
+  </si>
+  <si>
+    <t>Bodó Szabolcs  dr.</t>
+  </si>
+  <si>
+    <t>Szombathely</t>
+  </si>
+  <si>
+    <t>Engels Frigyes</t>
+  </si>
+  <si>
+    <t>+36-94-394-008</t>
+  </si>
+  <si>
+    <t>vh.0107@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0107;159188752</t>
+  </si>
+  <si>
+    <t>11747006-20238726-00000000</t>
+  </si>
+  <si>
+    <t>0110</t>
+  </si>
+  <si>
+    <t>Jászkai Jusztin  dr.</t>
+  </si>
+  <si>
+    <t>Vásárosnamény</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rákóczi </t>
+  </si>
+  <si>
+    <t>+36-45-470-139</t>
+  </si>
+  <si>
+    <t>+36-20-520-7646</t>
+  </si>
+  <si>
+    <t>vh.0110@mbvk.hu</t>
+  </si>
+  <si>
+    <t>JJVHI;147683765</t>
+  </si>
+  <si>
+    <t>10404481-50494952-50561027</t>
+  </si>
+  <si>
+    <t>0111</t>
+  </si>
+  <si>
+    <t>Protzner András  dr.</t>
+  </si>
+  <si>
+    <t>Bajcsy-Zsilinszky Endre</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">II. </t>
+  </si>
+  <si>
+    <t>+36-21-314-1604</t>
+  </si>
+  <si>
+    <t>+36-21-314-1605</t>
+  </si>
+  <si>
+    <t>vh.0111@mbvk.hu</t>
+  </si>
+  <si>
+    <t>protznervh; 552594760</t>
+  </si>
+  <si>
+    <t>10104820-12626700-02005005</t>
+  </si>
+  <si>
+    <t>0112</t>
+  </si>
+  <si>
+    <t>Eczeti Mihály  dr.</t>
+  </si>
+  <si>
+    <t>Szarvas</t>
+  </si>
+  <si>
+    <t>Pf.: 87.</t>
+  </si>
+  <si>
+    <t>SZARVASIVH; 567616796</t>
+  </si>
+  <si>
+    <t>11733058-21446878-00000000</t>
+  </si>
+  <si>
+    <t>Jókai Mór</t>
+  </si>
+  <si>
+    <t>48/1.</t>
+  </si>
+  <si>
+    <t>+36-66-313-411</t>
+  </si>
+  <si>
+    <t>vh.0112@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0115</t>
+  </si>
+  <si>
+    <t>Molnárné Ináncsi Anita  dr.</t>
+  </si>
+  <si>
+    <t>Dunaújváros</t>
+  </si>
+  <si>
+    <t>Szondy</t>
+  </si>
+  <si>
+    <t>+36-25-737-086</t>
+  </si>
+  <si>
+    <t>+36-30-715-1363</t>
+  </si>
+  <si>
+    <t>vh.0115@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0115MBVK; 364895930</t>
+  </si>
+  <si>
+    <t>11736037-20577014-00000000</t>
+  </si>
+  <si>
+    <t>0116</t>
+  </si>
+  <si>
+    <t>Petics Milán  dr.</t>
+  </si>
+  <si>
+    <t>Nyírbátor</t>
+  </si>
+  <si>
+    <t>+36-42-282-501</t>
+  </si>
+  <si>
+    <t>vh.0116@mbvk.hu</t>
+  </si>
+  <si>
+    <t>PETICSVH;362604396</t>
+  </si>
+  <si>
+    <t>11744058-20042639-00000000</t>
+  </si>
+  <si>
+    <t>0119</t>
+  </si>
+  <si>
+    <t>Kovács Zoltán Attila  dr.</t>
+  </si>
+  <si>
+    <t>Sütő</t>
+  </si>
+  <si>
+    <t>+36-56-780-598</t>
+  </si>
+  <si>
+    <t>+36-56-780-988</t>
+  </si>
+  <si>
+    <t>vh.0119@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH119MBVK; 555508104</t>
+  </si>
+  <si>
+    <t>11745035-20037075-00000000</t>
+  </si>
+  <si>
+    <t>0124</t>
+  </si>
+  <si>
+    <t>Lévai Géza  dr.</t>
+  </si>
+  <si>
+    <t>Kisvárda</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Krucsay Márton </t>
+  </si>
+  <si>
+    <t>2/A - 2/B.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">fsz. </t>
+  </si>
+  <si>
+    <t>+36-45-416-237</t>
+  </si>
+  <si>
+    <t>vh.0124@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRLEVAIG; 560101909</t>
+  </si>
+  <si>
+    <t>11744034-21092369-00000000</t>
+  </si>
+  <si>
+    <t>0126</t>
+  </si>
+  <si>
+    <t>Andresin Odett  dr.</t>
+  </si>
+  <si>
+    <t>Jászberény</t>
+  </si>
+  <si>
+    <t>Szent Imre Herceg</t>
+  </si>
+  <si>
+    <t>66-2.</t>
+  </si>
+  <si>
+    <t>+36-57-413-999</t>
+  </si>
+  <si>
+    <t>+36-21-314-1609</t>
+  </si>
+  <si>
+    <t>vh.0126@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://www.drandresinodett.hu/</t>
+  </si>
+  <si>
+    <t>VH0126MBVK; 451557923</t>
+  </si>
+  <si>
+    <t>10104569-08242655-00000004</t>
+  </si>
+  <si>
+    <t>0127</t>
+  </si>
+  <si>
+    <t>Nagy Henrik  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Török Flóris </t>
+  </si>
+  <si>
+    <t>+36-1-207-8240</t>
+  </si>
+  <si>
+    <t>árverési regisztrációhoz időpont egyeztetése: +36-30-451-4477</t>
+  </si>
+  <si>
+    <t>+36-1-207-8241</t>
+  </si>
+  <si>
+    <t>vh.0127@mbvk.hu</t>
+  </si>
+  <si>
+    <t>NHVH;752548702</t>
+  </si>
+  <si>
+    <t>10104167-57537149-01000000</t>
+  </si>
+  <si>
+    <t>0129</t>
+  </si>
+  <si>
+    <t>Harai Zoltán Csaba  dr.</t>
+  </si>
+  <si>
+    <t>VH0129;544633189</t>
+  </si>
+  <si>
+    <t>11736006-20296137-00000000</t>
+  </si>
+  <si>
+    <t>Lugosi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E. </t>
+  </si>
+  <si>
+    <t>+36-22-877-190</t>
+  </si>
+  <si>
+    <t>+36-22-877-193</t>
+  </si>
+  <si>
+    <t>vh.0129@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0131</t>
+  </si>
+  <si>
+    <t>Kádár Virág Edit  dr.</t>
+  </si>
+  <si>
+    <t>Baross</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31. </t>
+  </si>
+  <si>
+    <t>+56-420-371</t>
+  </si>
+  <si>
+    <t>vh.0131@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0131MBVK;467635318</t>
+  </si>
+  <si>
+    <t>10404508-45057159-40040000</t>
+  </si>
+  <si>
+    <t>0132</t>
+  </si>
+  <si>
+    <t>Kozma Márió  dr.</t>
+  </si>
+  <si>
+    <t>Szabolcs</t>
+  </si>
+  <si>
+    <t>+36-30-812-6607</t>
+  </si>
+  <si>
+    <t>vh.0132@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0132MBVK; 376544336</t>
+  </si>
+  <si>
+    <t>11738015-21482722-00000000</t>
+  </si>
+  <si>
+    <t>0137</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kuruczné dr. Szalontai Beáta </t>
+  </si>
+  <si>
+    <t>Pf.: 131.</t>
+  </si>
+  <si>
+    <t>FULOPNVHI;143668789</t>
+  </si>
+  <si>
+    <t>10103726-02970800-02003005</t>
+  </si>
+  <si>
+    <t>Alkotmány</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> fsz.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2.</t>
+  </si>
+  <si>
+    <t>+36-32-422-439</t>
+  </si>
+  <si>
+    <t>vh.0137@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0138</t>
+  </si>
+  <si>
+    <t>Laurik László Miklós   dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Miklós </t>
+  </si>
+  <si>
+    <t>+36-52-200-606</t>
+  </si>
+  <si>
+    <t>vh.0138@mbvk.hu</t>
+  </si>
+  <si>
+    <t>ANTLASZVH;542602978</t>
+  </si>
+  <si>
+    <t>11738008-20830270-00000000</t>
+  </si>
+  <si>
+    <t>Pf.: 261.</t>
+  </si>
+  <si>
+    <t>0139</t>
+  </si>
+  <si>
+    <t>Samodai András  dr.</t>
+  </si>
+  <si>
+    <t>Bicske</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Akácfa </t>
+  </si>
+  <si>
+    <t>11-15.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> A.ép.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> pinceszint</t>
+  </si>
+  <si>
+    <t>+36-22-330-344</t>
+  </si>
+  <si>
+    <t>vh.0139@mbvk.hu</t>
+  </si>
+  <si>
+    <t>FTVHI;245653791</t>
+  </si>
+  <si>
+    <t>11736006-20306652-00000000</t>
+  </si>
+  <si>
+    <t>0141</t>
+  </si>
+  <si>
+    <t>Ordas Viktória  dr.</t>
+  </si>
+  <si>
+    <t>Tamási</t>
+  </si>
+  <si>
+    <t>Garay János</t>
+  </si>
+  <si>
+    <t>+36-74-472-002</t>
+  </si>
+  <si>
+    <t>vh.0141@mbvk.hu</t>
+  </si>
+  <si>
+    <t>ORDASVH;247848115</t>
+  </si>
+  <si>
+    <t>11746029-26694667-00000000</t>
+  </si>
+  <si>
+    <t>Pf.: 65.</t>
+  </si>
+  <si>
+    <t>0143</t>
+  </si>
+  <si>
+    <t>Kovássy Szabolcs  dr.</t>
+  </si>
+  <si>
+    <t>Komárom</t>
+  </si>
+  <si>
+    <t>Kelemen László</t>
+  </si>
+  <si>
+    <t>+36-34-343-722</t>
+  </si>
+  <si>
+    <t>+36-34-542-880</t>
+  </si>
+  <si>
+    <t>kovassys@t-online.hu, vh.0143@mbvk.hu</t>
+  </si>
+  <si>
+    <t>KOVASSYVH;344915357</t>
+  </si>
+  <si>
+    <t>63200030-11066626-00000000</t>
+  </si>
+  <si>
+    <t>0148</t>
+  </si>
+  <si>
+    <t>Szelthoffer László  dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 564.</t>
+  </si>
+  <si>
+    <t>VH0148MBVK; 561815927</t>
+  </si>
+  <si>
+    <t>11738015-21476260-00000000</t>
+  </si>
+  <si>
+    <t>Béke</t>
+  </si>
+  <si>
+    <t>+36-30-597-3537</t>
+  </si>
+  <si>
+    <t>vh.0148@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0150</t>
+  </si>
+  <si>
+    <t>Zelena Gergely  dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 650.</t>
+  </si>
+  <si>
+    <t>VH0150MBVK;556527300</t>
+  </si>
+  <si>
+    <t>54300118-10000283-00000000</t>
+  </si>
+  <si>
+    <t>Erzsébet</t>
+  </si>
+  <si>
+    <t>ter</t>
+  </si>
+  <si>
+    <t>+36-70-384-5269</t>
+  </si>
+  <si>
+    <t>vh.0150@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0151</t>
+  </si>
+  <si>
+    <t>Dudás Ferenc  dr.</t>
+  </si>
+  <si>
+    <t>Szerencs</t>
+  </si>
+  <si>
+    <t>Csalogány</t>
+  </si>
+  <si>
+    <t>+36-47-363-991</t>
+  </si>
+  <si>
+    <t>dudas.vegrehajto@gmail.com, vh.0151@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DUDASVH151;147731397</t>
+  </si>
+  <si>
+    <t>11734145-20009719-00000000</t>
+  </si>
+  <si>
+    <t>0152</t>
+  </si>
+  <si>
+    <t>Hirth Erika  dr.</t>
+  </si>
+  <si>
+    <t>Siófok</t>
+  </si>
+  <si>
+    <t>Fő</t>
+  </si>
+  <si>
+    <t>174-176.</t>
+  </si>
+  <si>
+    <t>B. ép.</t>
+  </si>
+  <si>
+    <t>06-84-330-056</t>
+  </si>
+  <si>
+    <t>vh.0152@mbvk.hu</t>
+  </si>
+  <si>
+    <t>152VSIOFOK;651020144</t>
+  </si>
+  <si>
+    <t>11748007-24811763-00000000</t>
+  </si>
+  <si>
+    <t>0154</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Káplárné dr. Kiss-Gáll Éva </t>
+  </si>
+  <si>
+    <t>Barcs</t>
+  </si>
+  <si>
+    <t>Bajcsy-Zsilinszky</t>
+  </si>
+  <si>
+    <t>57-59.</t>
+  </si>
+  <si>
+    <t>+36-30-155-6638</t>
+  </si>
+  <si>
+    <t>vh.0154@mbvk.hu</t>
+  </si>
+  <si>
+    <t>154VHIRODA;760626703</t>
+  </si>
+  <si>
+    <t>11744027-20010142-00000000</t>
+  </si>
+  <si>
+    <t>0156</t>
+  </si>
+  <si>
+    <t>Keresztes-Nagy Gyöngyi  dr.</t>
+  </si>
+  <si>
+    <t>köz</t>
+  </si>
+  <si>
+    <t>+36-70-198-6691</t>
+  </si>
+  <si>
+    <t>vh.0156@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0156MBVK; 161300352</t>
+  </si>
+  <si>
+    <t>11742173-26046662-00000000</t>
+  </si>
+  <si>
+    <t>0158</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deákné dr. Korláth Anita </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koller </t>
+  </si>
+  <si>
+    <t>+36-72-233-160</t>
+  </si>
+  <si>
+    <t>+36-30-097-8373</t>
+  </si>
+  <si>
+    <t>vh.0158@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0158VH; 760805164</t>
+  </si>
+  <si>
+    <t>11731001-23149247-00000000</t>
+  </si>
+  <si>
+    <t>0162</t>
+  </si>
+  <si>
+    <t>Pörnecz-Szalai Szilvia  dr.</t>
+  </si>
+  <si>
+    <t>Rákóczi Ferenc</t>
+  </si>
+  <si>
+    <t>+36-21-314-1602</t>
+  </si>
+  <si>
+    <t>+36-21-314-1603</t>
+  </si>
+  <si>
+    <t>vh.0162@mbvk.hu</t>
+  </si>
+  <si>
+    <t>https://www.porneczvhiroda.hu/</t>
+  </si>
+  <si>
+    <t>VH0162MBVK; 351598110</t>
+  </si>
+  <si>
+    <t>10101315-13446800-02005005</t>
+  </si>
+  <si>
+    <t>0167</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vajdáné dr. Pintér Ágnes </t>
+  </si>
+  <si>
+    <t>Kiskunfélegyháza</t>
+  </si>
+  <si>
+    <t>Petőfi</t>
+  </si>
+  <si>
+    <t>+36-76-560-244</t>
+  </si>
+  <si>
+    <t>vh.0167@mbvk.hu</t>
+  </si>
+  <si>
+    <t>vh0167mbvk; 462647335</t>
+  </si>
+  <si>
+    <t>10410400-00000190-09297782</t>
+  </si>
+  <si>
+    <t>0168</t>
+  </si>
+  <si>
+    <t>Schmidt Zoltán Róbert  dr.</t>
+  </si>
+  <si>
+    <t>+36-1-302-4830</t>
+  </si>
+  <si>
+    <t>+36-1-269-2066</t>
+  </si>
+  <si>
+    <t>zoltan.schmidt@t-online.hu, vh.0168@mbvk.hu</t>
+  </si>
+  <si>
+    <t>SCHMIDTVHI;249612777</t>
+  </si>
+  <si>
+    <t>10103173-16173723-01000007</t>
+  </si>
+  <si>
+    <t>0169</t>
+  </si>
+  <si>
+    <t>Trombitás Erzsébet  dr.</t>
+  </si>
+  <si>
+    <t>Mosonmagyaróvár</t>
+  </si>
+  <si>
+    <t>Lomb</t>
+  </si>
+  <si>
+    <t>+36-96-576-405</t>
+  </si>
+  <si>
+    <t>+36-96-576-406</t>
+  </si>
+  <si>
+    <t>+36-30-271-6638</t>
+  </si>
+  <si>
+    <t>vighne@index.hu, vh.0169@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VIGHNEVHI;742918167</t>
+  </si>
+  <si>
+    <t>58600252-11099190-00000000</t>
+  </si>
+  <si>
+    <t>0170</t>
+  </si>
+  <si>
+    <t>Kolozsvári Márk  dr.</t>
+  </si>
+  <si>
+    <t>VH0170MBVK;161656315</t>
+  </si>
+  <si>
+    <t>11738008-21491029-00000000</t>
+  </si>
+  <si>
+    <t>Kürtös</t>
+  </si>
+  <si>
+    <t>+36-52-756-770</t>
+  </si>
+  <si>
+    <t>vh.0170@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0173</t>
+  </si>
+  <si>
+    <t>Dalmi Linda állandó helyettes (Vht. 245. §) dr. Várady Zsolt helyett  dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 222.</t>
+  </si>
+  <si>
+    <t>VHGYULAOBV;578511344</t>
+  </si>
+  <si>
+    <t>10300002-15746668-00024908</t>
+  </si>
+  <si>
+    <t>Gyula</t>
+  </si>
+  <si>
+    <t>Tiborc</t>
+  </si>
+  <si>
+    <t>14/b.</t>
+  </si>
+  <si>
+    <t>+36-30-012-0033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">vh.0173@mbvk.hu; </t>
+  </si>
+  <si>
+    <t>0174</t>
+  </si>
+  <si>
+    <t>Bánk Tibor  dr.</t>
+  </si>
+  <si>
+    <t>Tiszaújváros</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Örösi </t>
+  </si>
+  <si>
+    <t>+36-49-343-077</t>
+  </si>
+  <si>
+    <t>+36-70-858-1851</t>
+  </si>
+  <si>
+    <t>vh.0174@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0174MBVK;566555717</t>
+  </si>
+  <si>
+    <t>11734004-25988093-00000000</t>
+  </si>
+  <si>
+    <t>0175</t>
+  </si>
+  <si>
+    <t>Nagy Nándor   dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 55.</t>
+  </si>
+  <si>
+    <t>VH0175MBVK; 663910704</t>
+  </si>
+  <si>
+    <t>10300002-13572562-00014905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Üllői </t>
+  </si>
+  <si>
+    <t xml:space="preserve">431. </t>
+  </si>
+  <si>
+    <t>+36-30-548-6823; +36-30-561-3136</t>
+  </si>
+  <si>
+    <t>vh.0175@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0176</t>
+  </si>
+  <si>
+    <t>Bárczi Krisztián  dr.</t>
+  </si>
+  <si>
+    <t>Sátoraljaújhely</t>
+  </si>
+  <si>
+    <t>Kazinczy</t>
+  </si>
+  <si>
+    <t>+36-47-304-887</t>
+  </si>
+  <si>
+    <t>vh.0176@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0160;352253149</t>
+  </si>
+  <si>
+    <t>11734138-20012962-00000000</t>
+  </si>
+  <si>
+    <t>0177</t>
+  </si>
+  <si>
+    <t>Gazdag Péter János  dr.</t>
+  </si>
+  <si>
+    <t>Szeged</t>
+  </si>
+  <si>
+    <t>Híd</t>
+  </si>
+  <si>
+    <t>+36-62-388-673</t>
+  </si>
+  <si>
+    <t>+36-70-908-8851</t>
+  </si>
+  <si>
+    <t>vh.0177@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0177MBVK;465615975</t>
+  </si>
+  <si>
+    <t>10102842-11542017-01000000</t>
+  </si>
+  <si>
+    <t>0178</t>
+  </si>
+  <si>
+    <t>Puskás Rudolf Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>Széll Kálmán</t>
+  </si>
+  <si>
+    <t>+36-94-789-348</t>
+  </si>
+  <si>
+    <t>+36-94-789-388</t>
+  </si>
+  <si>
+    <t>puskasrudolf@upcmail.hu, vh.0178@mbvk.hu</t>
+  </si>
+  <si>
+    <t>PUSKASVH;449681745</t>
+  </si>
+  <si>
+    <t>10104789-63242900-02003003</t>
+  </si>
+  <si>
+    <t>0180</t>
+  </si>
+  <si>
+    <t>Egyed Zsolt  dr.</t>
+  </si>
+  <si>
+    <t>Malom</t>
+  </si>
+  <si>
+    <t>+36-22-200-115</t>
+  </si>
+  <si>
+    <t>vh.0180@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0180MBVK;366501789</t>
+  </si>
+  <si>
+    <t>11736006-20296113-00000000</t>
+  </si>
+  <si>
+    <t>0188</t>
+  </si>
+  <si>
+    <t>Halász Bence Gábor  dr.</t>
+  </si>
+  <si>
+    <t>Orosháza</t>
+  </si>
+  <si>
+    <t>Tó</t>
+  </si>
+  <si>
+    <t>+36-68-635-797</t>
+  </si>
+  <si>
+    <t>+36-68-999-622</t>
+  </si>
+  <si>
+    <t>vh.0188@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRHBGVHI;254043117</t>
+  </si>
+  <si>
+    <t>11733041-20029669-00000000</t>
+  </si>
+  <si>
+    <t>0191</t>
+  </si>
+  <si>
+    <t>Takács Ádám Mihály  dr.</t>
+  </si>
+  <si>
+    <t>Dózsa György</t>
+  </si>
+  <si>
+    <t>+36-72-484-773</t>
+  </si>
+  <si>
+    <t>+36-72-281-660</t>
+  </si>
+  <si>
+    <t>vh.0191@mbvk.hu</t>
+  </si>
+  <si>
+    <t>TAKACSVHI;154596938</t>
+  </si>
+  <si>
+    <t>11731063-20035994-00000000</t>
+  </si>
+  <si>
+    <t>0192</t>
+  </si>
+  <si>
+    <t>Kőszegi Károly  dr.</t>
+  </si>
+  <si>
+    <t>Komáromi</t>
+  </si>
+  <si>
+    <t>28/a.</t>
+  </si>
+  <si>
+    <t>+36-34-777-605</t>
+  </si>
+  <si>
+    <t>+36-34-309-835</t>
+  </si>
+  <si>
+    <t>+36-34-309-836</t>
+  </si>
+  <si>
+    <t>vh.0192@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0192MBVK;168676319</t>
+  </si>
+  <si>
+    <t>11740009-24127721-00000000</t>
+  </si>
+  <si>
+    <t>0193</t>
+  </si>
+  <si>
+    <t>Boross Tamás  dr.</t>
+  </si>
+  <si>
+    <t>EGER</t>
+  </si>
+  <si>
+    <t>Grónay Sándor</t>
+  </si>
+  <si>
+    <t>+36-36-410-902</t>
+  </si>
+  <si>
+    <t>+36-36-516-465</t>
+  </si>
+  <si>
+    <t>boross.tamas@gmail.com, vh.boross@t-online.hu, vh.0193@mbvk.hu</t>
+  </si>
+  <si>
+    <t>BOROSSVH;547632780</t>
+  </si>
+  <si>
+    <t>10103513-27279500-02004004</t>
+  </si>
+  <si>
+    <t>Eger</t>
+  </si>
+  <si>
+    <t>0196</t>
+  </si>
+  <si>
+    <t>Sumi Csaba József  dr.</t>
+  </si>
+  <si>
+    <t>Érsek</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14. </t>
+  </si>
+  <si>
+    <t>+36-30-813-8301</t>
+  </si>
+  <si>
+    <t>vhsumi@gmail.com, vh.0196@mbvk.hu</t>
+  </si>
+  <si>
+    <t>SUMIVHI;346652931</t>
+  </si>
+  <si>
+    <t>10103513-15385200-02005001</t>
+  </si>
+  <si>
+    <t>0197</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jávorné dr. Korbély Melinda </t>
+  </si>
+  <si>
+    <t>Szabadság</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B. </t>
+  </si>
+  <si>
+    <t>+36-42-409-428</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>vh.0197@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRKOR197VH;552597722</t>
+  </si>
+  <si>
+    <t>68800109-11131133-00000000</t>
+  </si>
+  <si>
+    <t>0198</t>
+  </si>
+  <si>
+    <t>Simoláné dr. Vecsernyés Tímea  dr.</t>
+  </si>
+  <si>
+    <t>Kiskunhalas</t>
+  </si>
+  <si>
+    <t>VH0198;147640798</t>
+  </si>
+  <si>
+    <t>11732064-20062280-00000000</t>
+  </si>
+  <si>
+    <t>Szent István</t>
+  </si>
+  <si>
+    <t>+36-77-424-488</t>
+  </si>
+  <si>
+    <t xml:space="preserve">vh.0198@mbvk.hu, vecsernyesf@gmail.com, </t>
+  </si>
+  <si>
+    <t>0202</t>
+  </si>
+  <si>
+    <t>Dalmi Linda  dr.</t>
+  </si>
+  <si>
+    <t>Füzesabony</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60. </t>
+  </si>
+  <si>
+    <t>+36-30-730-6585</t>
+  </si>
+  <si>
+    <t>+36-56-549-754</t>
+  </si>
+  <si>
+    <t>vh.0202@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0202MBVK;368656136</t>
+  </si>
+  <si>
+    <t>11745004-24524348-00000000</t>
+  </si>
+  <si>
+    <t>0204</t>
+  </si>
+  <si>
+    <t>Makovics János  dr.</t>
+  </si>
+  <si>
+    <t>DRMJVHIHK;646538753</t>
+  </si>
+  <si>
+    <t>10400126-01210044-47360000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pilisi </t>
+  </si>
+  <si>
+    <t>+36-1-260-3127</t>
+  </si>
+  <si>
+    <t>vhiroda@drmakovics.axelero.net, vh.0204@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0205</t>
+  </si>
+  <si>
+    <t>Kozma László  dr.</t>
+  </si>
+  <si>
+    <t>Gyöngyös</t>
+  </si>
+  <si>
+    <t>KOZMA0205;29167904</t>
+  </si>
+  <si>
+    <t>11739030-20027313-00000000</t>
+  </si>
+  <si>
+    <t>Kemény János</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3. </t>
+  </si>
+  <si>
+    <t>+36-37-316-095</t>
+  </si>
+  <si>
+    <t>vh.0205@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0206</t>
+  </si>
+  <si>
+    <t>Vasi Gizella Szilvia  dr.</t>
+  </si>
+  <si>
+    <t>DRVGSZVHI; 452574114</t>
+  </si>
+  <si>
+    <t>11611006-01128701-11000000</t>
+  </si>
+  <si>
+    <t>Fsz.</t>
+  </si>
+  <si>
+    <t>+36-34-483-405</t>
+  </si>
+  <si>
+    <t>vh.0206@mbvk.hu, drvasi@drvasi.hu</t>
+  </si>
+  <si>
+    <t>0207</t>
+  </si>
+  <si>
+    <t>Sebestyén László    dr.</t>
+  </si>
+  <si>
+    <t>Berényi</t>
+  </si>
+  <si>
+    <t>+36-22-300-470</t>
+  </si>
+  <si>
+    <t>+36-22-504-813, +36-22-504-814</t>
+  </si>
+  <si>
+    <t>vh.0207@mbvk.hu; fiskalis37@t-online.hu</t>
+  </si>
+  <si>
+    <t>http://www.sebestyenvhiroda.hu/</t>
+  </si>
+  <si>
+    <t>SEBVHIRODA;743622111</t>
+  </si>
+  <si>
+    <t>11736006-20369068-00000000</t>
+  </si>
+  <si>
+    <t>0212</t>
+  </si>
+  <si>
+    <t>Tichy-Rács Ádám   dr.</t>
+  </si>
+  <si>
+    <t>Szikszó</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pázmány Péter </t>
+  </si>
+  <si>
+    <t>+36-46-396-100</t>
+  </si>
+  <si>
+    <t>vh.0212@mbvk.hu</t>
+  </si>
+  <si>
+    <t>TICHYVH;566153171</t>
+  </si>
+  <si>
+    <t>54300118-10000582-00000000</t>
+  </si>
+  <si>
+    <t>0215</t>
+  </si>
+  <si>
+    <t>Pauer Sára Márta  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gyöngyöspatak </t>
+  </si>
+  <si>
+    <t>2/2</t>
+  </si>
+  <si>
+    <t>+36-37-783-881</t>
+  </si>
+  <si>
+    <t>+36-37-799-009</t>
+  </si>
+  <si>
+    <t>vh.0215@mbvk.hu</t>
+  </si>
+  <si>
+    <t>https://drpauersaramarta.vegrehajto-iroda.hu/</t>
+  </si>
+  <si>
+    <t>VH0215mbvk;154526737</t>
+  </si>
+  <si>
+    <t>11739030-20051314-00000000</t>
+  </si>
+  <si>
+    <t>0217</t>
+  </si>
+  <si>
+    <t>Földi Márton Levente   dr.</t>
+  </si>
+  <si>
+    <t>Szigetszentmiklós</t>
+  </si>
+  <si>
+    <t>Pf.: 230.</t>
+  </si>
+  <si>
+    <t>VH0217MBVK; 675199923</t>
+  </si>
+  <si>
+    <t>10103867-54135042-01000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Viola </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10. </t>
+  </si>
+  <si>
+    <t>+36-24-423-860</t>
+  </si>
+  <si>
+    <t>+36-24-407-687</t>
+  </si>
+  <si>
+    <t>vh.0217@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0218</t>
+  </si>
+  <si>
+    <t>Fülöp Szabolcs  dr.</t>
+  </si>
+  <si>
+    <t>Lumniczer Sándor</t>
+  </si>
+  <si>
+    <t>4/</t>
+  </si>
+  <si>
+    <t>A.</t>
+  </si>
+  <si>
+    <t>+36-28-415-210</t>
+  </si>
+  <si>
+    <t>vh.0218@mbvk.hu, vht0218@gmail.com</t>
+  </si>
+  <si>
+    <t>VH0218;340643979</t>
+  </si>
+  <si>
+    <t>10103836-52729739-01000003</t>
+  </si>
+  <si>
+    <t>0219</t>
+  </si>
+  <si>
+    <t>Hideghy-Molnár Dániel Attila  dr.</t>
+  </si>
+  <si>
+    <t>Heves</t>
+  </si>
+  <si>
+    <t>+36-30-998-0498, +36-30-283-4878</t>
+  </si>
+  <si>
+    <t>vh.0219@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0219;161551184</t>
+  </si>
+  <si>
+    <t>11739047-20018009-00000000</t>
+  </si>
+  <si>
+    <t>0221</t>
+  </si>
+  <si>
+    <t>Sebestyén Barbara   dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fehérvári </t>
+  </si>
+  <si>
+    <t xml:space="preserve">88. </t>
+  </si>
+  <si>
+    <t>AD. ép. D. lépcsőház</t>
+  </si>
+  <si>
+    <t>5. em. 1. (bejárat</t>
+  </si>
+  <si>
+    <t>a Hengermalom út 2D. épület felől)</t>
+  </si>
+  <si>
+    <t>+361-555-6030</t>
+  </si>
+  <si>
+    <t>vh.0221@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH221MBVK; 778189350</t>
+  </si>
+  <si>
+    <t>10101559-13631200-02005007</t>
+  </si>
+  <si>
+    <t>Pf.: 558.</t>
+  </si>
+  <si>
+    <t>0222</t>
+  </si>
+  <si>
+    <t>Kósa Zoárd  dr.</t>
+  </si>
+  <si>
+    <t>Balassagyarmat</t>
+  </si>
+  <si>
+    <t>Óváros</t>
+  </si>
+  <si>
+    <t>+36-35-313-842</t>
+  </si>
+  <si>
+    <t>vh.0222@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0222;663656324</t>
+  </si>
+  <si>
+    <t>10103719-06335500-01000009</t>
+  </si>
+  <si>
+    <t>0223</t>
+  </si>
+  <si>
+    <t>Vas György  dr.</t>
+  </si>
+  <si>
+    <t>Csata</t>
+  </si>
+  <si>
+    <t>+36-20-747-1555</t>
+  </si>
+  <si>
+    <t>vh.0223@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0223VH;462717775</t>
+  </si>
+  <si>
+    <t>10100840-57507800-02000008</t>
+  </si>
+  <si>
+    <t>0228</t>
+  </si>
+  <si>
+    <t>Vizler Dénes Szabolcs  dr.</t>
+  </si>
+  <si>
+    <t>Marcali</t>
+  </si>
+  <si>
+    <t>2-4.</t>
+  </si>
+  <si>
+    <t>+36-85-510-183</t>
+  </si>
+  <si>
+    <t>+36-85-410-563</t>
+  </si>
+  <si>
+    <t>dr.vizler@gmail.com, vh.0228@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://www.vh.0228.vhi.hu/</t>
+  </si>
+  <si>
+    <t>VH0228;547641392</t>
+  </si>
+  <si>
+    <t>10104985-56698600-02000008</t>
+  </si>
+  <si>
+    <t>0229</t>
+  </si>
+  <si>
+    <t>Kisely Alexandra  dr.</t>
+  </si>
+  <si>
+    <t>VH0229; 360562715</t>
+  </si>
+  <si>
+    <t>10102718-66563600-02005005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazinczy Ferenc </t>
+  </si>
+  <si>
+    <t>+36-46-791-916</t>
+  </si>
+  <si>
+    <t>+36-46-791-876</t>
+  </si>
+  <si>
+    <t>vh.0229@mbvk.hu; kisely.alexandra@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0230</t>
+  </si>
+  <si>
+    <t>Lupkovics Beáta  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Papszer </t>
+  </si>
+  <si>
+    <t>+36-46-506-604, +36-46-412-586</t>
+  </si>
+  <si>
+    <t>vh.0230@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0230MBVK;260665921</t>
+  </si>
+  <si>
+    <t>11734004-20491679-00000000</t>
+  </si>
+  <si>
+    <t>0233</t>
+  </si>
+  <si>
+    <t>Zeke Éva    dr.</t>
+  </si>
+  <si>
+    <t>Kölcsey</t>
+  </si>
+  <si>
+    <t>ltp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">113. </t>
+  </si>
+  <si>
+    <t>+36-74-406-454</t>
+  </si>
+  <si>
+    <t>vh.0233@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0233;142980396</t>
+  </si>
+  <si>
+    <t>11746005-20099105-00000000</t>
+  </si>
+  <si>
+    <t>0235</t>
+  </si>
+  <si>
+    <t>Bihari Nóra Krisztina  dr.</t>
+  </si>
+  <si>
+    <t>Rákász</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22. </t>
+  </si>
+  <si>
+    <t>+36-1-341-8593</t>
+  </si>
+  <si>
+    <t>vh.0235@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0235MBVK;262676316</t>
+  </si>
+  <si>
+    <t>11708001-20526630-00000000</t>
+  </si>
+  <si>
+    <t>Práter</t>
+  </si>
+  <si>
+    <t>29/B</t>
+  </si>
+  <si>
+    <t>fszt</t>
+  </si>
+  <si>
+    <t>kulso_irattar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36. </t>
+  </si>
+  <si>
+    <t>0238</t>
+  </si>
+  <si>
+    <t>Hozleiter Attila  dr.</t>
+  </si>
+  <si>
+    <t>Bonyhád</t>
+  </si>
+  <si>
+    <t>Széchenyi</t>
+  </si>
+  <si>
+    <t>06-74-670-145</t>
+  </si>
+  <si>
+    <t>06-30-421-7455</t>
+  </si>
+  <si>
+    <t>vh.0238@mbvk.hu, bonyhadivegrehajto@gmail.com</t>
+  </si>
+  <si>
+    <t>VH0238;452169138</t>
+  </si>
+  <si>
+    <t>11746005-20123354-00000000</t>
+  </si>
+  <si>
+    <t>0239</t>
+  </si>
+  <si>
+    <t>Bartha Klára  dr.</t>
+  </si>
+  <si>
+    <t>Győri kapu</t>
+  </si>
+  <si>
+    <t>+36-96-206-346</t>
+  </si>
+  <si>
+    <t>+36-20-566-9159</t>
+  </si>
+  <si>
+    <t>vh.0239@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0239;262880750</t>
+  </si>
+  <si>
+    <t>58600252-10014365-00000000</t>
+  </si>
+  <si>
+    <t>0240</t>
+  </si>
+  <si>
+    <t>Kiss Imre Ádám   dr.</t>
+  </si>
+  <si>
+    <t>Kazincbarcika</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jószerencsét </t>
+  </si>
+  <si>
+    <t>+36-52-612-161</t>
+  </si>
+  <si>
+    <t>vh.0240@mbvk.hu</t>
+  </si>
+  <si>
+    <t>KOVISVHIR; 341681737</t>
+  </si>
+  <si>
+    <t>11734152-24017952-00000000</t>
+  </si>
+  <si>
+    <t>0241</t>
+  </si>
+  <si>
+    <t>Barna Andrea  dr.</t>
+  </si>
+  <si>
+    <t>Keszthely</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bem József </t>
+  </si>
+  <si>
+    <t>+36-83-313-452</t>
+  </si>
+  <si>
+    <t>vh.0241@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0241MBVK; 468360119</t>
+  </si>
+  <si>
+    <t>10104961-09615662-01000004</t>
+  </si>
+  <si>
+    <t>0244</t>
+  </si>
+  <si>
+    <t>Bodrogi Zsuzsanna Tünde állandó helyettes (Vht. 245. §) dr. Hars Attila helyett  dr.</t>
+  </si>
+  <si>
+    <t>+36-30-708-4376</t>
+  </si>
+  <si>
+    <t>vh.0244@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRBODROGI; 240863994</t>
+  </si>
+  <si>
+    <t>11734152-21912463-00000000</t>
+  </si>
+  <si>
+    <t>Pf.: 44.</t>
+  </si>
+  <si>
+    <t>0247</t>
+  </si>
+  <si>
+    <t>Szabó Attila László  dr.</t>
+  </si>
+  <si>
+    <t>Nagykáta</t>
+  </si>
+  <si>
+    <t>Temető</t>
+  </si>
+  <si>
+    <t>6/</t>
+  </si>
+  <si>
+    <t>a.</t>
+  </si>
+  <si>
+    <t>+36-29-953-031</t>
+  </si>
+  <si>
+    <t>szabovegrehajto@t-online.hu, vh.0247@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0247;154092311</t>
+  </si>
+  <si>
+    <t>65200067-10014640-00000000</t>
+  </si>
+  <si>
+    <t>0248</t>
+  </si>
+  <si>
+    <t>Gyüre Péter  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Csillag </t>
+  </si>
+  <si>
+    <t xml:space="preserve">25-27. </t>
+  </si>
+  <si>
+    <t>+36-45-414-678</t>
+  </si>
+  <si>
+    <t>vh.0248@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0248MBVK; 669299793</t>
+  </si>
+  <si>
+    <t>11744003-24424248-00000000</t>
+  </si>
+  <si>
+    <t>0249</t>
+  </si>
+  <si>
+    <t>Ollári Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>OLLARIVH; 164246712</t>
+  </si>
+  <si>
+    <t>10102244-29222200-03005003</t>
+  </si>
+  <si>
+    <t>Szegedi</t>
+  </si>
+  <si>
+    <t>37-39.</t>
+  </si>
+  <si>
+    <t>+36-1-555-6022</t>
+  </si>
+  <si>
+    <t>+36-1-555-6023</t>
+  </si>
+  <si>
+    <t>vh.0249@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0250</t>
+  </si>
+  <si>
+    <t>Komlósi Gábor Miklós  dr.</t>
+  </si>
+  <si>
+    <t>Kalocsa</t>
+  </si>
+  <si>
+    <t>Tomori Pál</t>
+  </si>
+  <si>
+    <t>+36-78-462-722</t>
+  </si>
+  <si>
+    <t>komlosig@freemail.hu, vh.0250@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0250;252284754</t>
+  </si>
+  <si>
+    <t>11746005-25756227-00000000</t>
+  </si>
+  <si>
+    <t>0257</t>
+  </si>
+  <si>
+    <t>Martinák Katalin  dr.</t>
+  </si>
+  <si>
+    <t>Baja</t>
+  </si>
+  <si>
+    <t xml:space="preserve">56. </t>
+  </si>
+  <si>
+    <t>VH0257MBVK;169605196</t>
+  </si>
+  <si>
+    <t>10402513-49535751-55531013</t>
+  </si>
+  <si>
+    <t>Hattyú</t>
+  </si>
+  <si>
+    <t>+36-79-427-005</t>
+  </si>
+  <si>
+    <t>vh.0257@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0259</t>
+  </si>
+  <si>
+    <t>Mohai László  dr.</t>
+  </si>
+  <si>
+    <t>Bólyai János</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14-16. </t>
+  </si>
+  <si>
+    <t>+36-62-421-391</t>
+  </si>
+  <si>
+    <t>vh.0259@mbvk.hu; iroda@mohaivh.hu</t>
+  </si>
+  <si>
+    <t>VH0259MBVK; 567844398</t>
+  </si>
+  <si>
+    <t>57600084-11076364-00000000</t>
+  </si>
+  <si>
+    <t>0262</t>
+  </si>
+  <si>
+    <t>Kovács István  dr.</t>
+  </si>
+  <si>
+    <t>Szentendre</t>
+  </si>
+  <si>
+    <t>Pf.: 303.</t>
+  </si>
+  <si>
+    <t>VHIRODA; 440601369</t>
+  </si>
+  <si>
+    <t>11742087-24285366-00000000</t>
+  </si>
+  <si>
+    <t>Törökvölgyi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2. </t>
+  </si>
+  <si>
+    <t>+36-26-300-073</t>
+  </si>
+  <si>
+    <t>vh.0262@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0264</t>
+  </si>
+  <si>
+    <t>Ferenczy Kristóf Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>83/c.</t>
+  </si>
+  <si>
+    <t>+36-1-720-2046</t>
+  </si>
+  <si>
+    <t>+36-1-720-2076</t>
+  </si>
+  <si>
+    <t>vh.0264@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0264MBVK;360686378</t>
+  </si>
+  <si>
+    <t>10103173-47175800-02000000</t>
+  </si>
+  <si>
+    <t>0265</t>
+  </si>
+  <si>
+    <t>Láng Tamás  dr.</t>
+  </si>
+  <si>
+    <t>Kőszeg</t>
+  </si>
+  <si>
+    <t>+36-30-349-7339</t>
+  </si>
+  <si>
+    <t>vh.0265@mbvk.hu</t>
+  </si>
+  <si>
+    <t>https://koszegvhiroda.anzso2005.hu</t>
+  </si>
+  <si>
+    <t>LTVHI;240621995</t>
+  </si>
+  <si>
+    <t>10104789-04957000-01004004</t>
+  </si>
+  <si>
+    <t>0267</t>
+  </si>
+  <si>
+    <t>Törköly Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>Karcag</t>
+  </si>
+  <si>
+    <t>Kertész J.</t>
+  </si>
+  <si>
+    <t>+36-59-311-772</t>
+  </si>
+  <si>
+    <t>vh.0267@mbvk.hu</t>
+  </si>
+  <si>
+    <t>ZTORKOLY;742685351</t>
+  </si>
+  <si>
+    <t>10402805-00002600-00000000</t>
+  </si>
+  <si>
+    <t>0268</t>
+  </si>
+  <si>
+    <t>Mezei Róbert Ádám  dr.</t>
+  </si>
+  <si>
+    <t>Mezőkövesd</t>
+  </si>
+  <si>
+    <t>Mártírok</t>
+  </si>
+  <si>
+    <t>+36-49-313-470</t>
+  </si>
+  <si>
+    <t>+36-20-323-1997</t>
+  </si>
+  <si>
+    <t>vh.0268@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRMEZEIVH;255535108</t>
+  </si>
+  <si>
+    <t>11734107-20114662-00000000</t>
+  </si>
+  <si>
+    <t>0273</t>
+  </si>
+  <si>
+    <t>Gál Tamás  dr.</t>
+  </si>
+  <si>
+    <t>Arany János</t>
+  </si>
+  <si>
+    <t>+36-93-310-994</t>
+  </si>
+  <si>
+    <t>+36-70-423-5000</t>
+  </si>
+  <si>
+    <t>vh.0273@mbvk.hu</t>
+  </si>
+  <si>
+    <t>GALVHIRODA;540706337</t>
+  </si>
+  <si>
+    <t>10104985-65707063-01000009</t>
+  </si>
+  <si>
+    <t>0277</t>
+  </si>
+  <si>
+    <t>Farkas József  dr.</t>
+  </si>
+  <si>
+    <t>Római</t>
+  </si>
+  <si>
+    <t>+36-74-512-417</t>
+  </si>
+  <si>
+    <t>+36-74-410-228, +36-74-511-466</t>
+  </si>
+  <si>
+    <t>+36-74-512-418</t>
+  </si>
+  <si>
+    <t>farkastsa@tolna.net, vh.0277@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0277;750179940</t>
+  </si>
+  <si>
+    <t>11746005-20123347-00000000</t>
+  </si>
+  <si>
+    <t>458/1.</t>
+  </si>
+  <si>
+    <t>0278</t>
+  </si>
+  <si>
+    <t>Mamlecz László  dr.</t>
+  </si>
+  <si>
+    <t>Pusztaszeri</t>
+  </si>
+  <si>
+    <t>+36-62-636-512</t>
+  </si>
+  <si>
+    <t>vh.0278@mbvk.hu</t>
+  </si>
+  <si>
+    <t>MAMLECZVH;358525102</t>
+  </si>
+  <si>
+    <t>57400217-10005611-00000000</t>
+  </si>
+  <si>
+    <t>0280</t>
+  </si>
+  <si>
+    <t>Récsei-Ollári Krisztina   dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 521.</t>
+  </si>
+  <si>
+    <t>RECSEIVH; 278137783</t>
+  </si>
+  <si>
+    <t>10104167-54468000-02000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nádorliget </t>
+  </si>
+  <si>
+    <t>7/C.</t>
+  </si>
+  <si>
+    <t>+361-274-8017</t>
+  </si>
+  <si>
+    <t>vh.0280@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0281</t>
+  </si>
+  <si>
+    <t>Schmalz Péter József  dr.</t>
+  </si>
+  <si>
+    <t>+36-46-482-489</t>
+  </si>
+  <si>
+    <t>vh.0281@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0281mbvk;354545988</t>
+  </si>
+  <si>
+    <t>54300091-10003190-00000000</t>
+  </si>
+  <si>
+    <t>0282</t>
+  </si>
+  <si>
+    <t>Deme Mária   dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Érd </t>
+  </si>
+  <si>
+    <t>+36-23-747-333</t>
+  </si>
+  <si>
+    <t>vh.0282@mbvk.hu</t>
+  </si>
+  <si>
+    <t>PATONAVH; 740629772</t>
+  </si>
+  <si>
+    <t>10103173-40142023-01000003</t>
+  </si>
+  <si>
+    <t>0285</t>
+  </si>
+  <si>
+    <t>Berki András  dr.</t>
+  </si>
+  <si>
+    <t>II. Rákóczi Ferenc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">277. </t>
+  </si>
+  <si>
+    <t>6. iroda</t>
+  </si>
+  <si>
+    <t>+36-30-783-2216</t>
+  </si>
+  <si>
+    <t>+36-28-750-373</t>
+  </si>
+  <si>
+    <t>vh.0285@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://www.vh.0285.vhi.hu/</t>
+  </si>
+  <si>
+    <t>BERKIVH;641691951</t>
+  </si>
+  <si>
+    <t>11704021-21457672-00000000</t>
+  </si>
+  <si>
+    <t>Aszód</t>
+  </si>
+  <si>
+    <t>Szent Imre</t>
+  </si>
+  <si>
+    <t>0287</t>
+  </si>
+  <si>
+    <t>Schmidt László  dr.</t>
+  </si>
+  <si>
+    <t>Kiskőrös</t>
+  </si>
+  <si>
+    <t>Pf.: 172.</t>
+  </si>
+  <si>
+    <t>VH0287; 476242905</t>
+  </si>
+  <si>
+    <t>11746005-25753145-00000000</t>
+  </si>
+  <si>
+    <t>Petőfi Sándor</t>
+  </si>
+  <si>
+    <t>+36-78-411-749</t>
+  </si>
+  <si>
+    <t>+36-78-412-266</t>
+  </si>
+  <si>
+    <t>vh.0287@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0289</t>
+  </si>
+  <si>
+    <t>László Zsolt  dr.</t>
+  </si>
+  <si>
+    <t>+36-82-566-034</t>
+  </si>
+  <si>
+    <t>vh.0289@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRLZSVHI;353095129</t>
+  </si>
+  <si>
+    <t>10103214-24999000-02004007</t>
+  </si>
+  <si>
+    <t>0290</t>
+  </si>
+  <si>
+    <t>Udvary Sándor Tibor Dr.</t>
+  </si>
+  <si>
+    <t>UDVARYVI;747623375</t>
+  </si>
+  <si>
+    <t>11737007-23755907-00000000</t>
+  </si>
+  <si>
+    <t>+36-96-283-917</t>
+  </si>
+  <si>
+    <t>vh.0290@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0291</t>
+  </si>
+  <si>
+    <t>Kádár Petra Pálma állandó helyettes (Vht. 245.§) dr. Varga Kata helyett  dr.</t>
+  </si>
+  <si>
+    <t>Pf. 611.</t>
+  </si>
+  <si>
+    <t>VH0291; 458610743</t>
+  </si>
+  <si>
+    <t>11734121-20037422-00000000</t>
+  </si>
+  <si>
+    <t>Ózd</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Október 23. </t>
+  </si>
+  <si>
+    <t>217-220.</t>
+  </si>
+  <si>
+    <t>+36-30-230-3685</t>
+  </si>
+  <si>
+    <t>vh.0291@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0293</t>
+  </si>
+  <si>
+    <t>Fekete Gábor  dr.</t>
+  </si>
+  <si>
+    <t>Csákány</t>
+  </si>
+  <si>
+    <t>+36-36-951-267</t>
+  </si>
+  <si>
+    <t>+36-20-289-74-64</t>
+  </si>
+  <si>
+    <t>vh.0293@mbvk.hu, iroda@feketevh.hu</t>
+  </si>
+  <si>
+    <t>VH0293MBVK; 259507960</t>
+  </si>
+  <si>
+    <t>10103513-12749200-02005008</t>
+  </si>
+  <si>
+    <t>0294</t>
+  </si>
+  <si>
+    <t>Gyovai Márk  dr.</t>
+  </si>
+  <si>
+    <t>II/</t>
+  </si>
+  <si>
+    <t>+36-46-508-136</t>
+  </si>
+  <si>
+    <t>+36-46-617-994</t>
+  </si>
+  <si>
+    <t>vh.0294@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0294MBVK;257595705</t>
+  </si>
+  <si>
+    <t>Polgári Bank Zrt.</t>
+  </si>
+  <si>
+    <t>61200429-10011063-00000000</t>
+  </si>
+  <si>
+    <t>0296</t>
+  </si>
+  <si>
+    <t>Kisely Alexandra állandó helyettes (Vht. 245. §) dr. Poráczki Rita helyett  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazinczy </t>
+  </si>
+  <si>
+    <t>+36-30-134-9587</t>
+  </si>
+  <si>
+    <t>vh.0296@mbvk.hu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MBH. Bank Nyrt. </t>
+  </si>
+  <si>
+    <t>54300118-10002199-00000000</t>
+  </si>
+  <si>
+    <t>Miskolc 1.</t>
+  </si>
+  <si>
+    <t>0297</t>
+  </si>
+  <si>
+    <t>Gulyás Ábel Levente  dr.</t>
+  </si>
+  <si>
+    <t>Ajka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Szabadság </t>
+  </si>
+  <si>
+    <t>vh.0297@mbvk.hu</t>
+  </si>
+  <si>
+    <t>73200093-10001978-00000000</t>
+  </si>
+  <si>
+    <t>0301</t>
+  </si>
+  <si>
+    <t>Nagy Ádám Dávid  dr.</t>
+  </si>
+  <si>
+    <t>Pf.: 168.</t>
+  </si>
+  <si>
+    <t>VH0301MBVK;460874996</t>
+  </si>
+  <si>
+    <t>10104260-02386900-03003004</t>
+  </si>
+  <si>
+    <t>+36-57-562-900</t>
+  </si>
+  <si>
+    <t>+36-21-314-1618</t>
+  </si>
+  <si>
+    <t>vh.0301@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0305</t>
+  </si>
+  <si>
+    <t>Dobos Dóra  dr.</t>
+  </si>
+  <si>
+    <t>Siklósi</t>
+  </si>
+  <si>
+    <t>+36-72-211-748</t>
+  </si>
+  <si>
+    <t>vh.0305@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRDOBOSVH;755072370</t>
+  </si>
+  <si>
+    <t>11731001-20418210-00000000</t>
+  </si>
+  <si>
+    <t>0315</t>
+  </si>
+  <si>
+    <t>Pozsogár-Dormán Bernadett  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">260. </t>
+  </si>
+  <si>
+    <t>VH0315MBVK;767698335</t>
+  </si>
+  <si>
+    <t>10104569-54810100-02003004</t>
+  </si>
+  <si>
+    <t>Ady</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13. </t>
+  </si>
+  <si>
+    <t>+36-92-952-209</t>
+  </si>
+  <si>
+    <t>vh.0315@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0319</t>
+  </si>
+  <si>
+    <t>Fiedler Bálint Ernő állandó helyettes [Vht. 239. §. (1a)] dr. Büky Norbert helyett  dr.</t>
+  </si>
+  <si>
+    <t>Mezőtúr</t>
+  </si>
+  <si>
+    <t>+36-21-314-1621</t>
+  </si>
+  <si>
+    <t>vh.0319@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRBNVHIROD;246633339</t>
+  </si>
+  <si>
+    <t>11745097-20013932-00000000</t>
+  </si>
+  <si>
+    <t>0321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Détáriné dr. Papp Éva </t>
+  </si>
+  <si>
+    <t>Hódmezővásárhely</t>
+  </si>
+  <si>
+    <t>Pálffy</t>
+  </si>
+  <si>
+    <t>+36-62-248-762</t>
+  </si>
+  <si>
+    <t>vh.0321@mbvk.hu, hmvhely@detarivh.hu</t>
+  </si>
+  <si>
+    <t>http://detarivh.hu/</t>
+  </si>
+  <si>
+    <t>DETARIVH;241615398</t>
+  </si>
+  <si>
+    <t>57400262-11029867-00000000</t>
+  </si>
+  <si>
+    <t>0322</t>
+  </si>
+  <si>
+    <t>Szarka Ádám  dr.</t>
+  </si>
+  <si>
+    <t>Berettyóújfalu</t>
+  </si>
+  <si>
+    <t>Kálvin</t>
+  </si>
+  <si>
+    <t>+36-54-409-637</t>
+  </si>
+  <si>
+    <t>vh.0322@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0322MBVK;766804391</t>
+  </si>
+  <si>
+    <t>11738046-20043331-00000000</t>
+  </si>
+  <si>
+    <t>0328</t>
+  </si>
+  <si>
+    <t>Jaksütz-Szabó Judit  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kossuth </t>
+  </si>
+  <si>
+    <t>6-7.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">II. em. </t>
+  </si>
+  <si>
+    <t>+36-42-898-344</t>
+  </si>
+  <si>
+    <t>vh.0328@mbvk.hu</t>
+  </si>
+  <si>
+    <t>SZABOVH;560696922</t>
+  </si>
+  <si>
+    <t>11600006-00000000-45122752</t>
+  </si>
+  <si>
+    <t>0333</t>
+  </si>
+  <si>
+    <t>Papp Krisztián  dr.</t>
+  </si>
+  <si>
+    <t>Teleki</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11. </t>
+  </si>
+  <si>
+    <t>+36-62-426-786</t>
+  </si>
+  <si>
+    <t>pappkrisztian.vh@gmail.com, vh.0333@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0333;446655130</t>
+  </si>
+  <si>
+    <t>57600084-11076395-00000000</t>
+  </si>
+  <si>
+    <t>Szeged, Tanposta</t>
+  </si>
+  <si>
+    <t>0335</t>
+  </si>
+  <si>
+    <t>Melczer Roland János  dr.</t>
+  </si>
+  <si>
+    <t>Pápa</t>
+  </si>
+  <si>
+    <t>Budai Nagy Antal</t>
+  </si>
+  <si>
+    <t>11-12.</t>
+  </si>
+  <si>
+    <t>+36-89-320-214</t>
+  </si>
+  <si>
+    <t>+36-89-310-624</t>
+  </si>
+  <si>
+    <t>vh.0335@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://www.papaivegrehajto.hu/</t>
+  </si>
+  <si>
+    <t>VH0335;153021132</t>
+  </si>
+  <si>
+    <t>11748045-24816964-00000000</t>
+  </si>
+  <si>
+    <t>0339</t>
+  </si>
+  <si>
+    <t>Babics Petra  dr.</t>
+  </si>
+  <si>
+    <t>Rákóczi fejedelem</t>
+  </si>
+  <si>
+    <t>18/D.</t>
+  </si>
+  <si>
+    <t>06-1-791-1234</t>
+  </si>
+  <si>
+    <t>06-35-998-635</t>
+  </si>
+  <si>
+    <t>vh.0339@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0339;565154753</t>
+  </si>
+  <si>
+    <t>10101016-05009900-02003000</t>
+  </si>
+  <si>
+    <t>0344</t>
+  </si>
+  <si>
+    <t>Nótári Tamás László Dr.</t>
+  </si>
+  <si>
+    <t>Tapolca</t>
+  </si>
+  <si>
+    <t>vh.0344@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VHIRODA344;449660741</t>
+  </si>
+  <si>
+    <t>72800030-15303842-00000000</t>
+  </si>
+  <si>
+    <t>0348</t>
+  </si>
+  <si>
+    <t>Kovássy Szabolcs állandó helyettes (Vht.245.§) Dr. Schadl György helyett  dr.</t>
+  </si>
+  <si>
+    <t>Budaörs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">133. </t>
+  </si>
+  <si>
+    <t>5-6.</t>
+  </si>
+  <si>
+    <t>+36-23-414-984</t>
+  </si>
+  <si>
+    <t>+36-23-788-133</t>
+  </si>
+  <si>
+    <t>vh.0348@mbvk.hu, schadl.vh.iroda@gmail.com</t>
+  </si>
+  <si>
+    <t>SCHADLVH; 545657792</t>
+  </si>
+  <si>
+    <t>10100840-09907900-02003003</t>
+  </si>
+  <si>
+    <t>Pf. 7.</t>
+  </si>
+  <si>
+    <t>0349</t>
+  </si>
+  <si>
+    <t>Hars Tamás  dr.</t>
+  </si>
+  <si>
+    <t>Kunszentmárton</t>
+  </si>
+  <si>
+    <t>HARSTAMAS;348652336</t>
+  </si>
+  <si>
+    <t>11745042-20065159-00000000</t>
+  </si>
+  <si>
+    <t>Kölcsey F.</t>
+  </si>
+  <si>
+    <t>8/</t>
+  </si>
+  <si>
+    <t>+36-56-461-655</t>
+  </si>
+  <si>
+    <t>vh.0349@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0355</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Némethyné dr. Erdősi Krisztina </t>
+  </si>
+  <si>
+    <t>Munkásotthon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44. </t>
+  </si>
+  <si>
+    <t>+36-1-780-0803</t>
+  </si>
+  <si>
+    <t>+36-1-780-4198</t>
+  </si>
+  <si>
+    <t>vh.0355@mbvk.hu</t>
+  </si>
+  <si>
+    <t>NEMETHY355;345673103</t>
+  </si>
+  <si>
+    <t>10102244-06736000-02003009</t>
+  </si>
+  <si>
+    <t>0364</t>
+  </si>
+  <si>
+    <t>Gazdagné dr. Arnold Zsanett  dr.</t>
+  </si>
+  <si>
+    <t>+36-82-222-055</t>
+  </si>
+  <si>
+    <t>+36-70-977-2626</t>
+  </si>
+  <si>
+    <t>vh.0364@mbvk.hu</t>
+  </si>
+  <si>
+    <t>GAVH;545568365</t>
+  </si>
+  <si>
+    <t>11600006-00000000-63537310</t>
+  </si>
+  <si>
+    <t>0372</t>
+  </si>
+  <si>
+    <t>Bencze Fruzsina Ágnes   dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Malom </t>
+  </si>
+  <si>
+    <t>18/A.</t>
+  </si>
+  <si>
+    <t>BENCZEVH;643699722</t>
+  </si>
+  <si>
+    <t>11744003-21033108-00000000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nyíregyháza </t>
+  </si>
+  <si>
+    <t>+36-70-613-3440</t>
+  </si>
+  <si>
+    <t>vh.0372@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0377</t>
+  </si>
+  <si>
+    <t>Pataki Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>Thököly</t>
+  </si>
+  <si>
+    <t>I. lh.</t>
+  </si>
+  <si>
+    <t>+36-1-951-9454</t>
+  </si>
+  <si>
+    <t>vh.0377@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0377;262697715</t>
+  </si>
+  <si>
+    <t>10103173-59211400-01001002</t>
+  </si>
+  <si>
+    <t>0382</t>
+  </si>
+  <si>
+    <t>Novák Amanda Nikoletta  dr.</t>
+  </si>
+  <si>
+    <t>+36-66-460-364</t>
+  </si>
+  <si>
+    <t>NAVH;342679106</t>
+  </si>
+  <si>
+    <t>11733003-27317392-00000000</t>
+  </si>
+  <si>
+    <t>0389</t>
+  </si>
+  <si>
+    <t>Horváth László Imre állandó helyettes (Vht. 245. §) dr. Sőre Zoltán helyett  dr.</t>
+  </si>
+  <si>
+    <t>Battonya</t>
+  </si>
+  <si>
+    <t>+36-30-086-3713</t>
+  </si>
+  <si>
+    <t>vh.0389@mbvk.hu</t>
+  </si>
+  <si>
+    <t>vh0389; 743634163</t>
+  </si>
+  <si>
+    <t>11749008-20185996-00000000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mohács </t>
+  </si>
+  <si>
+    <t>0391</t>
+  </si>
+  <si>
+    <t>Lukács Beatrix  dr.</t>
+  </si>
+  <si>
+    <t>Stollár Béla</t>
+  </si>
+  <si>
+    <t>3/</t>
+  </si>
+  <si>
+    <t>II./</t>
+  </si>
+  <si>
+    <t>1-4.</t>
+  </si>
+  <si>
+    <t>+36-1-398-8605</t>
+  </si>
+  <si>
+    <t>+36-1-398-8606</t>
+  </si>
+  <si>
+    <t>vh.0391@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0391;448715717</t>
+  </si>
+  <si>
+    <t>11714051-21451377-00000000</t>
+  </si>
+  <si>
+    <t>0397</t>
+  </si>
+  <si>
+    <t>Vasné dr. Kolits Ágnes Katalin  dr.</t>
+  </si>
+  <si>
+    <t>+36-30-897-1946</t>
+  </si>
+  <si>
+    <t>vh.0397@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRSKVHI; 440909104</t>
+  </si>
+  <si>
+    <t>10103173-16171423-01000006</t>
+  </si>
+  <si>
+    <t>Pf.: 200.</t>
+  </si>
+  <si>
+    <t>0400</t>
+  </si>
+  <si>
+    <t>Papp Gábor  dr.</t>
+  </si>
+  <si>
+    <t>DRPAPPVHTO;149681779</t>
+  </si>
+  <si>
+    <t>10101078-14909200-04003006</t>
+  </si>
+  <si>
+    <t>+36-62-222-448</t>
+  </si>
+  <si>
+    <t>+36-62- 222-458</t>
+  </si>
+  <si>
+    <t>vh.0400@mbvk.hu</t>
+  </si>
+  <si>
+    <t>iroda,telephely,szekhely</t>
+  </si>
+  <si>
+    <t>0409</t>
+  </si>
+  <si>
+    <t>Csala Erika Irén  dr.</t>
+  </si>
+  <si>
+    <t>Kecskemét</t>
+  </si>
+  <si>
+    <t>Korona</t>
+  </si>
+  <si>
+    <t>VI.</t>
+  </si>
+  <si>
+    <t>61-62.</t>
+  </si>
+  <si>
+    <t>+36-76-418-199</t>
+  </si>
+  <si>
+    <t>+36-76-324-700</t>
+  </si>
+  <si>
+    <t>drcsalavh@gmail.com, vh.0409@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://www.drcsalavh.hu/, http://www.arveres.eu/</t>
+  </si>
+  <si>
+    <t>DRCSALAVH;443635996</t>
+  </si>
+  <si>
+    <t>11732002-20415444-00000000</t>
+  </si>
+  <si>
+    <t>0410</t>
+  </si>
+  <si>
+    <t>Andris Ildikó  dr.</t>
+  </si>
+  <si>
+    <t>Monor</t>
+  </si>
+  <si>
+    <t>ANDRISVGH;143865152</t>
+  </si>
+  <si>
+    <t>10101377-03726600-02005001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stollár Béla </t>
+  </si>
+  <si>
+    <t>3/a.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A. lph. </t>
+  </si>
+  <si>
+    <t>+36-29-269-648</t>
+  </si>
+  <si>
+    <t>vh.0410@mbvk.hu</t>
+  </si>
+  <si>
+    <t>www.andrisvhiroda.hu</t>
+  </si>
+  <si>
+    <t>0415</t>
+  </si>
+  <si>
+    <t>Polonkai Sándor  dr.</t>
+  </si>
+  <si>
+    <t>+36-72-216-431</t>
+  </si>
+  <si>
+    <t>+36-70-512-3312</t>
+  </si>
+  <si>
+    <t>polonkaivhto@t-online.hu, vh.0415@mbvk.hu</t>
+  </si>
+  <si>
+    <t>POLONKAIVH;159002162</t>
+  </si>
+  <si>
+    <t>11731001-20435349-00000000</t>
+  </si>
+  <si>
+    <t>0416</t>
+  </si>
+  <si>
+    <t>Jakab Csaba Lajos  dr.</t>
+  </si>
+  <si>
+    <t>Dabas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2. em.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 23.</t>
+  </si>
+  <si>
+    <t>+36-29-361-119</t>
+  </si>
+  <si>
+    <t>+36-29-361-210</t>
+  </si>
+  <si>
+    <t>vh.0416@mbvk.hu</t>
+  </si>
+  <si>
+    <t>FEIGL2; 450479337</t>
+  </si>
+  <si>
+    <t>11742056-21454143-00000000</t>
+  </si>
+  <si>
+    <t>0436</t>
+  </si>
+  <si>
+    <t>Pongrácz Péter Olivér  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Komáromi </t>
+  </si>
+  <si>
+    <t>vh.0436@mbvk.hu</t>
+  </si>
+  <si>
+    <t>NEVHI;140588766</t>
+  </si>
+  <si>
+    <t>11740009-24127738-00000000</t>
+  </si>
+  <si>
+    <t>0448</t>
+  </si>
+  <si>
+    <t>Szélpál Péter István  dr.</t>
+  </si>
+  <si>
+    <t>Pásztó</t>
+  </si>
+  <si>
+    <t>SZPLP77;343602706</t>
+  </si>
+  <si>
+    <t>10402805-00020445-00000003</t>
+  </si>
+  <si>
+    <t>Hősök</t>
+  </si>
+  <si>
+    <t>+36-32-460-800</t>
+  </si>
+  <si>
+    <t>vh.0448@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0450</t>
+  </si>
+  <si>
+    <t>Szűcs-Galsi Emese  dr.</t>
+  </si>
+  <si>
+    <t>Klapka</t>
+  </si>
+  <si>
+    <t>+36-76-418-008</t>
+  </si>
+  <si>
+    <t>+36-20-536-1002</t>
+  </si>
+  <si>
+    <t>szucsgalsivhiroda@gmail.com, vh.0450@mbvk.hu</t>
+  </si>
+  <si>
+    <t>SZGE450;144621365</t>
+  </si>
+  <si>
+    <t>10102529-05461211-01000003</t>
+  </si>
+  <si>
+    <t>0454</t>
+  </si>
+  <si>
+    <t>Dócs Attila  dr.</t>
+  </si>
+  <si>
+    <t>Esztergom</t>
+  </si>
+  <si>
+    <t>+36-30-196-7147</t>
+  </si>
+  <si>
+    <t>vh.0454@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0454;364666935</t>
+  </si>
+  <si>
+    <t>10103661-13265600-02003000</t>
+  </si>
+  <si>
+    <t>0464</t>
+  </si>
+  <si>
+    <t>Bihari Zsófia Nóra  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thököly </t>
+  </si>
+  <si>
+    <t>+36-1-312-7106</t>
+  </si>
+  <si>
+    <t>+36-1-472-0367</t>
+  </si>
+  <si>
+    <t>vh.0464@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0464;445603749</t>
+  </si>
+  <si>
+    <t>10103173-39844600-02004004</t>
+  </si>
+  <si>
+    <t>0479</t>
+  </si>
+  <si>
+    <t>Kollár Szabolcs  dr.</t>
+  </si>
+  <si>
+    <t>Sárvár</t>
+  </si>
+  <si>
+    <t>Hunyadi János</t>
+  </si>
+  <si>
+    <t>+36-95-312-480</t>
+  </si>
+  <si>
+    <t>vh.0479@mbvk.hu</t>
+  </si>
+  <si>
+    <t>KOLLARVH;541666712</t>
+  </si>
+  <si>
+    <t>11737155-21452976-00000000</t>
+  </si>
+  <si>
+    <t>0483</t>
+  </si>
+  <si>
+    <t>Krivács Katalin   dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonyód </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ady Endre </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2. em. </t>
+  </si>
+  <si>
+    <t>+36-70-551-0082</t>
+  </si>
+  <si>
+    <t>vh.0483@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0483;274118703</t>
+  </si>
+  <si>
+    <t>11744058-24465324-00000000</t>
+  </si>
+  <si>
+    <t>0494</t>
+  </si>
+  <si>
+    <t>Fajd Dániel László  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bernhart Sándor </t>
+  </si>
+  <si>
+    <t xml:space="preserve">79. </t>
+  </si>
+  <si>
+    <t>+36-79-887-525</t>
+  </si>
+  <si>
+    <t>+36-79-888-300</t>
+  </si>
+  <si>
+    <t>vh.0494@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://www.fajdvh.hu/</t>
+  </si>
+  <si>
+    <t>DRFAJDVH01;743600983</t>
+  </si>
+  <si>
+    <t>10102093-47464600-02004009</t>
+  </si>
+  <si>
+    <t>0500</t>
+  </si>
+  <si>
+    <t>Király András  dr.</t>
+  </si>
+  <si>
+    <t>VHIRODA500;644673382</t>
+  </si>
+  <si>
+    <t>10103379-34720700-02003002</t>
+  </si>
+  <si>
+    <t>Lónyay</t>
+  </si>
+  <si>
+    <t>+36-1-789-4131</t>
+  </si>
+  <si>
+    <t>+36-1-789-4731</t>
+  </si>
+  <si>
+    <t>drkiralyandrasonallo.birosagivegrehajto@upcmail.hu, vh.0500@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://www.drkiralyiroda.hu/</t>
+  </si>
+  <si>
+    <t>0510</t>
+  </si>
+  <si>
+    <t>Büky Norbert  dr.</t>
+  </si>
+  <si>
+    <t>Budai</t>
+  </si>
+  <si>
+    <t>fsz. 1.</t>
+  </si>
+  <si>
+    <t>+36-56-210-020</t>
+  </si>
+  <si>
+    <t>+36-30-237-4582</t>
+  </si>
+  <si>
+    <t>vh.0510@mbvk.hu</t>
+  </si>
+  <si>
+    <t>11736006-20400725-00000000</t>
+  </si>
+  <si>
+    <t>0522</t>
+  </si>
+  <si>
+    <t>Jánoky Adél  dr.</t>
+  </si>
+  <si>
+    <t>Nagyajtai</t>
+  </si>
+  <si>
+    <t>4/b.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">alagsor </t>
+  </si>
+  <si>
+    <t>+36-1-212-2208</t>
+  </si>
+  <si>
+    <t>vh.0522@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0522;240603383</t>
+  </si>
+  <si>
+    <t>10103379-16799700-02003008</t>
+  </si>
+  <si>
+    <t>0533</t>
+  </si>
+  <si>
+    <t>Kutas Péter  dr.</t>
+  </si>
+  <si>
+    <t>KUTASVH;368206313</t>
+  </si>
+  <si>
+    <t>10102244-29222200-02005000</t>
+  </si>
+  <si>
+    <t>vh.0533@mbvk.hu</t>
+  </si>
+  <si>
+    <t>0538</t>
+  </si>
+  <si>
+    <t>Jeney Orsolya Pálma  dr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">III. </t>
+  </si>
+  <si>
+    <t>+36-1-555-6948</t>
+  </si>
+  <si>
+    <t>+36-1-555-6949</t>
+  </si>
+  <si>
+    <t>vh.0538@mbvk.hu</t>
+  </si>
+  <si>
+    <t>JENEYVH;643693774</t>
+  </si>
+  <si>
+    <t>10100792-25739500-02004007</t>
+  </si>
+  <si>
+    <t>0540</t>
+  </si>
+  <si>
+    <t>Urbán Gergely  dr.</t>
+  </si>
+  <si>
+    <t>Medve</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28. </t>
+  </si>
+  <si>
+    <t>+36-1-269-8591</t>
+  </si>
+  <si>
+    <t>vh.0540@mbvk.hu</t>
+  </si>
+  <si>
+    <t>DRURBAN;747508377</t>
+  </si>
+  <si>
+    <t>10102103-24746300-02004004</t>
+  </si>
+  <si>
+    <t>0543</t>
+  </si>
+  <si>
+    <t>Csontos Imre  dr.</t>
+  </si>
+  <si>
+    <t>+36-1-610-4790</t>
+  </si>
+  <si>
+    <t>+36-1-799-6609</t>
+  </si>
+  <si>
+    <t>vh.0543@mbvk.hu, info@birosagivegrehajtas.hu</t>
+  </si>
+  <si>
+    <t>DRCSIVHI;557188382</t>
+  </si>
+  <si>
+    <t>10102244-04032800-02005006</t>
+  </si>
+  <si>
+    <t>0560</t>
+  </si>
+  <si>
+    <t>Lőrincz István Zoltán  dr.</t>
+  </si>
+  <si>
+    <t>+36-42-402-252</t>
+  </si>
+  <si>
+    <t>vh.0560@mbvk.hu</t>
+  </si>
+  <si>
+    <t>http://vhiroda.co.hu/vh0560/</t>
+  </si>
+  <si>
+    <t>LORINCZ;446603371</t>
+  </si>
+  <si>
+    <t>68800099-11069502-00000000</t>
+  </si>
+  <si>
+    <t>0567</t>
+  </si>
+  <si>
+    <t>Orell Zsolt  dr.</t>
+  </si>
+  <si>
+    <t>VH0567MBVK; 462380911</t>
+  </si>
+  <si>
+    <t>50461118-10010086-00000000</t>
+  </si>
+  <si>
+    <t>+36-30-987-0665</t>
+  </si>
+  <si>
+    <t>vh.0567@mbvk.hu</t>
+  </si>
+  <si>
+    <t>www.drorellzsolt.hu</t>
+  </si>
+  <si>
+    <t>0579</t>
+  </si>
+  <si>
+    <t>Lukács Tamás állandó helyettes [Vht. 239. §. (1a)] dr. Szabó Gábor Péter helyett  dr.</t>
+  </si>
+  <si>
     <t>Pf.: 111.</t>
   </si>
   <si>
-    <t>ZAVHI; 458067128</t>
-[...4789 lines deleted...]
-  <si>
     <t>SZABOGVHI;145643957</t>
   </si>
   <si>
     <t>11731001-20460736-00000000</t>
   </si>
   <si>
     <t>+36-72-224-167</t>
   </si>
   <si>
     <t>vh.0579@mbvk.hu</t>
   </si>
   <si>
     <t>0594</t>
   </si>
   <si>
     <t>Deák Attila  dr.</t>
   </si>
   <si>
     <t>Siklós</t>
   </si>
   <si>
     <t>Harkányi</t>
   </si>
   <si>
     <t>+36-72-579-110</t>
@@ -5620,80 +5617,77 @@
   <si>
     <t>Schmidt Zoltán Róbert állandó helyettes (Vht. 245. §) dr. Kiss Ferenc helyett  dr.</t>
   </si>
   <si>
     <t xml:space="preserve">II. Rákóczi Ferenc </t>
   </si>
   <si>
     <t>+36-1-264-1080</t>
   </si>
   <si>
     <t>+36-1-294-8801</t>
   </si>
   <si>
     <t>vh.0771@mbvk.hu</t>
   </si>
   <si>
     <t>https://vhiroda.co.hu/vh0771/</t>
   </si>
   <si>
     <t>VH0771; 653502120</t>
   </si>
   <si>
     <t>10300002-13576479-00024905</t>
   </si>
   <si>
-    <t>10100716-06331200-04005000</t>
-[...1 lines deleted...]
-  <si>
     <t>0772</t>
   </si>
   <si>
     <t>Nagy Szilvia  dr.</t>
   </si>
   <si>
     <t>Zirc</t>
   </si>
   <si>
+    <t>VH0772MBVK; 160311919</t>
+  </si>
+  <si>
+    <t>50420733-10002113-00000000</t>
+  </si>
+  <si>
     <t>Pacsirta</t>
   </si>
   <si>
     <t>+36-70-241-0038</t>
   </si>
   <si>
     <t>06-88-830-320</t>
   </si>
   <si>
     <t>vh.0772@mbvk.hu</t>
   </si>
   <si>
-    <t>VH0772MBVK; 160311919</t>
-[...4 lines deleted...]
-  <si>
     <t>0790</t>
   </si>
   <si>
     <t>Csűrös Gabriella Klára  dr.</t>
   </si>
   <si>
     <t>Mátészalka</t>
   </si>
   <si>
     <t xml:space="preserve">Kálvin </t>
   </si>
   <si>
     <t>+36-45-426-691</t>
   </si>
   <si>
     <t>vh.0790@mbvk.hu</t>
   </si>
   <si>
     <t>DRCSUROS; 142911323</t>
   </si>
   <si>
     <t>11600006-00000000-80826280</t>
   </si>
   <si>
     <t>0791</t>
@@ -5804,53 +5798,50 @@
     <t>Fehérgyarmat</t>
   </si>
   <si>
     <t>DRPREKUBVH;169695317</t>
   </si>
   <si>
     <t>50436484-10003530-00000000</t>
   </si>
   <si>
     <t xml:space="preserve">38. </t>
   </si>
   <si>
     <t>+36-70-544-2506</t>
   </si>
   <si>
     <t>vh.0807@mbvk.hu</t>
   </si>
   <si>
     <t>0808</t>
   </si>
   <si>
     <t>Szeifert György  dr.</t>
   </si>
   <si>
     <t>Kunszentmiklós</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">11. </t>
   </si>
   <si>
     <t>+36-76-529-054</t>
   </si>
   <si>
     <t>vh.0808@mbvk.hu</t>
   </si>
   <si>
     <t>VH0808MBVK;568676926</t>
   </si>
   <si>
     <t>11740126-21456217-00000000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -6200,55 +6191,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U361"/>
+  <dimension ref="A1:U358"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="U361" sqref="U361"/>
+      <selection pane="bottomLeft" activeCell="U358" sqref="U358"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="113.115234" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="72.982178" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.123291" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.706543" bestFit="true" customWidth="true" style="0"/>
@@ -6648,981 +6639,981 @@
       </c>
       <c r="Q8" s="1" t="s">
         <v>65</v>
       </c>
       <c r="R8" s="1" t="s">
         <v>66</v>
       </c>
       <c r="S8" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U8" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C9" s="1">
-        <v>7601</v>
+        <v>1725</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="S9" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T9" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="U9" s="1" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="1">
         <v>1238</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E10" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G10" s="1">
         <v>120</v>
       </c>
       <c r="H10" s="1"/>
       <c r="I10" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J10" s="1">
         <v>212</v>
       </c>
       <c r="K10" s="1"/>
       <c r="L10" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="Q10" s="1"/>
       <c r="R10" s="1" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="S10" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T10" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="U10" s="1" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C11" s="1">
         <v>1055</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="K11" s="1"/>
       <c r="L11" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q11" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="Q11" s="1" t="s">
+      <c r="R11" s="1" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="S11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T11" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U11" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C12" s="1">
         <v>1380</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="E12" s="1"/>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1">
         <v>1139</v>
       </c>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="S12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U12" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C13" s="1">
         <v>5630</v>
       </c>
       <c r="D13" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" s="1" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G13" s="1">
         <v>10</v>
       </c>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="Q13" s="1"/>
       <c r="R13" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="S13" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T13" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U13" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C14" s="1">
         <v>5631</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="E14" s="1"/>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1">
         <v>160</v>
       </c>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="S14" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U14" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" s="1" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C15" s="1">
         <v>9022</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G15" s="1">
         <v>21</v>
       </c>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q15" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="P15" s="1" t="s">
+      <c r="R15" s="1" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="S15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T15" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U15" s="1" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C16" s="1">
         <v>4151</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E16" s="1"/>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1">
         <v>58</v>
       </c>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="S16" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T16" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U16" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C17" s="1">
         <v>4150</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="P17" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="Q17" s="1"/>
       <c r="R17" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="S17" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T17" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U17" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" s="1" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C18" s="1">
         <v>5601</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="S18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T18" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U18" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" s="1" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C19" s="1">
         <v>5600</v>
       </c>
       <c r="D19" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E19" s="1" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H19" s="1"/>
       <c r="I19" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J19" s="1">
         <v>5</v>
       </c>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="O19" s="1"/>
       <c r="P19" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="Q19" s="1"/>
       <c r="R19" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="S19" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T19" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U19" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C20" s="1">
         <v>2101</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="S20" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T20" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U20" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C21" s="1">
         <v>2101</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="S21" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T21" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="U21" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C22" s="1">
         <v>2100</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G22" s="1">
         <v>16</v>
       </c>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="M22" s="1"/>
       <c r="N22" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="O22" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="O22" s="1" t="s">
+      <c r="P22" s="1" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="Q22" s="1"/>
       <c r="R22" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="S22" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T22" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U22" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C23" s="1">
         <v>2100</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G23" s="1">
         <v>16</v>
       </c>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="M23" s="1"/>
       <c r="N23" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="O23" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="O23" s="1" t="s">
+      <c r="P23" s="1" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="Q23" s="1"/>
       <c r="R23" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="S23" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T23" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="U23" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C24" s="1">
         <v>1325</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="E24" s="1"/>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="S24" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T24" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U24" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C25" s="1">
         <v>1042</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="H25" s="1"/>
       <c r="I25" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="K25" s="1"/>
       <c r="L25" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="P25" s="1" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="Q25" s="1"/>
       <c r="R25" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="S25" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T25" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U25" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="C26" s="1">
         <v>8200</v>
       </c>
       <c r="D26" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="E26" s="1" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="H26" s="1"/>
       <c r="I26" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J26" s="1">
         <v>1</v>
       </c>
       <c r="K26" s="1"/>
       <c r="L26" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="Q26" s="1"/>
       <c r="R26" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="S26" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T26" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U26" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="C27" s="1">
         <v>7621</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>70</v>
+        <v>165</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>166</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G27" s="1">
         <v>12</v>
       </c>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1" t="s">
         <v>167</v>
       </c>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1" t="s">
         <v>168</v>
       </c>
       <c r="P27" s="1" t="s">
         <v>169</v>
       </c>
       <c r="Q27" s="1"/>
       <c r="R27" s="1" t="s">
         <v>170</v>
       </c>
       <c r="S27" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T27" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U27" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C28" s="1">
         <v>1027</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>174</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G28" s="1">
         <v>28</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="I28" s="1">
         <v>1</v>
       </c>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1" t="s">
         <v>175</v>
       </c>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1" t="s">
         <v>176</v>
       </c>
       <c r="Q28" s="1"/>
       <c r="R28" s="1" t="s">
         <v>177</v>
       </c>
       <c r="S28" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T28" s="1" t="s">
         <v>178</v>
       </c>
@@ -7751,102 +7742,102 @@
       <c r="H31" s="1"/>
       <c r="I31" s="1">
         <v>2</v>
       </c>
       <c r="J31" s="1">
         <v>217</v>
       </c>
       <c r="K31" s="1"/>
       <c r="L31" s="1" t="s">
         <v>196</v>
       </c>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1" t="s">
         <v>197</v>
       </c>
       <c r="Q31" s="1"/>
       <c r="R31" s="1" t="s">
         <v>198</v>
       </c>
       <c r="S31" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T31" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U31" s="1" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" s="1" t="s">
         <v>200</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>201</v>
       </c>
       <c r="C32" s="1">
         <v>1047</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>202</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G32" s="1">
         <v>23</v>
       </c>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1" t="s">
         <v>203</v>
       </c>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1" t="s">
         <v>204</v>
       </c>
       <c r="P32" s="1" t="s">
         <v>205</v>
       </c>
       <c r="Q32" s="1"/>
       <c r="R32" s="1" t="s">
         <v>206</v>
       </c>
       <c r="S32" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T32" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U32" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" s="1" t="s">
         <v>208</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>209</v>
       </c>
       <c r="C33" s="1">
         <v>7200</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>210</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>211</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G33" s="1">
@@ -8057,218 +8048,218 @@
       </c>
       <c r="G37" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1" t="s">
         <v>241</v>
       </c>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1" t="s">
         <v>242</v>
       </c>
       <c r="Q37" s="1"/>
       <c r="R37" s="1" t="s">
         <v>243</v>
       </c>
       <c r="S37" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T37" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U37" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C38" s="1">
         <v>3525</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>247</v>
       </c>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1" t="s">
         <v>248</v>
       </c>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1" t="s">
         <v>249</v>
       </c>
       <c r="S38" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T38" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U38" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C39" s="1">
         <v>4200</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>251</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>184</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>252</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J39" s="1" t="s">
         <v>253</v>
       </c>
       <c r="K39" s="1"/>
       <c r="L39" s="1" t="s">
         <v>254</v>
       </c>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1" t="s">
         <v>255</v>
       </c>
       <c r="Q39" s="1"/>
       <c r="R39" s="1" t="s">
         <v>249</v>
       </c>
       <c r="S39" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T39" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U39" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" s="1" t="s">
         <v>256</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>257</v>
       </c>
       <c r="C40" s="1">
         <v>7300</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>258</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>259</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G40" s="1">
         <v>10</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>260</v>
       </c>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1" t="s">
         <v>261</v>
       </c>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1" t="s">
         <v>262</v>
       </c>
       <c r="Q40" s="1"/>
       <c r="R40" s="1" t="s">
         <v>263</v>
       </c>
       <c r="S40" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T40" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U40" s="1" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" s="1" t="s">
         <v>265</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C41" s="1">
         <v>7900</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G41" s="1">
         <v>16</v>
       </c>
       <c r="H41" s="1"/>
       <c r="I41" s="1" t="s">
         <v>268</v>
       </c>
       <c r="J41" s="1">
         <v>7</v>
       </c>
       <c r="K41" s="1"/>
       <c r="L41" s="1" t="s">
         <v>269</v>
       </c>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1" t="s">
         <v>269</v>
       </c>
       <c r="P41" s="1" t="s">
         <v>270</v>
@@ -8406,211 +8397,211 @@
       <c r="H44" s="1"/>
       <c r="I44" s="1" t="s">
         <v>286</v>
       </c>
       <c r="J44" s="1">
         <v>5</v>
       </c>
       <c r="K44" s="1"/>
       <c r="L44" s="1" t="s">
         <v>287</v>
       </c>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1" t="s">
         <v>288</v>
       </c>
       <c r="Q44" s="1"/>
       <c r="R44" s="1" t="s">
         <v>289</v>
       </c>
       <c r="S44" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T44" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U44" s="1" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C45" s="1">
         <v>9001</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1" t="s">
         <v>293</v>
       </c>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1" t="s">
         <v>294</v>
       </c>
       <c r="S45" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T45" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U45" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C46" s="1">
         <v>9001</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1" t="s">
         <v>293</v>
       </c>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1" t="s">
         <v>294</v>
       </c>
       <c r="S46" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T46" s="1" t="s">
         <v>296</v>
       </c>
       <c r="U46" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C47" s="1">
         <v>9021</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>298</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>286</v>
       </c>
       <c r="J47" s="1">
         <v>2</v>
       </c>
       <c r="K47" s="1"/>
       <c r="L47" s="1" t="s">
         <v>300</v>
       </c>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1" t="s">
         <v>301</v>
       </c>
       <c r="Q47" s="1"/>
       <c r="R47" s="1" t="s">
         <v>294</v>
       </c>
       <c r="S47" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T47" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U47" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C48" s="1">
         <v>9021</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>298</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>286</v>
       </c>
       <c r="J48" s="1">
         <v>2</v>
       </c>
       <c r="K48" s="1"/>
       <c r="L48" s="1" t="s">
         <v>300</v>
       </c>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1" t="s">
         <v>301</v>
       </c>
       <c r="Q48" s="1"/>
       <c r="R48" s="1" t="s">
@@ -8704,117 +8695,117 @@
         <v>24</v>
       </c>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1" t="s">
         <v>315</v>
       </c>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1" t="s">
         <v>315</v>
       </c>
       <c r="P50" s="1" t="s">
         <v>316</v>
       </c>
       <c r="Q50" s="1"/>
       <c r="R50" s="1" t="s">
         <v>317</v>
       </c>
       <c r="S50" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T50" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U50" s="1" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51" s="1" t="s">
         <v>311</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C51" s="1">
         <v>4002</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>313</v>
       </c>
       <c r="E51" s="1"/>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1" t="s">
         <v>319</v>
       </c>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1" t="s">
         <v>317</v>
       </c>
       <c r="S51" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T51" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U51" s="1" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" s="1" t="s">
         <v>320</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>321</v>
       </c>
       <c r="C52" s="1">
         <v>2800</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>323</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>324</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>325</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>268</v>
       </c>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1" t="s">
         <v>326</v>
       </c>
       <c r="M52" s="1" t="s">
         <v>327</v>
       </c>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1" t="s">
         <v>328</v>
       </c>
       <c r="Q52" s="1"/>
       <c r="R52" s="1" t="s">
@@ -8855,162 +8846,162 @@
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1" t="s">
         <v>335</v>
       </c>
       <c r="M53" s="1" t="s">
         <v>336</v>
       </c>
       <c r="N53" s="1"/>
       <c r="O53" s="1" t="s">
         <v>337</v>
       </c>
       <c r="P53" s="1" t="s">
         <v>338</v>
       </c>
       <c r="Q53" s="1"/>
       <c r="R53" s="1" t="s">
         <v>339</v>
       </c>
       <c r="S53" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T53" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U53" s="1" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="54" spans="1:21">
       <c r="A54" s="1" t="s">
         <v>331</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>332</v>
       </c>
       <c r="C54" s="1">
         <v>7101</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>333</v>
       </c>
       <c r="E54" s="1"/>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1">
         <v>458</v>
       </c>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1" t="s">
         <v>339</v>
       </c>
       <c r="S54" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T54" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U54" s="1" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="55" spans="1:21">
       <c r="A55" s="1" t="s">
         <v>341</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>342</v>
       </c>
       <c r="C55" s="1">
         <v>6900</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>343</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>202</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G55" s="1">
         <v>43</v>
       </c>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1" t="s">
         <v>344</v>
       </c>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1" t="s">
         <v>345</v>
       </c>
       <c r="P55" s="1" t="s">
         <v>346</v>
       </c>
       <c r="Q55" s="1"/>
       <c r="R55" s="1" t="s">
         <v>347</v>
       </c>
       <c r="S55" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T55" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U55" s="1" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C56" s="1">
         <v>9021</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>351</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G56" s="1">
         <v>10</v>
       </c>
       <c r="H56" s="1"/>
       <c r="I56" s="1" t="s">
         <v>352</v>
       </c>
       <c r="J56" s="1">
         <v>1</v>
       </c>
       <c r="K56" s="1"/>
       <c r="L56" s="1" t="s">
         <v>353</v>
       </c>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1" t="s">
@@ -9019,51 +9010,51 @@
       <c r="Q56" s="1"/>
       <c r="R56" s="1" t="s">
         <v>355</v>
       </c>
       <c r="S56" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T56" s="1" t="s">
         <v>356</v>
       </c>
       <c r="U56" s="1" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="57" spans="1:21">
       <c r="A57" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C57" s="1">
         <v>9001</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="E57" s="1"/>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1">
         <v>647</v>
       </c>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1" t="s">
         <v>355</v>
       </c>
       <c r="S57" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T57" s="1" t="s">
@@ -9086,192 +9077,192 @@
       <c r="D58" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1" t="s">
         <v>360</v>
       </c>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1" t="s">
         <v>361</v>
       </c>
       <c r="S58" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T58" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U58" s="1" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="59" spans="1:21">
       <c r="A59" s="1" t="s">
         <v>358</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>359</v>
       </c>
       <c r="C59" s="1">
         <v>1134</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>363</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>364</v>
       </c>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1" t="s">
         <v>365</v>
       </c>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1" t="s">
         <v>366</v>
       </c>
       <c r="Q59" s="1"/>
       <c r="R59" s="1" t="s">
         <v>361</v>
       </c>
       <c r="S59" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T59" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U59" s="1" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="60" spans="1:21">
       <c r="A60" s="1" t="s">
         <v>367</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>368</v>
       </c>
       <c r="C60" s="1">
         <v>1183</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>369</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G60" s="1">
         <v>14</v>
       </c>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1" t="s">
         <v>370</v>
       </c>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1" t="s">
         <v>371</v>
       </c>
       <c r="Q60" s="1"/>
       <c r="R60" s="1" t="s">
         <v>372</v>
       </c>
       <c r="S60" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T60" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U60" s="1" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="61" spans="1:21">
       <c r="A61" s="1" t="s">
         <v>367</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>368</v>
       </c>
       <c r="C61" s="1">
         <v>1675</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E61" s="1"/>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1">
         <v>245</v>
       </c>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1" t="s">
         <v>372</v>
       </c>
       <c r="S61" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T61" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U61" s="1" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="62" spans="1:21">
       <c r="A62" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C62" s="1">
         <v>1122</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>376</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G62" s="1">
@@ -9370,196 +9361,196 @@
       </c>
       <c r="G64" s="1" t="s">
         <v>385</v>
       </c>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1" t="s">
         <v>386</v>
       </c>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1" t="s">
         <v>387</v>
       </c>
       <c r="Q64" s="1"/>
       <c r="R64" s="1" t="s">
         <v>388</v>
       </c>
       <c r="S64" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T64" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U64" s="1" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="65" spans="1:21">
       <c r="A65" s="1" t="s">
         <v>382</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>383</v>
       </c>
       <c r="C65" s="1">
         <v>2300</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>384</v>
       </c>
       <c r="E65" s="1"/>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1" t="s">
         <v>390</v>
       </c>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
       <c r="Q65" s="1"/>
       <c r="R65" s="1" t="s">
         <v>388</v>
       </c>
       <c r="S65" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T65" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U65" s="1" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="66" spans="1:21">
       <c r="A66" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C66" s="1">
         <v>8900</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>393</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>394</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>395</v>
       </c>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1" t="s">
         <v>396</v>
       </c>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1" t="s">
         <v>397</v>
       </c>
       <c r="Q66" s="1"/>
       <c r="R66" s="1" t="s">
         <v>398</v>
       </c>
       <c r="S66" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T66" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U66" s="1" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="67" spans="1:21">
       <c r="A67" s="1" t="s">
         <v>400</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>401</v>
       </c>
       <c r="C67" s="1">
         <v>7000</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>402</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>403</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>404</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1" t="s">
         <v>405</v>
       </c>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1" t="s">
         <v>406</v>
       </c>
       <c r="Q67" s="1" t="s">
         <v>407</v>
       </c>
       <c r="R67" s="1" t="s">
         <v>408</v>
       </c>
       <c r="S67" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T67" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U67" s="1" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="68" spans="1:21">
       <c r="A68" s="1" t="s">
         <v>410</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>411</v>
       </c>
       <c r="C68" s="1">
         <v>2701</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>412</v>
       </c>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1" t="s">
@@ -9829,51 +9820,51 @@
       </c>
       <c r="U73" s="1" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="74" spans="1:21">
       <c r="A74" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>444</v>
       </c>
       <c r="C74" s="1">
         <v>9400</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>421</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>445</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1" t="s">
         <v>446</v>
       </c>
       <c r="M74" s="1" t="s">
         <v>447</v>
       </c>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1" t="s">
         <v>448</v>
       </c>
       <c r="Q74" s="1" t="s">
         <v>449</v>
       </c>
       <c r="R74" s="1" t="s">
         <v>450</v>
       </c>
       <c r="S74" s="1" t="s">
         <v>32</v>
       </c>
@@ -9913,134 +9904,134 @@
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1" t="s">
         <v>450</v>
       </c>
       <c r="S75" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T75" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U75" s="1" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="76" spans="1:21">
       <c r="A76" s="1" t="s">
         <v>452</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>453</v>
       </c>
       <c r="C76" s="1">
-        <v>7500</v>
+        <v>7501</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="E76" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E76" s="1"/>
       <c r="F76" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
-      <c r="K76" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K76" s="1">
+        <v>75</v>
+      </c>
+      <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
-      <c r="O76" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O76" s="1"/>
+      <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
       <c r="R76" s="1" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="S76" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T76" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U76" s="1" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
     </row>
     <row r="77" spans="1:21">
       <c r="A77" s="1" t="s">
         <v>452</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>453</v>
       </c>
       <c r="C77" s="1">
-        <v>7501</v>
+        <v>7500</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="E77" s="1"/>
+      <c r="E77" s="1" t="s">
+        <v>457</v>
+      </c>
       <c r="F77" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G77" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
-      <c r="K77" s="1">
-[...2 lines deleted...]
-      <c r="L77" s="1"/>
+      <c r="K77" s="1"/>
+      <c r="L77" s="1" t="s">
+        <v>458</v>
+      </c>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
-      <c r="O77" s="1"/>
-      <c r="P77" s="1"/>
+      <c r="O77" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="P77" s="1" t="s">
+        <v>460</v>
+      </c>
       <c r="Q77" s="1"/>
       <c r="R77" s="1" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="S77" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T77" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U77" s="1" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
     </row>
     <row r="78" spans="1:21">
       <c r="A78" s="1" t="s">
         <v>461</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>462</v>
       </c>
       <c r="C78" s="1">
         <v>4032</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>313</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>463</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G78" s="1">
         <v>7</v>
       </c>
       <c r="H78" s="1" t="s">
@@ -10165,51 +10156,51 @@
       </c>
       <c r="T80" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U80" s="1" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="81" spans="1:21">
       <c r="A81" s="1" t="s">
         <v>478</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C81" s="1">
         <v>3100</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>480</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>481</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G81" s="1">
         <v>71</v>
       </c>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1" t="s">
         <v>482</v>
       </c>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1" t="s">
         <v>483</v>
       </c>
       <c r="Q81" s="1"/>
       <c r="R81" s="1" t="s">
         <v>484</v>
       </c>
       <c r="S81" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T81" s="1" t="s">
@@ -10264,76 +10255,76 @@
     </row>
     <row r="83" spans="1:21">
       <c r="A83" s="1" t="s">
         <v>486</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>487</v>
       </c>
       <c r="C83" s="1">
         <v>4220</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>488</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>489</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>490</v>
       </c>
       <c r="H83" s="1"/>
       <c r="I83" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J83" s="1">
         <v>2</v>
       </c>
       <c r="K83" s="1"/>
       <c r="L83" s="1" t="s">
         <v>491</v>
       </c>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1" t="s">
         <v>491</v>
       </c>
       <c r="P83" s="1" t="s">
         <v>492</v>
       </c>
       <c r="Q83" s="1"/>
       <c r="R83" s="1" t="s">
         <v>493</v>
       </c>
       <c r="S83" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T83" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U83" s="1" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="84" spans="1:21">
       <c r="A84" s="1" t="s">
         <v>495</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>496</v>
       </c>
       <c r="C84" s="1">
         <v>9300</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>497</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>498</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G84" s="1" t="s">
@@ -10387,217 +10378,217 @@
       </c>
       <c r="G85" s="1">
         <v>34</v>
       </c>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1" t="s">
         <v>508</v>
       </c>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1" t="s">
         <v>509</v>
       </c>
       <c r="Q85" s="1"/>
       <c r="R85" s="1" t="s">
         <v>510</v>
       </c>
       <c r="S85" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T85" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U85" s="1" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="86" spans="1:21">
       <c r="A86" s="1" t="s">
         <v>512</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>513</v>
       </c>
       <c r="C86" s="1">
         <v>4800</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>514</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>515</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G86" s="1">
         <v>42</v>
       </c>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1" t="s">
         <v>516</v>
       </c>
       <c r="M86" s="1"/>
       <c r="N86" s="1" t="s">
         <v>517</v>
       </c>
       <c r="O86" s="1"/>
       <c r="P86" s="1" t="s">
         <v>518</v>
       </c>
       <c r="Q86" s="1"/>
       <c r="R86" s="1" t="s">
         <v>519</v>
       </c>
       <c r="S86" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T86" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U86" s="1" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="87" spans="1:21">
       <c r="A87" s="1" t="s">
         <v>512</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>513</v>
       </c>
       <c r="C87" s="1">
         <v>4801</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>514</v>
       </c>
       <c r="E87" s="1"/>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1">
         <v>60</v>
       </c>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1" t="s">
         <v>519</v>
       </c>
       <c r="S87" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T87" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U87" s="1" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="88" spans="1:21">
       <c r="A88" s="1" t="s">
         <v>521</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C88" s="1">
         <v>8200</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>523</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>524</v>
       </c>
       <c r="H88" s="1"/>
       <c r="I88" s="1" t="s">
         <v>525</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="K88" s="1"/>
       <c r="L88" s="1" t="s">
         <v>526</v>
       </c>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1" t="s">
         <v>527</v>
       </c>
       <c r="P88" s="1" t="s">
         <v>528</v>
       </c>
       <c r="Q88" s="1"/>
       <c r="R88" s="1" t="s">
         <v>529</v>
       </c>
       <c r="S88" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T88" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U88" s="1" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="89" spans="1:21">
       <c r="A89" s="1" t="s">
         <v>521</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C89" s="1">
         <v>8201</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E89" s="1"/>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G89" s="1"/>
       <c r="H89" s="1"/>
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1">
         <v>146</v>
       </c>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1" t="s">
         <v>529</v>
       </c>
       <c r="S89" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T89" s="1" t="s">
@@ -10620,341 +10611,341 @@
       <c r="D90" s="1" t="s">
         <v>533</v>
       </c>
       <c r="E90" s="1"/>
       <c r="F90" s="1"/>
       <c r="G90" s="1"/>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1" t="s">
         <v>534</v>
       </c>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1" t="s">
         <v>535</v>
       </c>
       <c r="S90" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T90" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U90" s="1" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="91" spans="1:21">
       <c r="A91" s="1" t="s">
         <v>531</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C91" s="1">
         <v>5540</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>533</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>537</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>538</v>
       </c>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1" t="s">
         <v>539</v>
       </c>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1" t="s">
         <v>540</v>
       </c>
       <c r="Q91" s="1"/>
       <c r="R91" s="1" t="s">
         <v>535</v>
       </c>
       <c r="S91" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T91" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U91" s="1" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="92" spans="1:21">
       <c r="A92" s="1" t="s">
         <v>541</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>542</v>
       </c>
       <c r="C92" s="1">
         <v>2400</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>543</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>544</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G92" s="1">
         <v>17</v>
       </c>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1" t="s">
         <v>545</v>
       </c>
       <c r="M92" s="1"/>
       <c r="N92" s="1" t="s">
         <v>546</v>
       </c>
       <c r="O92" s="1"/>
       <c r="P92" s="1" t="s">
         <v>547</v>
       </c>
       <c r="Q92" s="1"/>
       <c r="R92" s="1" t="s">
         <v>548</v>
       </c>
       <c r="S92" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T92" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U92" s="1" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="93" spans="1:21">
       <c r="A93" s="1" t="s">
         <v>550</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>551</v>
       </c>
       <c r="C93" s="1">
         <v>4300</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>552</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>239</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G93" s="1">
         <v>5</v>
       </c>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1" t="s">
         <v>553</v>
       </c>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1" t="s">
         <v>554</v>
       </c>
       <c r="Q93" s="1"/>
       <c r="R93" s="1" t="s">
         <v>555</v>
       </c>
       <c r="S93" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T93" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U93" s="1" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="94" spans="1:21">
       <c r="A94" s="1" t="s">
         <v>550</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>551</v>
       </c>
       <c r="C94" s="1">
         <v>4301</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>552</v>
       </c>
       <c r="E94" s="1"/>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1">
         <v>140</v>
       </c>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1" t="s">
         <v>555</v>
       </c>
       <c r="S94" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T94" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U94" s="1" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="95" spans="1:21">
       <c r="A95" s="1" t="s">
         <v>557</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>558</v>
       </c>
       <c r="C95" s="1">
         <v>5000</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>194</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>559</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G95" s="1">
         <v>5</v>
       </c>
       <c r="H95" s="1"/>
       <c r="I95" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J95" s="1">
         <v>2</v>
       </c>
       <c r="K95" s="1"/>
       <c r="L95" s="1" t="s">
         <v>560</v>
       </c>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1" t="s">
         <v>561</v>
       </c>
       <c r="P95" s="1" t="s">
         <v>562</v>
       </c>
       <c r="Q95" s="1"/>
       <c r="R95" s="1" t="s">
         <v>563</v>
       </c>
       <c r="S95" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T95" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U95" s="1" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="96" spans="1:21">
       <c r="A96" s="1" t="s">
         <v>557</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>558</v>
       </c>
       <c r="C96" s="1">
         <v>5001</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>194</v>
       </c>
       <c r="E96" s="1"/>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1">
         <v>351</v>
       </c>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1" t="s">
         <v>563</v>
       </c>
       <c r="S96" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T96" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U96" s="1" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="97" spans="1:21">
       <c r="A97" s="1" t="s">
         <v>565</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>566</v>
       </c>
       <c r="C97" s="1">
         <v>4600</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>567</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>568</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G97" s="1" t="s">
@@ -10963,117 +10954,117 @@
       <c r="H97" s="1"/>
       <c r="I97" s="1" t="s">
         <v>570</v>
       </c>
       <c r="J97" s="1">
         <v>16</v>
       </c>
       <c r="K97" s="1"/>
       <c r="L97" s="1" t="s">
         <v>571</v>
       </c>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1" t="s">
         <v>572</v>
       </c>
       <c r="Q97" s="1"/>
       <c r="R97" s="1" t="s">
         <v>573</v>
       </c>
       <c r="S97" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T97" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U97" s="1" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="98" spans="1:21">
       <c r="A98" s="1" t="s">
         <v>565</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>566</v>
       </c>
       <c r="C98" s="1">
         <v>4001</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>313</v>
       </c>
       <c r="E98" s="1"/>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1">
         <v>515</v>
       </c>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1" t="s">
         <v>573</v>
       </c>
       <c r="S98" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T98" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U98" s="1" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="99" spans="1:21">
       <c r="A99" s="1" t="s">
         <v>575</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C99" s="1">
         <v>5100</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>577</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>578</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>579</v>
       </c>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1" t="s">
         <v>580</v>
       </c>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1" t="s">
         <v>581</v>
       </c>
       <c r="P99" s="1" t="s">
         <v>582</v>
       </c>
       <c r="Q99" s="1" t="s">
         <v>583</v>
       </c>
       <c r="R99" s="1" t="s">
         <v>584</v>
       </c>
@@ -11198,247 +11189,247 @@
       </c>
       <c r="E102" s="1"/>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1">
         <v>26</v>
       </c>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1" t="s">
         <v>597</v>
       </c>
       <c r="S102" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T102" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U102" s="1" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="103" spans="1:21">
       <c r="A103" s="1" t="s">
         <v>595</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>596</v>
       </c>
       <c r="C103" s="1">
         <v>8000</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>283</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>599</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="H103" s="1" t="s">
         <v>600</v>
       </c>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1" t="s">
         <v>601</v>
       </c>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1" t="s">
         <v>602</v>
       </c>
       <c r="P103" s="1" t="s">
         <v>603</v>
       </c>
       <c r="Q103" s="1"/>
       <c r="R103" s="1" t="s">
         <v>597</v>
       </c>
       <c r="S103" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T103" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U103" s="1" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="104" spans="1:21">
       <c r="A104" s="1" t="s">
         <v>604</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>605</v>
       </c>
       <c r="C104" s="1">
         <v>5000</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>194</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>606</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>607</v>
       </c>
       <c r="H104" s="1"/>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1" t="s">
         <v>608</v>
       </c>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1" t="s">
         <v>608</v>
       </c>
       <c r="P104" s="1" t="s">
         <v>609</v>
       </c>
       <c r="Q104" s="1"/>
       <c r="R104" s="1" t="s">
         <v>610</v>
       </c>
       <c r="S104" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T104" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U104" s="1" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="105" spans="1:21">
       <c r="A105" s="1" t="s">
         <v>604</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>605</v>
       </c>
       <c r="C105" s="1">
         <v>5001</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>194</v>
       </c>
       <c r="E105" s="1"/>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1">
         <v>122</v>
       </c>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1" t="s">
         <v>610</v>
       </c>
       <c r="S105" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T105" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U105" s="1" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="106" spans="1:21">
       <c r="A106" s="1" t="s">
         <v>612</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>613</v>
       </c>
       <c r="C106" s="1">
         <v>4400</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>614</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G106" s="1">
         <v>6</v>
       </c>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1" t="s">
         <v>615</v>
       </c>
       <c r="O106" s="1"/>
       <c r="P106" s="1" t="s">
         <v>616</v>
       </c>
       <c r="Q106" s="1"/>
       <c r="R106" s="1" t="s">
         <v>617</v>
       </c>
       <c r="S106" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T106" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U106" s="1" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="107" spans="1:21">
       <c r="A107" s="1" t="s">
         <v>619</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>620</v>
       </c>
       <c r="C107" s="1">
         <v>3100</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>480</v>
       </c>
       <c r="E107" s="1"/>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1" t="s">
@@ -11458,51 +11449,51 @@
       </c>
       <c r="T107" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U107" s="1" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="108" spans="1:21">
       <c r="A108" s="1" t="s">
         <v>619</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>620</v>
       </c>
       <c r="C108" s="1">
         <v>3100</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>480</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>624</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G108" s="1">
         <v>9</v>
       </c>
       <c r="H108" s="1"/>
       <c r="I108" s="1" t="s">
         <v>625</v>
       </c>
       <c r="J108" s="1" t="s">
         <v>626</v>
       </c>
       <c r="K108" s="1"/>
       <c r="L108" s="1" t="s">
         <v>627</v>
       </c>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1" t="s">
         <v>627</v>
       </c>
       <c r="P108" s="1" t="s">
         <v>628</v>
       </c>
       <c r="Q108" s="1"/>
       <c r="R108" s="1" t="s">
@@ -11539,92 +11530,92 @@
       </c>
       <c r="G109" s="1">
         <v>41</v>
       </c>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1" t="s">
         <v>632</v>
       </c>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1" t="s">
         <v>633</v>
       </c>
       <c r="Q109" s="1"/>
       <c r="R109" s="1" t="s">
         <v>634</v>
       </c>
       <c r="S109" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T109" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U109" s="1" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="110" spans="1:21">
       <c r="A110" s="1" t="s">
         <v>629</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>630</v>
       </c>
       <c r="C110" s="1">
         <v>4001</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>313</v>
       </c>
       <c r="E110" s="1"/>
       <c r="F110" s="1"/>
       <c r="G110" s="1"/>
       <c r="H110" s="1"/>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1" t="s">
         <v>636</v>
       </c>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1" t="s">
         <v>634</v>
       </c>
       <c r="S110" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T110" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U110" s="1" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="111" spans="1:21">
       <c r="A111" s="1" t="s">
         <v>637</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>638</v>
       </c>
       <c r="C111" s="1">
         <v>2060</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>639</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>640</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G111" s="1" t="s">
@@ -11635,164 +11626,164 @@
       </c>
       <c r="I111" s="1" t="s">
         <v>643</v>
       </c>
       <c r="J111" s="1" t="s">
         <v>499</v>
       </c>
       <c r="K111" s="1"/>
       <c r="L111" s="1" t="s">
         <v>644</v>
       </c>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1" t="s">
         <v>645</v>
       </c>
       <c r="Q111" s="1"/>
       <c r="R111" s="1" t="s">
         <v>646</v>
       </c>
       <c r="S111" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T111" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U111" s="1" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="112" spans="1:21">
       <c r="A112" s="1" t="s">
         <v>648</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>649</v>
       </c>
       <c r="C112" s="1">
         <v>7090</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="E112" s="1"/>
-[...1 lines deleted...]
-      <c r="G112" s="1"/>
+      <c r="E112" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G112" s="1">
+        <v>13</v>
+      </c>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
-      <c r="K112" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L112" s="1"/>
+      <c r="K112" s="1"/>
+      <c r="L112" s="1" t="s">
+        <v>652</v>
+      </c>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
-      <c r="P112" s="1"/>
+      <c r="P112" s="1" t="s">
+        <v>653</v>
+      </c>
       <c r="Q112" s="1"/>
       <c r="R112" s="1" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="S112" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T112" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U112" s="1" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
     </row>
     <row r="113" spans="1:21">
       <c r="A113" s="1" t="s">
         <v>648</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>649</v>
       </c>
       <c r="C113" s="1">
         <v>7090</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="E113" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E113" s="1"/>
+      <c r="F113" s="1"/>
+      <c r="G113" s="1"/>
       <c r="H113" s="1"/>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
-      <c r="K113" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K113" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
-      <c r="P113" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P113" s="1"/>
       <c r="Q113" s="1"/>
       <c r="R113" s="1" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="S113" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T113" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U113" s="1" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
     </row>
     <row r="114" spans="1:21">
       <c r="A114" s="1" t="s">
         <v>657</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>658</v>
       </c>
       <c r="C114" s="1">
         <v>2900</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>659</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>660</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G114" s="1">
         <v>19</v>
       </c>
       <c r="H114" s="1"/>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
       <c r="K114" s="1"/>
       <c r="L114" s="1" t="s">
         <v>661</v>
       </c>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1" t="s">
         <v>662</v>
       </c>
       <c r="P114" s="1" t="s">
         <v>663</v>
       </c>
       <c r="Q114" s="1"/>
       <c r="R114" s="1" t="s">
         <v>664</v>
       </c>
       <c r="S114" s="1" t="s">
         <v>48</v>
@@ -11836,75 +11827,75 @@
       <c r="Q115" s="1"/>
       <c r="R115" s="1" t="s">
         <v>664</v>
       </c>
       <c r="S115" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T115" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U115" s="1" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="116" spans="1:21">
       <c r="A116" s="1" t="s">
         <v>666</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>667</v>
       </c>
       <c r="C116" s="1">
         <v>9002</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="E116" s="1"/>
       <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
       <c r="I116" s="1"/>
       <c r="J116" s="1"/>
       <c r="K116" s="1" t="s">
         <v>668</v>
       </c>
       <c r="L116" s="1"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1" t="s">
         <v>669</v>
       </c>
       <c r="S116" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T116" s="1" t="s">
-        <v>73</v>
+        <v>296</v>
       </c>
       <c r="U116" s="1" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="117" spans="1:21">
       <c r="A117" s="1" t="s">
         <v>666</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>667</v>
       </c>
       <c r="C117" s="1">
         <v>2120</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>671</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G117" s="1">
@@ -11913,51 +11904,51 @@
       <c r="H117" s="1"/>
       <c r="I117" s="1" t="s">
         <v>286</v>
       </c>
       <c r="J117" s="1">
         <v>3</v>
       </c>
       <c r="K117" s="1"/>
       <c r="L117" s="1"/>
       <c r="M117" s="1"/>
       <c r="N117" s="1" t="s">
         <v>672</v>
       </c>
       <c r="O117" s="1"/>
       <c r="P117" s="1" t="s">
         <v>673</v>
       </c>
       <c r="Q117" s="1"/>
       <c r="R117" s="1" t="s">
         <v>669</v>
       </c>
       <c r="S117" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T117" s="1" t="s">
-        <v>73</v>
+        <v>296</v>
       </c>
       <c r="U117" s="1" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="118" spans="1:21">
       <c r="A118" s="1" t="s">
         <v>674</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>675</v>
       </c>
       <c r="C118" s="1">
         <v>3501</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>247</v>
       </c>
       <c r="E118" s="1"/>
       <c r="F118" s="1"/>
       <c r="G118" s="1"/>
       <c r="H118" s="1"/>
       <c r="I118" s="1"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1" t="s">
@@ -12056,347 +12047,347 @@
       </c>
       <c r="G120" s="1">
         <v>4</v>
       </c>
       <c r="H120" s="1"/>
       <c r="I120" s="1"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1" t="s">
         <v>687</v>
       </c>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1" t="s">
         <v>688</v>
       </c>
       <c r="Q120" s="1"/>
       <c r="R120" s="1" t="s">
         <v>689</v>
       </c>
       <c r="S120" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T120" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U120" s="1" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="121" spans="1:21">
       <c r="A121" s="1" t="s">
         <v>683</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>684</v>
       </c>
       <c r="C121" s="1">
         <v>3901</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>685</v>
       </c>
       <c r="E121" s="1"/>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G121" s="1"/>
       <c r="H121" s="1"/>
       <c r="I121" s="1"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1">
         <v>71</v>
       </c>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1" t="s">
         <v>689</v>
       </c>
       <c r="S121" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T121" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U121" s="1" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="122" spans="1:21">
       <c r="A122" s="1" t="s">
         <v>691</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>692</v>
       </c>
       <c r="C122" s="1">
         <v>8600</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>693</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>694</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>695</v>
       </c>
       <c r="H122" s="1" t="s">
         <v>696</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J122" s="1">
         <v>40</v>
       </c>
       <c r="K122" s="1"/>
       <c r="L122" s="1" t="s">
         <v>697</v>
       </c>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1" t="s">
         <v>698</v>
       </c>
       <c r="Q122" s="1"/>
       <c r="R122" s="1" t="s">
         <v>699</v>
       </c>
       <c r="S122" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T122" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U122" s="1" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="123" spans="1:21">
       <c r="A123" s="1" t="s">
         <v>701</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>702</v>
       </c>
       <c r="C123" s="1">
         <v>7570</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="E123" s="1"/>
+      <c r="E123" s="1" t="s">
+        <v>704</v>
+      </c>
       <c r="F123" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G123" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>705</v>
+      </c>
       <c r="H123" s="1"/>
       <c r="I123" s="1"/>
       <c r="J123" s="1"/>
-      <c r="K123" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="K123" s="1"/>
       <c r="L123" s="1"/>
       <c r="M123" s="1"/>
-      <c r="N123" s="1"/>
+      <c r="N123" s="1" t="s">
+        <v>706</v>
+      </c>
       <c r="O123" s="1"/>
-      <c r="P123" s="1"/>
+      <c r="P123" s="1" t="s">
+        <v>707</v>
+      </c>
       <c r="Q123" s="1"/>
       <c r="R123" s="1" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="S123" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T123" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U123" s="1" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
     </row>
     <row r="124" spans="1:21">
       <c r="A124" s="1" t="s">
         <v>701</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>702</v>
       </c>
       <c r="C124" s="1">
         <v>7570</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="E124" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E124" s="1"/>
       <c r="F124" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G124" s="1"/>
       <c r="H124" s="1"/>
       <c r="I124" s="1"/>
       <c r="J124" s="1"/>
-      <c r="K124" s="1"/>
+      <c r="K124" s="1">
+        <v>39</v>
+      </c>
       <c r="L124" s="1"/>
       <c r="M124" s="1"/>
-      <c r="N124" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N124" s="1"/>
       <c r="O124" s="1"/>
-      <c r="P124" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P124" s="1"/>
       <c r="Q124" s="1"/>
       <c r="R124" s="1" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="S124" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T124" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U124" s="1" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
     </row>
     <row r="125" spans="1:21">
       <c r="A125" s="1" t="s">
         <v>710</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>711</v>
       </c>
       <c r="C125" s="1">
         <v>8900</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>393</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>61</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>712</v>
       </c>
       <c r="G125" s="1">
         <v>3</v>
       </c>
       <c r="H125" s="1"/>
       <c r="I125" s="1"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1" t="s">
         <v>713</v>
       </c>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1" t="s">
         <v>714</v>
       </c>
       <c r="Q125" s="1"/>
       <c r="R125" s="1" t="s">
         <v>715</v>
       </c>
       <c r="S125" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T125" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U125" s="1" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="126" spans="1:21">
       <c r="A126" s="1" t="s">
         <v>717</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>718</v>
       </c>
       <c r="C126" s="1">
         <v>7621</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>70</v>
+        <v>165</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>719</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G126" s="1">
         <v>7</v>
       </c>
       <c r="H126" s="1"/>
       <c r="I126" s="1" t="s">
         <v>306</v>
       </c>
       <c r="J126" s="1">
         <v>3</v>
       </c>
       <c r="K126" s="1"/>
       <c r="L126" s="1" t="s">
         <v>720</v>
       </c>
       <c r="M126" s="1"/>
       <c r="N126" s="1" t="s">
         <v>721</v>
       </c>
       <c r="O126" s="1" t="s">
         <v>720</v>
       </c>
       <c r="P126" s="1" t="s">
         <v>722</v>
       </c>
       <c r="Q126" s="1"/>
       <c r="R126" s="1" t="s">
         <v>723</v>
       </c>
       <c r="S126" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T126" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U126" s="1" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="127" spans="1:21">
       <c r="A127" s="1" t="s">
         <v>725</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>726</v>
       </c>
       <c r="C127" s="1">
         <v>8600</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>693</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>727</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G127" s="1">
@@ -12478,94 +12469,94 @@
     </row>
     <row r="129" spans="1:21">
       <c r="A129" s="1" t="s">
         <v>734</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>735</v>
       </c>
       <c r="C129" s="1">
         <v>6100</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>736</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>737</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>680</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>184</v>
       </c>
       <c r="H129" s="1"/>
       <c r="I129" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J129" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="K129" s="1"/>
       <c r="L129" s="1" t="s">
         <v>738</v>
       </c>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1" t="s">
         <v>739</v>
       </c>
       <c r="Q129" s="1"/>
       <c r="R129" s="1" t="s">
         <v>740</v>
       </c>
       <c r="S129" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T129" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U129" s="1" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="130" spans="1:21">
       <c r="A130" s="1" t="s">
         <v>742</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>743</v>
       </c>
       <c r="C130" s="1">
         <v>1055</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G130" s="1">
         <v>30</v>
       </c>
       <c r="H130" s="1"/>
       <c r="I130" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J130" s="1">
         <v>1</v>
       </c>
       <c r="K130" s="1"/>
       <c r="L130" s="1" t="s">
         <v>744</v>
       </c>
       <c r="M130" s="1"/>
       <c r="N130" s="1"/>
       <c r="O130" s="1" t="s">
         <v>745</v>
       </c>
       <c r="P130" s="1" t="s">
         <v>746</v>
@@ -12699,51 +12690,51 @@
       </c>
       <c r="E133" s="1"/>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G133" s="1"/>
       <c r="H133" s="1"/>
       <c r="I133" s="1"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1">
         <v>435</v>
       </c>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1" t="s">
         <v>761</v>
       </c>
       <c r="S133" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T133" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U133" s="1" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="134" spans="1:21">
       <c r="A134" s="1" t="s">
         <v>759</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>760</v>
       </c>
       <c r="C134" s="1">
         <v>4031</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>313</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>763</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G134" s="1" t="s">
@@ -12752,51 +12743,51 @@
       <c r="H134" s="1"/>
       <c r="I134" s="1" t="s">
         <v>525</v>
       </c>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1" t="s">
         <v>764</v>
       </c>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1" t="s">
         <v>764</v>
       </c>
       <c r="P134" s="1" t="s">
         <v>765</v>
       </c>
       <c r="Q134" s="1"/>
       <c r="R134" s="1" t="s">
         <v>761</v>
       </c>
       <c r="S134" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T134" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U134" s="1" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="135" spans="1:21">
       <c r="A135" s="1" t="s">
         <v>766</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>767</v>
       </c>
       <c r="C135" s="1">
         <v>5001</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>194</v>
       </c>
       <c r="E135" s="1"/>
       <c r="F135" s="1"/>
       <c r="G135" s="1"/>
       <c r="H135" s="1"/>
       <c r="I135" s="1"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1" t="s">
@@ -12865,79 +12856,79 @@
       </c>
       <c r="T136" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U136" s="1" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="137" spans="1:21">
       <c r="A137" s="1" t="s">
         <v>776</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>777</v>
       </c>
       <c r="C137" s="1">
         <v>3580</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>778</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>779</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G137" s="1">
         <v>97</v>
       </c>
       <c r="H137" s="1"/>
       <c r="I137" s="1"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1" t="s">
         <v>780</v>
       </c>
       <c r="M137" s="1"/>
       <c r="N137" s="1" t="s">
         <v>781</v>
       </c>
       <c r="O137" s="1"/>
       <c r="P137" s="1" t="s">
         <v>782</v>
       </c>
       <c r="Q137" s="1"/>
       <c r="R137" s="1" t="s">
         <v>783</v>
       </c>
       <c r="S137" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T137" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U137" s="1" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="138" spans="1:21">
       <c r="A138" s="1" t="s">
         <v>785</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>786</v>
       </c>
       <c r="C138" s="1">
         <v>1675</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E138" s="1"/>
       <c r="F138" s="1"/>
       <c r="G138" s="1"/>
       <c r="H138" s="1"/>
       <c r="I138" s="1"/>
       <c r="J138" s="1"/>
       <c r="K138" s="1" t="s">
@@ -12957,51 +12948,51 @@
       </c>
       <c r="T138" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U138" s="1" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="139" spans="1:21">
       <c r="A139" s="1" t="s">
         <v>785</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>786</v>
       </c>
       <c r="C139" s="1">
         <v>1181</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>790</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>791</v>
       </c>
       <c r="H139" s="1"/>
       <c r="I139" s="1"/>
       <c r="J139" s="1"/>
       <c r="K139" s="1"/>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
       <c r="N139" s="1" t="s">
         <v>792</v>
       </c>
       <c r="O139" s="1"/>
       <c r="P139" s="1" t="s">
         <v>793</v>
       </c>
       <c r="Q139" s="1"/>
       <c r="R139" s="1" t="s">
         <v>788</v>
       </c>
       <c r="S139" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T139" s="1" t="s">
@@ -13034,51 +13025,51 @@
         <v>61</v>
       </c>
       <c r="H140" s="1"/>
       <c r="I140" s="1"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1" t="s">
         <v>798</v>
       </c>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1" t="s">
         <v>798</v>
       </c>
       <c r="P140" s="1" t="s">
         <v>799</v>
       </c>
       <c r="Q140" s="1"/>
       <c r="R140" s="1" t="s">
         <v>800</v>
       </c>
       <c r="S140" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T140" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U140" s="1" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="141" spans="1:21">
       <c r="A141" s="1" t="s">
         <v>802</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>803</v>
       </c>
       <c r="C141" s="1">
         <v>6720</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>804</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>805</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G141" s="1" t="s">
@@ -13172,170 +13163,170 @@
       </c>
       <c r="U142" s="1" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="143" spans="1:21">
       <c r="A143" s="1" t="s">
         <v>819</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>820</v>
       </c>
       <c r="C143" s="1">
         <v>8000</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>283</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>821</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="H143" s="1"/>
       <c r="I143" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1" t="s">
         <v>822</v>
       </c>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
       <c r="P143" s="1" t="s">
         <v>823</v>
       </c>
       <c r="Q143" s="1"/>
       <c r="R143" s="1" t="s">
         <v>824</v>
       </c>
       <c r="S143" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T143" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U143" s="1" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="144" spans="1:21">
       <c r="A144" s="1" t="s">
         <v>826</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>827</v>
       </c>
       <c r="C144" s="1">
         <v>5900</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>828</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>829</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G144" s="1">
         <v>6</v>
       </c>
       <c r="H144" s="1"/>
       <c r="I144" s="1"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1" t="s">
         <v>830</v>
       </c>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1" t="s">
         <v>831</v>
       </c>
       <c r="P144" s="1" t="s">
         <v>832</v>
       </c>
       <c r="Q144" s="1"/>
       <c r="R144" s="1" t="s">
         <v>833</v>
       </c>
       <c r="S144" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T144" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U144" s="1" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="145" spans="1:21">
       <c r="A145" s="1" t="s">
         <v>826</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>827</v>
       </c>
       <c r="C145" s="1">
         <v>5901</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>828</v>
       </c>
       <c r="E145" s="1"/>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G145" s="1"/>
       <c r="H145" s="1"/>
       <c r="I145" s="1"/>
       <c r="J145" s="1"/>
       <c r="K145" s="1">
         <v>32</v>
       </c>
       <c r="L145" s="1"/>
       <c r="M145" s="1"/>
       <c r="N145" s="1"/>
       <c r="O145" s="1"/>
       <c r="P145" s="1"/>
       <c r="Q145" s="1"/>
       <c r="R145" s="1" t="s">
         <v>833</v>
       </c>
       <c r="S145" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T145" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U145" s="1" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="146" spans="1:21">
       <c r="A146" s="1" t="s">
         <v>835</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>836</v>
       </c>
       <c r="C146" s="1">
         <v>7300</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>258</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>837</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G146" s="1">
@@ -13346,74 +13337,74 @@
         <v>306</v>
       </c>
       <c r="J146" s="1">
         <v>1</v>
       </c>
       <c r="K146" s="1"/>
       <c r="L146" s="1" t="s">
         <v>838</v>
       </c>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
       <c r="O146" s="1" t="s">
         <v>839</v>
       </c>
       <c r="P146" s="1" t="s">
         <v>840</v>
       </c>
       <c r="Q146" s="1"/>
       <c r="R146" s="1" t="s">
         <v>841</v>
       </c>
       <c r="S146" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T146" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U146" s="1" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="147" spans="1:21">
       <c r="A147" s="1" t="s">
         <v>843</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>844</v>
       </c>
       <c r="C147" s="1">
         <v>2800</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>845</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>846</v>
       </c>
       <c r="H147" s="1"/>
       <c r="I147" s="1"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1" t="s">
         <v>847</v>
       </c>
       <c r="M147" s="1" t="s">
         <v>848</v>
       </c>
       <c r="N147" s="1"/>
       <c r="O147" s="1" t="s">
         <v>849</v>
       </c>
       <c r="P147" s="1" t="s">
         <v>850</v>
       </c>
       <c r="Q147" s="1"/>
       <c r="R147" s="1" t="s">
         <v>851</v>
       </c>
@@ -13695,389 +13686,389 @@
       </c>
       <c r="E153" s="1"/>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G153" s="1"/>
       <c r="H153" s="1"/>
       <c r="I153" s="1"/>
       <c r="J153" s="1"/>
       <c r="K153" s="1" t="s">
         <v>524</v>
       </c>
       <c r="L153" s="1"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
       <c r="O153" s="1"/>
       <c r="P153" s="1"/>
       <c r="Q153" s="1"/>
       <c r="R153" s="1" t="s">
         <v>884</v>
       </c>
       <c r="S153" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T153" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U153" s="1" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="154" spans="1:21">
       <c r="A154" s="1" t="s">
         <v>881</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>882</v>
       </c>
       <c r="C154" s="1">
         <v>6400</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>883</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>886</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G154" s="1">
         <v>3</v>
       </c>
       <c r="H154" s="1"/>
       <c r="I154" s="1"/>
       <c r="J154" s="1"/>
       <c r="K154" s="1"/>
       <c r="L154" s="1" t="s">
         <v>887</v>
       </c>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
       <c r="O154" s="1"/>
       <c r="P154" s="1" t="s">
         <v>888</v>
       </c>
       <c r="Q154" s="1"/>
       <c r="R154" s="1" t="s">
         <v>884</v>
       </c>
       <c r="S154" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T154" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U154" s="1" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="155" spans="1:21">
       <c r="A155" s="1" t="s">
         <v>889</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>890</v>
       </c>
       <c r="C155" s="1">
         <v>3390</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>891</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>394</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>892</v>
       </c>
       <c r="H155" s="1"/>
       <c r="I155" s="1"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1" t="s">
         <v>893</v>
       </c>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1" t="s">
         <v>894</v>
       </c>
       <c r="P155" s="1" t="s">
         <v>895</v>
       </c>
       <c r="Q155" s="1"/>
       <c r="R155" s="1" t="s">
         <v>896</v>
       </c>
       <c r="S155" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T155" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U155" s="1" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="156" spans="1:21">
       <c r="A156" s="1" t="s">
         <v>889</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>890</v>
       </c>
       <c r="C156" s="1">
         <v>5001</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>194</v>
       </c>
       <c r="E156" s="1"/>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G156" s="1"/>
       <c r="H156" s="1"/>
       <c r="I156" s="1"/>
       <c r="J156" s="1"/>
       <c r="K156" s="1">
         <v>222</v>
       </c>
       <c r="L156" s="1"/>
       <c r="M156" s="1"/>
       <c r="N156" s="1"/>
       <c r="O156" s="1"/>
       <c r="P156" s="1"/>
       <c r="Q156" s="1"/>
       <c r="R156" s="1" t="s">
         <v>896</v>
       </c>
       <c r="S156" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T156" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U156" s="1" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="157" spans="1:21">
       <c r="A157" s="1" t="s">
         <v>898</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>899</v>
       </c>
       <c r="C157" s="1">
         <v>1475</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E157" s="1"/>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G157" s="1"/>
       <c r="H157" s="1"/>
       <c r="I157" s="1"/>
       <c r="J157" s="1"/>
       <c r="K157" s="1">
         <v>247</v>
       </c>
       <c r="L157" s="1"/>
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
       <c r="P157" s="1"/>
       <c r="Q157" s="1"/>
       <c r="R157" s="1" t="s">
         <v>900</v>
       </c>
       <c r="S157" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T157" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U157" s="1" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="158" spans="1:21">
       <c r="A158" s="1" t="s">
         <v>898</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>899</v>
       </c>
       <c r="C158" s="1">
         <v>1106</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>902</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G158" s="1">
         <v>30</v>
       </c>
       <c r="H158" s="1"/>
       <c r="I158" s="1"/>
       <c r="J158" s="1"/>
       <c r="K158" s="1"/>
       <c r="L158" s="1" t="s">
         <v>903</v>
       </c>
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
       <c r="O158" s="1" t="s">
         <v>903</v>
       </c>
       <c r="P158" s="1" t="s">
         <v>904</v>
       </c>
       <c r="Q158" s="1"/>
       <c r="R158" s="1" t="s">
         <v>900</v>
       </c>
       <c r="S158" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T158" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U158" s="1" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="159" spans="1:21">
       <c r="A159" s="1" t="s">
         <v>905</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>906</v>
       </c>
       <c r="C159" s="1">
         <v>3200</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="E159" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E159" s="1"/>
       <c r="F159" s="1" t="s">
-        <v>4</v>
-[...16 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G159" s="1"/>
+      <c r="H159" s="1"/>
+      <c r="I159" s="1"/>
+      <c r="J159" s="1"/>
+      <c r="K159" s="1">
+        <v>273</v>
+      </c>
+      <c r="L159" s="1"/>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
-      <c r="P159" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P159" s="1"/>
       <c r="Q159" s="1"/>
       <c r="R159" s="1" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="S159" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T159" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U159" s="1" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
     </row>
     <row r="160" spans="1:21">
       <c r="A160" s="1" t="s">
         <v>905</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>906</v>
       </c>
       <c r="C160" s="1">
         <v>3200</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="E160" s="1"/>
+      <c r="E160" s="1" t="s">
+        <v>910</v>
+      </c>
       <c r="F160" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-      <c r="L160" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="H160" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="I160" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="J160" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="K160" s="1"/>
+      <c r="L160" s="1" t="s">
+        <v>912</v>
+      </c>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
-      <c r="P160" s="1"/>
+      <c r="P160" s="1" t="s">
+        <v>913</v>
+      </c>
       <c r="Q160" s="1"/>
       <c r="R160" s="1" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="S160" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T160" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U160" s="1" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
     </row>
     <row r="161" spans="1:21">
       <c r="A161" s="1" t="s">
         <v>914</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>915</v>
       </c>
       <c r="C161" s="1">
         <v>2801</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E161" s="1"/>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G161" s="1"/>
       <c r="H161" s="1"/>
       <c r="I161" s="1"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1">
         <v>1660</v>
@@ -14151,9790 +14142,9635 @@
       </c>
       <c r="T162" s="1" t="s">
         <v>216</v>
       </c>
       <c r="U162" s="1" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="163" spans="1:21">
       <c r="A163" s="1" t="s">
         <v>921</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>922</v>
       </c>
       <c r="C163" s="1">
         <v>8000</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>283</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>923</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G163" s="1">
         <v>31</v>
       </c>
       <c r="H163" s="1"/>
       <c r="I163" s="1"/>
       <c r="J163" s="1"/>
       <c r="K163" s="1"/>
       <c r="L163" s="1" t="s">
         <v>924</v>
       </c>
       <c r="M163" s="1" t="s">
         <v>925</v>
       </c>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
       <c r="P163" s="1" t="s">
         <v>926</v>
       </c>
       <c r="Q163" s="1" t="s">
         <v>927</v>
       </c>
       <c r="R163" s="1" t="s">
         <v>928</v>
       </c>
       <c r="S163" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T163" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U163" s="1" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="164" spans="1:21">
       <c r="A164" s="1" t="s">
         <v>930</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>931</v>
       </c>
       <c r="C164" s="1">
         <v>3800</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>932</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>933</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>680</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>866</v>
       </c>
       <c r="H164" s="1"/>
       <c r="I164" s="1" t="s">
-        <v>570</v>
+        <v>306</v>
       </c>
       <c r="J164" s="1">
         <v>6</v>
       </c>
       <c r="K164" s="1"/>
       <c r="L164" s="1" t="s">
         <v>934</v>
       </c>
       <c r="M164" s="1"/>
       <c r="N164" s="1"/>
       <c r="O164" s="1" t="s">
         <v>934</v>
       </c>
       <c r="P164" s="1" t="s">
         <v>935</v>
       </c>
       <c r="Q164" s="1"/>
       <c r="R164" s="1" t="s">
         <v>936</v>
       </c>
       <c r="S164" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T164" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U164" s="1" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="165" spans="1:21">
       <c r="A165" s="1" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
       <c r="C165" s="1">
-        <v>3800</v>
+        <v>3200</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>932</v>
+        <v>907</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>680</v>
+        <v>4</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>866</v>
+        <v>941</v>
       </c>
       <c r="H165" s="1"/>
-      <c r="I165" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I165" s="1"/>
+      <c r="J165" s="1"/>
       <c r="K165" s="1"/>
       <c r="L165" s="1" t="s">
-        <v>934</v>
+        <v>942</v>
       </c>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="P165" s="1" t="s">
-        <v>935</v>
-[...1 lines deleted...]
-      <c r="Q165" s="1"/>
+        <v>944</v>
+      </c>
+      <c r="Q165" s="1" t="s">
+        <v>945</v>
+      </c>
       <c r="R165" s="1" t="s">
-        <v>936</v>
+        <v>946</v>
       </c>
       <c r="S165" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T165" s="1" t="s">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="U165" s="1" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
     </row>
     <row r="166" spans="1:21">
       <c r="A166" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>939</v>
       </c>
       <c r="C166" s="1">
-        <v>3200</v>
+        <v>3201</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="E166" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E166" s="1"/>
       <c r="F166" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G166" s="1"/>
       <c r="H166" s="1"/>
       <c r="I166" s="1"/>
       <c r="J166" s="1"/>
-      <c r="K166" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K166" s="1">
+        <v>137</v>
+      </c>
+      <c r="L166" s="1"/>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
-      <c r="O166" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="O166" s="1"/>
+      <c r="P166" s="1"/>
+      <c r="Q166" s="1"/>
       <c r="R166" s="1" t="s">
         <v>946</v>
       </c>
       <c r="S166" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T166" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U166" s="1" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="167" spans="1:21">
       <c r="A167" s="1" t="s">
-        <v>938</v>
+        <v>948</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>939</v>
+        <v>949</v>
       </c>
       <c r="C167" s="1">
-        <v>3201</v>
+        <v>2311</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>907</v>
+        <v>950</v>
       </c>
       <c r="E167" s="1"/>
-      <c r="F167" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F167" s="1"/>
       <c r="G167" s="1"/>
       <c r="H167" s="1"/>
       <c r="I167" s="1"/>
       <c r="J167" s="1"/>
-      <c r="K167" s="1">
-        <v>137</v>
+      <c r="K167" s="1" t="s">
+        <v>951</v>
       </c>
       <c r="L167" s="1"/>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="S167" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T167" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U167" s="1" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
     </row>
     <row r="168" spans="1:21">
       <c r="A168" s="1" t="s">
         <v>948</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>949</v>
       </c>
       <c r="C168" s="1">
-        <v>2311</v>
+        <v>2310</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="E168" s="1"/>
-[...1 lines deleted...]
-      <c r="G168" s="1"/>
+      <c r="E168" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>955</v>
+      </c>
       <c r="H168" s="1"/>
-      <c r="I168" s="1"/>
-[...5 lines deleted...]
-      <c r="M168" s="1"/>
+      <c r="I168" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="J168" s="1">
+        <v>5</v>
+      </c>
+      <c r="K168" s="1"/>
+      <c r="L168" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="M168" s="1" t="s">
+        <v>957</v>
+      </c>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
-      <c r="P168" s="1"/>
+      <c r="P168" s="1" t="s">
+        <v>958</v>
+      </c>
       <c r="Q168" s="1"/>
       <c r="R168" s="1" t="s">
         <v>952</v>
       </c>
       <c r="S168" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T168" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U168" s="1" t="s">
         <v>953</v>
       </c>
     </row>
     <row r="169" spans="1:21">
       <c r="A169" s="1" t="s">
-        <v>948</v>
+        <v>959</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>949</v>
+        <v>960</v>
       </c>
       <c r="C169" s="1">
-        <v>2310</v>
+        <v>2100</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>950</v>
+        <v>132</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>954</v>
+        <v>961</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>955</v>
-[...7 lines deleted...]
-      </c>
+        <v>962</v>
+      </c>
+      <c r="H169" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="I169" s="1"/>
+      <c r="J169" s="1"/>
       <c r="K169" s="1"/>
       <c r="L169" s="1" t="s">
-        <v>956</v>
-[...3 lines deleted...]
-      </c>
+        <v>964</v>
+      </c>
+      <c r="M169" s="1"/>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
       <c r="P169" s="1" t="s">
-        <v>958</v>
+        <v>965</v>
       </c>
       <c r="Q169" s="1"/>
       <c r="R169" s="1" t="s">
-        <v>952</v>
+        <v>966</v>
       </c>
       <c r="S169" s="1" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="T169" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U169" s="1" t="s">
-        <v>953</v>
+        <v>967</v>
       </c>
     </row>
     <row r="170" spans="1:21">
       <c r="A170" s="1" t="s">
         <v>959</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>960</v>
       </c>
       <c r="C170" s="1">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="E170" s="1"/>
       <c r="F170" s="1" t="s">
-        <v>4</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G170" s="1"/>
+      <c r="H170" s="1"/>
       <c r="I170" s="1"/>
       <c r="J170" s="1"/>
-      <c r="K170" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K170" s="1">
+        <v>273</v>
+      </c>
+      <c r="L170" s="1"/>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
-      <c r="P170" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P170" s="1"/>
       <c r="Q170" s="1"/>
       <c r="R170" s="1" t="s">
         <v>966</v>
       </c>
       <c r="S170" s="1" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="T170" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U170" s="1" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="171" spans="1:21">
       <c r="A171" s="1" t="s">
-        <v>959</v>
+        <v>968</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>960</v>
+        <v>969</v>
       </c>
       <c r="C171" s="1">
-        <v>2101</v>
+        <v>3360</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="E171" s="1"/>
+        <v>970</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>679</v>
+      </c>
       <c r="F171" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G171" s="1"/>
+        <v>680</v>
+      </c>
+      <c r="G171" s="1">
+        <v>3</v>
+      </c>
       <c r="H171" s="1"/>
       <c r="I171" s="1"/>
       <c r="J171" s="1"/>
-      <c r="K171" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="K171" s="1"/>
       <c r="L171" s="1"/>
       <c r="M171" s="1"/>
-      <c r="N171" s="1"/>
+      <c r="N171" s="1" t="s">
+        <v>971</v>
+      </c>
       <c r="O171" s="1"/>
-      <c r="P171" s="1"/>
+      <c r="P171" s="1" t="s">
+        <v>972</v>
+      </c>
       <c r="Q171" s="1"/>
       <c r="R171" s="1" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="S171" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T171" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U171" s="1" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
     </row>
     <row r="172" spans="1:21">
       <c r="A172" s="1" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
       <c r="C172" s="1">
-        <v>3360</v>
+        <v>1119</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>970</v>
+        <v>23</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>679</v>
+        <v>977</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>680</v>
-[...6 lines deleted...]
-      <c r="J172" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="H172" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="I172" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="J172" s="1" t="s">
+        <v>981</v>
+      </c>
       <c r="K172" s="1"/>
-      <c r="L172" s="1"/>
+      <c r="L172" s="1" t="s">
+        <v>982</v>
+      </c>
       <c r="M172" s="1"/>
-      <c r="N172" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N172" s="1"/>
       <c r="O172" s="1"/>
       <c r="P172" s="1" t="s">
-        <v>972</v>
+        <v>983</v>
       </c>
       <c r="Q172" s="1"/>
       <c r="R172" s="1" t="s">
-        <v>973</v>
+        <v>984</v>
       </c>
       <c r="S172" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T172" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U172" s="1" t="s">
-        <v>974</v>
+        <v>985</v>
       </c>
     </row>
     <row r="173" spans="1:21">
       <c r="A173" s="1" t="s">
         <v>975</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>976</v>
       </c>
       <c r="C173" s="1">
         <v>1502</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E173" s="1"/>
       <c r="F173" s="1"/>
       <c r="G173" s="1"/>
       <c r="H173" s="1"/>
       <c r="I173" s="1"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1" t="s">
-        <v>977</v>
+        <v>986</v>
       </c>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
       <c r="P173" s="1"/>
       <c r="Q173" s="1"/>
       <c r="R173" s="1" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="S173" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T173" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U173" s="1" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
     </row>
     <row r="174" spans="1:21">
       <c r="A174" s="1" t="s">
-        <v>975</v>
+        <v>987</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>976</v>
+        <v>988</v>
       </c>
       <c r="C174" s="1">
-        <v>1119</v>
+        <v>2660</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>23</v>
+        <v>989</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>980</v>
+        <v>990</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>76</v>
+        <v>680</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>981</v>
-[...9 lines deleted...]
-      </c>
+        <v>299</v>
+      </c>
+      <c r="H174" s="1"/>
+      <c r="I174" s="1"/>
+      <c r="J174" s="1"/>
       <c r="K174" s="1"/>
       <c r="L174" s="1" t="s">
-        <v>985</v>
+        <v>991</v>
       </c>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
-      <c r="O174" s="1"/>
+      <c r="O174" s="1" t="s">
+        <v>991</v>
+      </c>
       <c r="P174" s="1" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
       <c r="Q174" s="1"/>
       <c r="R174" s="1" t="s">
-        <v>978</v>
+        <v>993</v>
       </c>
       <c r="S174" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T174" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U174" s="1" t="s">
-        <v>979</v>
+        <v>994</v>
       </c>
     </row>
     <row r="175" spans="1:21">
       <c r="A175" s="1" t="s">
         <v>987</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>988</v>
       </c>
       <c r="C175" s="1">
         <v>2661</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>989</v>
       </c>
       <c r="E175" s="1"/>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G175" s="1"/>
       <c r="H175" s="1"/>
       <c r="I175" s="1"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1">
         <v>116</v>
       </c>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
       <c r="P175" s="1"/>
       <c r="Q175" s="1"/>
       <c r="R175" s="1" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="S175" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T175" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U175" s="1" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
     </row>
     <row r="176" spans="1:21">
       <c r="A176" s="1" t="s">
-        <v>987</v>
+        <v>995</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>988</v>
+        <v>996</v>
       </c>
       <c r="C176" s="1">
-        <v>2660</v>
+        <v>1135</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>989</v>
+        <v>23</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>299</v>
+        <v>4</v>
+      </c>
+      <c r="G176" s="1">
+        <v>25</v>
       </c>
       <c r="H176" s="1"/>
-      <c r="I176" s="1"/>
-      <c r="J176" s="1"/>
+      <c r="I176" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="J176" s="1" t="s">
+        <v>626</v>
+      </c>
       <c r="K176" s="1"/>
-      <c r="L176" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L176" s="1"/>
       <c r="M176" s="1"/>
-      <c r="N176" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N176" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="O176" s="1"/>
       <c r="P176" s="1" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="Q176" s="1"/>
       <c r="R176" s="1" t="s">
-        <v>990</v>
+        <v>1000</v>
       </c>
       <c r="S176" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T176" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U176" s="1" t="s">
-        <v>991</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="177" spans="1:21">
       <c r="A177" s="1" t="s">
         <v>995</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>996</v>
       </c>
       <c r="C177" s="1">
-        <v>1135</v>
+        <v>1390</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E177" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E177" s="1"/>
       <c r="F177" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G177" s="1"/>
       <c r="H177" s="1"/>
-      <c r="I177" s="1" t="s">
-[...5 lines deleted...]
-      <c r="K177" s="1"/>
+      <c r="I177" s="1"/>
+      <c r="J177" s="1"/>
+      <c r="K177" s="1">
+        <v>200</v>
+      </c>
       <c r="L177" s="1"/>
       <c r="M177" s="1"/>
-      <c r="N177" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N177" s="1"/>
       <c r="O177" s="1"/>
-      <c r="P177" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P177" s="1"/>
       <c r="Q177" s="1"/>
       <c r="R177" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="S177" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T177" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U177" s="1" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="178" spans="1:21">
       <c r="A178" s="1" t="s">
-        <v>995</v>
+        <v>1002</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>996</v>
+        <v>1003</v>
       </c>
       <c r="C178" s="1">
-        <v>1390</v>
+        <v>8700</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="E178" s="1"/>
+        <v>1004</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>394</v>
+      </c>
       <c r="F178" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G178" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>1005</v>
+      </c>
       <c r="H178" s="1"/>
-      <c r="I178" s="1"/>
-[...4 lines deleted...]
-      <c r="L178" s="1"/>
+      <c r="I178" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J178" s="1">
+        <v>4</v>
+      </c>
+      <c r="K178" s="1"/>
+      <c r="L178" s="1" t="s">
+        <v>1006</v>
+      </c>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
-      <c r="O178" s="1"/>
-[...1 lines deleted...]
-      <c r="Q178" s="1"/>
+      <c r="O178" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="P178" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="Q178" s="1" t="s">
+        <v>1009</v>
+      </c>
       <c r="R178" s="1" t="s">
-        <v>1000</v>
+        <v>1010</v>
       </c>
       <c r="S178" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T178" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U178" s="1" t="s">
-        <v>1001</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="179" spans="1:21">
       <c r="A179" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="C179" s="1">
-        <v>8700</v>
+        <v>8701</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="E179" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E179" s="1"/>
       <c r="F179" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G179" s="1"/>
       <c r="H179" s="1"/>
-      <c r="I179" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I179" s="1"/>
+      <c r="J179" s="1"/>
+      <c r="K179" s="1">
+        <v>129</v>
+      </c>
+      <c r="L179" s="1"/>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
-      <c r="O179" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="O179" s="1"/>
+      <c r="P179" s="1"/>
+      <c r="Q179" s="1"/>
       <c r="R179" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="S179" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T179" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U179" s="1" t="s">
         <v>1011</v>
       </c>
     </row>
     <row r="180" spans="1:21">
       <c r="A180" s="1" t="s">
-        <v>1002</v>
+        <v>1012</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>1003</v>
+        <v>1013</v>
       </c>
       <c r="C180" s="1">
-        <v>8701</v>
+        <v>3501</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>1004</v>
+        <v>247</v>
       </c>
       <c r="E180" s="1"/>
       <c r="F180" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G180" s="1"/>
       <c r="H180" s="1"/>
       <c r="I180" s="1"/>
       <c r="J180" s="1"/>
       <c r="K180" s="1">
-        <v>129</v>
+        <v>59</v>
       </c>
       <c r="L180" s="1"/>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
       <c r="O180" s="1"/>
       <c r="P180" s="1"/>
       <c r="Q180" s="1"/>
       <c r="R180" s="1" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="S180" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T180" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U180" s="1" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="181" spans="1:21">
       <c r="A181" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="C181" s="1">
-        <v>3501</v>
+        <v>3525</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="E181" s="1"/>
+      <c r="E181" s="1" t="s">
+        <v>1016</v>
+      </c>
       <c r="F181" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G181" s="1">
         <v>10</v>
       </c>
-      <c r="G181" s="1"/>
       <c r="H181" s="1"/>
-      <c r="I181" s="1"/>
-[...4 lines deleted...]
-      <c r="L181" s="1"/>
+      <c r="I181" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="J181" s="1">
+        <v>4</v>
+      </c>
+      <c r="K181" s="1"/>
+      <c r="L181" s="1" t="s">
+        <v>1017</v>
+      </c>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
-      <c r="O181" s="1"/>
-      <c r="P181" s="1"/>
+      <c r="O181" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="P181" s="1" t="s">
+        <v>1019</v>
+      </c>
       <c r="Q181" s="1"/>
       <c r="R181" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="S181" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T181" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U181" s="1" t="s">
         <v>1015</v>
       </c>
     </row>
     <row r="182" spans="1:21">
       <c r="A182" s="1" t="s">
-        <v>1012</v>
+        <v>1020</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="C182" s="1">
-        <v>3525</v>
+        <v>3530</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>247</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>1016</v>
+        <v>1022</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G182" s="1">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="H182" s="1"/>
       <c r="I182" s="1" t="s">
-        <v>306</v>
+        <v>150</v>
       </c>
       <c r="J182" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K182" s="1"/>
       <c r="L182" s="1" t="s">
-        <v>1017</v>
+        <v>1023</v>
       </c>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
-      <c r="O182" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O182" s="1"/>
       <c r="P182" s="1" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="Q182" s="1"/>
       <c r="R182" s="1" t="s">
-        <v>1014</v>
+        <v>1025</v>
       </c>
       <c r="S182" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T182" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U182" s="1" t="s">
-        <v>1015</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="183" spans="1:21">
       <c r="A183" s="1" t="s">
-        <v>1020</v>
+        <v>1027</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>1021</v>
+        <v>1028</v>
       </c>
       <c r="C183" s="1">
-        <v>3530</v>
+        <v>7100</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>247</v>
+        <v>333</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1030</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>114</v>
       </c>
       <c r="H183" s="1"/>
       <c r="I183" s="1" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>186</v>
+      </c>
+      <c r="J183" s="1" t="s">
+        <v>1031</v>
       </c>
       <c r="K183" s="1"/>
       <c r="L183" s="1" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
-      <c r="O183" s="1"/>
+      <c r="O183" s="1" t="s">
+        <v>1032</v>
+      </c>
       <c r="P183" s="1" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
       <c r="Q183" s="1"/>
       <c r="R183" s="1" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
       <c r="S183" s="1" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="T183" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U183" s="1" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="184" spans="1:21">
       <c r="A184" s="1" t="s">
-        <v>1027</v>
+        <v>1036</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>1028</v>
+        <v>1037</v>
       </c>
       <c r="C184" s="1">
-        <v>7100</v>
+        <v>1106</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>333</v>
+        <v>23</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>1029</v>
+        <v>1038</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>1030</v>
+        <v>4</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>116</v>
+        <v>1039</v>
       </c>
       <c r="H184" s="1"/>
-      <c r="I184" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I184" s="1"/>
+      <c r="J184" s="1"/>
       <c r="K184" s="1"/>
       <c r="L184" s="1" t="s">
-        <v>1032</v>
+        <v>1040</v>
       </c>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
-      <c r="O184" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O184" s="1"/>
       <c r="P184" s="1" t="s">
-        <v>1033</v>
+        <v>1041</v>
       </c>
       <c r="Q184" s="1"/>
       <c r="R184" s="1" t="s">
-        <v>1034</v>
+        <v>1042</v>
       </c>
       <c r="S184" s="1" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="T184" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U184" s="1" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="185" spans="1:21">
       <c r="A185" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="C185" s="1">
-        <v>1106</v>
+        <v>1083</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>1038</v>
+        <v>1044</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="H185" s="1"/>
-      <c r="I185" s="1"/>
-      <c r="J185" s="1"/>
+      <c r="I185" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="J185" s="1">
+        <v>3</v>
+      </c>
       <c r="K185" s="1"/>
-      <c r="L185" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L185" s="1"/>
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
       <c r="O185" s="1"/>
-      <c r="P185" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P185" s="1"/>
       <c r="Q185" s="1"/>
       <c r="R185" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="S185" s="1" t="s">
-        <v>48</v>
+        <v>1047</v>
       </c>
       <c r="T185" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U185" s="1" t="s">
         <v>1043</v>
       </c>
     </row>
     <row r="186" spans="1:21">
       <c r="A186" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="C186" s="1">
-        <v>1083</v>
+        <v>1475</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E186" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E186" s="1"/>
       <c r="F186" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G186" s="1"/>
       <c r="H186" s="1"/>
-      <c r="I186" s="1" t="s">
-[...5 lines deleted...]
-      <c r="K186" s="1"/>
+      <c r="I186" s="1"/>
+      <c r="J186" s="1"/>
+      <c r="K186" s="1" t="s">
+        <v>1048</v>
+      </c>
       <c r="L186" s="1"/>
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
       <c r="O186" s="1"/>
       <c r="P186" s="1"/>
       <c r="Q186" s="1"/>
       <c r="R186" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="S186" s="1" t="s">
-        <v>1047</v>
+        <v>35</v>
       </c>
       <c r="T186" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U186" s="1" t="s">
         <v>1043</v>
       </c>
     </row>
     <row r="187" spans="1:21">
       <c r="A187" s="1" t="s">
-        <v>1036</v>
+        <v>1049</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>1037</v>
+        <v>1050</v>
       </c>
       <c r="C187" s="1">
-        <v>1475</v>
+        <v>7150</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="E187" s="1"/>
+        <v>1051</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>1052</v>
+      </c>
       <c r="F187" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G187" s="1"/>
+        <v>680</v>
+      </c>
+      <c r="G187" s="1">
+        <v>5</v>
+      </c>
       <c r="H187" s="1"/>
-      <c r="I187" s="1"/>
+      <c r="I187" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="J187" s="1"/>
-      <c r="K187" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L187" s="1"/>
+      <c r="K187" s="1"/>
+      <c r="L187" s="1" t="s">
+        <v>1053</v>
+      </c>
       <c r="M187" s="1"/>
-      <c r="N187" s="1"/>
+      <c r="N187" s="1" t="s">
+        <v>1054</v>
+      </c>
       <c r="O187" s="1"/>
-      <c r="P187" s="1"/>
+      <c r="P187" s="1" t="s">
+        <v>1055</v>
+      </c>
       <c r="Q187" s="1"/>
       <c r="R187" s="1" t="s">
-        <v>1042</v>
+        <v>1056</v>
       </c>
       <c r="S187" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T187" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U187" s="1" t="s">
-        <v>1043</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="188" spans="1:21">
       <c r="A188" s="1" t="s">
-        <v>1049</v>
+        <v>1058</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>1050</v>
+        <v>1059</v>
       </c>
       <c r="C188" s="1">
-        <v>7150</v>
+        <v>9200</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>1051</v>
+        <v>751</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>4</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>955</v>
       </c>
       <c r="H188" s="1"/>
       <c r="I188" s="1" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="J188" s="1"/>
+        <v>570</v>
+      </c>
+      <c r="J188" s="1">
+        <v>1</v>
+      </c>
       <c r="K188" s="1"/>
       <c r="L188" s="1" t="s">
-        <v>1053</v>
+        <v>1061</v>
       </c>
       <c r="M188" s="1"/>
       <c r="N188" s="1" t="s">
-        <v>1054</v>
-[...1 lines deleted...]
-      <c r="O188" s="1"/>
+        <v>1062</v>
+      </c>
+      <c r="O188" s="1" t="s">
+        <v>1061</v>
+      </c>
       <c r="P188" s="1" t="s">
-        <v>1055</v>
+        <v>1063</v>
       </c>
       <c r="Q188" s="1"/>
       <c r="R188" s="1" t="s">
-        <v>1056</v>
+        <v>1064</v>
       </c>
       <c r="S188" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T188" s="1" t="s">
-        <v>73</v>
+        <v>356</v>
       </c>
       <c r="U188" s="1" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="189" spans="1:21">
       <c r="A189" s="1" t="s">
-        <v>1058</v>
+        <v>1066</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>1059</v>
+        <v>1067</v>
       </c>
       <c r="C189" s="1">
-        <v>9200</v>
+        <v>3700</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>751</v>
+        <v>1068</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>1060</v>
+        <v>1069</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>955</v>
+        <v>75</v>
+      </c>
+      <c r="G189" s="1">
+        <v>10</v>
       </c>
       <c r="H189" s="1"/>
-      <c r="I189" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I189" s="1"/>
+      <c r="J189" s="1"/>
       <c r="K189" s="1"/>
       <c r="L189" s="1" t="s">
-        <v>1061</v>
+        <v>1070</v>
       </c>
       <c r="M189" s="1"/>
-      <c r="N189" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="N189" s="1"/>
+      <c r="O189" s="1"/>
       <c r="P189" s="1" t="s">
-        <v>1063</v>
+        <v>1071</v>
       </c>
       <c r="Q189" s="1"/>
       <c r="R189" s="1" t="s">
-        <v>1064</v>
+        <v>1072</v>
       </c>
       <c r="S189" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T189" s="1" t="s">
-        <v>356</v>
+        <v>122</v>
       </c>
       <c r="U189" s="1" t="s">
-        <v>1065</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="190" spans="1:21">
       <c r="A190" s="1" t="s">
-        <v>1066</v>
+        <v>1074</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>1067</v>
+        <v>1075</v>
       </c>
       <c r="C190" s="1">
-        <v>3700</v>
+        <v>8360</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>1068</v>
+        <v>1076</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>1069</v>
+        <v>1077</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>76</v>
-[...6 lines deleted...]
-      <c r="J190" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H190" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="I190" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="J190" s="1">
+        <v>5</v>
+      </c>
       <c r="K190" s="1"/>
       <c r="L190" s="1" t="s">
-        <v>1070</v>
+        <v>1078</v>
       </c>
       <c r="M190" s="1"/>
       <c r="N190" s="1"/>
       <c r="O190" s="1"/>
       <c r="P190" s="1" t="s">
-        <v>1071</v>
+        <v>1079</v>
       </c>
       <c r="Q190" s="1"/>
       <c r="R190" s="1" t="s">
-        <v>1072</v>
+        <v>1080</v>
       </c>
       <c r="S190" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T190" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U190" s="1" t="s">
-        <v>1073</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="191" spans="1:21">
       <c r="A191" s="1" t="s">
-        <v>1074</v>
+        <v>1082</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>1075</v>
+        <v>1083</v>
       </c>
       <c r="C191" s="1">
-        <v>8360</v>
+        <v>3700</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>1076</v>
+        <v>1068</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>1077</v>
+        <v>515</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>4</v>
+        <v>680</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>324</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="H191" s="1"/>
       <c r="I191" s="1" t="s">
-        <v>186</v>
-[...3 lines deleted...]
-      </c>
+        <v>570</v>
+      </c>
+      <c r="J191" s="1"/>
       <c r="K191" s="1"/>
       <c r="L191" s="1" t="s">
-        <v>1078</v>
+        <v>1084</v>
       </c>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="Q191" s="1"/>
       <c r="R191" s="1" t="s">
-        <v>1080</v>
+        <v>1086</v>
       </c>
       <c r="S191" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T191" s="1" t="s">
-        <v>33</v>
+        <v>296</v>
       </c>
       <c r="U191" s="1" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="192" spans="1:21">
       <c r="A192" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="C192" s="1">
-        <v>3700</v>
+        <v>4401</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>1068</v>
-[...9 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="E192" s="1"/>
+      <c r="F192" s="1"/>
+      <c r="G192" s="1"/>
       <c r="H192" s="1"/>
-      <c r="I192" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I192" s="1"/>
       <c r="J192" s="1"/>
-      <c r="K192" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K192" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="L192" s="1"/>
       <c r="M192" s="1"/>
       <c r="N192" s="1"/>
       <c r="O192" s="1"/>
-      <c r="P192" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P192" s="1"/>
       <c r="Q192" s="1"/>
       <c r="R192" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="S192" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T192" s="1" t="s">
         <v>296</v>
       </c>
       <c r="U192" s="1" t="s">
         <v>1087</v>
       </c>
     </row>
     <row r="193" spans="1:21">
       <c r="A193" s="1" t="s">
-        <v>1082</v>
+        <v>1089</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="C193" s="1">
-        <v>4401</v>
+        <v>2760</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>227</v>
-[...10 lines deleted...]
-      <c r="L193" s="1"/>
+        <v>1091</v>
+      </c>
+      <c r="E193" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H193" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I193" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="J193" s="1">
+        <v>1</v>
+      </c>
+      <c r="K193" s="1"/>
+      <c r="L193" s="1" t="s">
+        <v>1095</v>
+      </c>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
-      <c r="P193" s="1"/>
+      <c r="P193" s="1" t="s">
+        <v>1096</v>
+      </c>
       <c r="Q193" s="1"/>
       <c r="R193" s="1" t="s">
-        <v>1086</v>
+        <v>1097</v>
       </c>
       <c r="S193" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T193" s="1" t="s">
-        <v>296</v>
+        <v>33</v>
       </c>
       <c r="U193" s="1" t="s">
-        <v>1087</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="194" spans="1:21">
       <c r="A194" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="C194" s="1">
         <v>2760</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>1091</v>
       </c>
-      <c r="E194" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E194" s="1"/>
       <c r="F194" s="1" t="s">
-        <v>4</v>
-[...16 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G194" s="1"/>
+      <c r="H194" s="1"/>
+      <c r="I194" s="1"/>
+      <c r="J194" s="1"/>
+      <c r="K194" s="1">
+        <v>78</v>
+      </c>
+      <c r="L194" s="1"/>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
-      <c r="P194" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P194" s="1"/>
       <c r="Q194" s="1"/>
       <c r="R194" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="S194" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T194" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U194" s="1" t="s">
         <v>1098</v>
       </c>
     </row>
     <row r="195" spans="1:21">
       <c r="A195" s="1" t="s">
-        <v>1089</v>
+        <v>1099</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>1090</v>
+        <v>1100</v>
       </c>
       <c r="C195" s="1">
-        <v>2760</v>
+        <v>4600</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>1091</v>
-[...1 lines deleted...]
-      <c r="E195" s="1"/>
+        <v>567</v>
+      </c>
+      <c r="E195" s="1" t="s">
+        <v>1101</v>
+      </c>
       <c r="F195" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G195" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>1102</v>
+      </c>
       <c r="H195" s="1"/>
       <c r="I195" s="1"/>
       <c r="J195" s="1"/>
-      <c r="K195" s="1">
-[...2 lines deleted...]
-      <c r="L195" s="1"/>
+      <c r="K195" s="1"/>
+      <c r="L195" s="1" t="s">
+        <v>1103</v>
+      </c>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
-      <c r="P195" s="1"/>
+      <c r="P195" s="1" t="s">
+        <v>1104</v>
+      </c>
       <c r="Q195" s="1"/>
       <c r="R195" s="1" t="s">
-        <v>1097</v>
+        <v>1105</v>
       </c>
       <c r="S195" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T195" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U195" s="1" t="s">
-        <v>1098</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="196" spans="1:21">
       <c r="A196" s="1" t="s">
-        <v>1099</v>
+        <v>1107</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>1100</v>
+        <v>1108</v>
       </c>
       <c r="C196" s="1">
-        <v>4600</v>
+        <v>1388</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>567</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="E196" s="1"/>
       <c r="F196" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G196" s="1"/>
       <c r="H196" s="1"/>
       <c r="I196" s="1"/>
       <c r="J196" s="1"/>
-      <c r="K196" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K196" s="1">
+        <v>70</v>
+      </c>
+      <c r="L196" s="1"/>
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
-      <c r="P196" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P196" s="1"/>
       <c r="Q196" s="1"/>
       <c r="R196" s="1" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="S196" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T196" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U196" s="1" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="197" spans="1:21">
       <c r="A197" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="C197" s="1">
-        <v>1388</v>
+        <v>1135</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E197" s="1"/>
+      <c r="E197" s="1" t="s">
+        <v>1111</v>
+      </c>
       <c r="F197" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G197" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>1112</v>
+      </c>
       <c r="H197" s="1"/>
       <c r="I197" s="1"/>
-      <c r="J197" s="1"/>
-[...3 lines deleted...]
-      <c r="L197" s="1"/>
+      <c r="J197" s="1">
+        <v>305</v>
+      </c>
+      <c r="K197" s="1"/>
+      <c r="L197" s="1" t="s">
+        <v>1113</v>
+      </c>
       <c r="M197" s="1"/>
       <c r="N197" s="1"/>
-      <c r="O197" s="1"/>
-      <c r="P197" s="1"/>
+      <c r="O197" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="P197" s="1" t="s">
+        <v>1115</v>
+      </c>
       <c r="Q197" s="1"/>
       <c r="R197" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="S197" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T197" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U197" s="1" t="s">
         <v>1110</v>
       </c>
     </row>
     <row r="198" spans="1:21">
       <c r="A198" s="1" t="s">
-        <v>1107</v>
+        <v>1116</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>1108</v>
+        <v>1117</v>
       </c>
       <c r="C198" s="1">
-        <v>1135</v>
+        <v>6300</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>23</v>
+        <v>1118</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>1111</v>
+        <v>1119</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>1112</v>
+        <v>4</v>
+      </c>
+      <c r="G198" s="1">
+        <v>79</v>
       </c>
       <c r="H198" s="1"/>
       <c r="I198" s="1"/>
-      <c r="J198" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="J198" s="1"/>
       <c r="K198" s="1"/>
       <c r="L198" s="1" t="s">
-        <v>1113</v>
+        <v>1120</v>
       </c>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
-      <c r="O198" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O198" s="1"/>
       <c r="P198" s="1" t="s">
-        <v>1115</v>
+        <v>1121</v>
       </c>
       <c r="Q198" s="1"/>
       <c r="R198" s="1" t="s">
-        <v>1109</v>
+        <v>1122</v>
       </c>
       <c r="S198" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T198" s="1" t="s">
-        <v>33</v>
+        <v>296</v>
       </c>
       <c r="U198" s="1" t="s">
-        <v>1110</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="199" spans="1:21">
       <c r="A199" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="C199" s="1">
-        <v>6300</v>
+        <v>6301</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="E199" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E199" s="1"/>
       <c r="F199" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G199" s="1"/>
       <c r="H199" s="1"/>
       <c r="I199" s="1"/>
       <c r="J199" s="1"/>
-      <c r="K199" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K199" s="1">
+        <v>159</v>
+      </c>
+      <c r="L199" s="1"/>
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
       <c r="O199" s="1"/>
-      <c r="P199" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P199" s="1"/>
       <c r="Q199" s="1"/>
       <c r="R199" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="S199" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T199" s="1" t="s">
         <v>296</v>
       </c>
       <c r="U199" s="1" t="s">
         <v>1123</v>
       </c>
     </row>
     <row r="200" spans="1:21">
       <c r="A200" s="1" t="s">
-        <v>1116</v>
+        <v>1124</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>1117</v>
+        <v>1125</v>
       </c>
       <c r="C200" s="1">
-        <v>6301</v>
+        <v>6501</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
       <c r="E200" s="1"/>
       <c r="F200" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G200" s="1"/>
       <c r="H200" s="1"/>
       <c r="I200" s="1"/>
       <c r="J200" s="1"/>
-      <c r="K200" s="1">
-        <v>159</v>
+      <c r="K200" s="1" t="s">
+        <v>1127</v>
       </c>
       <c r="L200" s="1"/>
       <c r="M200" s="1"/>
       <c r="N200" s="1"/>
       <c r="O200" s="1"/>
       <c r="P200" s="1"/>
       <c r="Q200" s="1"/>
       <c r="R200" s="1" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
       <c r="S200" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T200" s="1" t="s">
-        <v>296</v>
+        <v>72</v>
       </c>
       <c r="U200" s="1" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="201" spans="1:21">
       <c r="A201" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="C201" s="1">
-        <v>6501</v>
+        <v>6500</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="E201" s="1"/>
+      <c r="E201" s="1" t="s">
+        <v>1130</v>
+      </c>
       <c r="F201" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G201" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="H201" s="1"/>
       <c r="I201" s="1"/>
       <c r="J201" s="1"/>
-      <c r="K201" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L201" s="1"/>
+      <c r="K201" s="1"/>
+      <c r="L201" s="1" t="s">
+        <v>1131</v>
+      </c>
       <c r="M201" s="1"/>
       <c r="N201" s="1"/>
-      <c r="O201" s="1"/>
-      <c r="P201" s="1"/>
+      <c r="O201" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="P201" s="1" t="s">
+        <v>1132</v>
+      </c>
       <c r="Q201" s="1"/>
       <c r="R201" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="S201" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T201" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U201" s="1" t="s">
         <v>1129</v>
       </c>
     </row>
     <row r="202" spans="1:21">
       <c r="A202" s="1" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>1125</v>
+        <v>1134</v>
       </c>
       <c r="C202" s="1">
-        <v>6500</v>
+        <v>6722</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>1126</v>
+        <v>804</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>1130</v>
+        <v>1135</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>116</v>
+        <v>1136</v>
       </c>
       <c r="H202" s="1"/>
-      <c r="I202" s="1"/>
-      <c r="J202" s="1"/>
+      <c r="I202" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="J202" s="1" t="s">
+        <v>499</v>
+      </c>
       <c r="K202" s="1"/>
       <c r="L202" s="1" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="M202" s="1"/>
       <c r="N202" s="1"/>
-      <c r="O202" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O202" s="1"/>
       <c r="P202" s="1" t="s">
-        <v>1132</v>
+        <v>1138</v>
       </c>
       <c r="Q202" s="1"/>
       <c r="R202" s="1" t="s">
-        <v>1128</v>
+        <v>1139</v>
       </c>
       <c r="S202" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T202" s="1" t="s">
-        <v>98</v>
+        <v>33</v>
       </c>
       <c r="U202" s="1" t="s">
-        <v>1129</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="203" spans="1:21">
       <c r="A203" s="1" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
       <c r="C203" s="1">
-        <v>6722</v>
+        <v>2001</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>804</v>
-[...9 lines deleted...]
-      </c>
+        <v>1143</v>
+      </c>
+      <c r="E203" s="1"/>
+      <c r="F203" s="1"/>
+      <c r="G203" s="1"/>
       <c r="H203" s="1"/>
-      <c r="I203" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I203" s="1"/>
+      <c r="J203" s="1"/>
+      <c r="K203" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="L203" s="1"/>
       <c r="M203" s="1"/>
       <c r="N203" s="1"/>
       <c r="O203" s="1"/>
-      <c r="P203" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P203" s="1"/>
       <c r="Q203" s="1"/>
       <c r="R203" s="1" t="s">
-        <v>1139</v>
+        <v>1145</v>
       </c>
       <c r="S203" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T203" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U203" s="1" t="s">
-        <v>1140</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="204" spans="1:21">
       <c r="A204" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="C204" s="1">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>1143</v>
       </c>
-      <c r="E204" s="1"/>
-[...1 lines deleted...]
-      <c r="G204" s="1"/>
+      <c r="E204" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>1148</v>
+      </c>
       <c r="H204" s="1"/>
       <c r="I204" s="1"/>
       <c r="J204" s="1"/>
-      <c r="K204" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L204" s="1"/>
+      <c r="K204" s="1"/>
+      <c r="L204" s="1" t="s">
+        <v>1149</v>
+      </c>
       <c r="M204" s="1"/>
       <c r="N204" s="1"/>
       <c r="O204" s="1"/>
-      <c r="P204" s="1"/>
+      <c r="P204" s="1" t="s">
+        <v>1150</v>
+      </c>
       <c r="Q204" s="1"/>
       <c r="R204" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="S204" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T204" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U204" s="1" t="s">
         <v>1146</v>
       </c>
     </row>
     <row r="205" spans="1:21">
       <c r="A205" s="1" t="s">
-        <v>1141</v>
+        <v>1151</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>1142</v>
+        <v>1152</v>
       </c>
       <c r="C205" s="1">
-        <v>2000</v>
+        <v>1095</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>1143</v>
+        <v>23</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>1147</v>
+        <v>24</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>76</v>
+        <v>4</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="H205" s="1"/>
-      <c r="I205" s="1"/>
+      <c r="I205" s="1" t="s">
+        <v>306</v>
+      </c>
       <c r="J205" s="1"/>
       <c r="K205" s="1"/>
       <c r="L205" s="1" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="M205" s="1"/>
       <c r="N205" s="1"/>
-      <c r="O205" s="1"/>
+      <c r="O205" s="1" t="s">
+        <v>1155</v>
+      </c>
       <c r="P205" s="1" t="s">
-        <v>1150</v>
+        <v>1156</v>
       </c>
       <c r="Q205" s="1"/>
       <c r="R205" s="1" t="s">
-        <v>1145</v>
+        <v>1157</v>
       </c>
       <c r="S205" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T205" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U205" s="1" t="s">
-        <v>1146</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="206" spans="1:21">
       <c r="A206" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="C206" s="1">
-        <v>1095</v>
+        <v>1675</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E206" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E206" s="1"/>
       <c r="F206" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G206" s="1"/>
       <c r="H206" s="1"/>
-      <c r="I206" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I206" s="1"/>
       <c r="J206" s="1"/>
-      <c r="K206" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K206" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="L206" s="1"/>
       <c r="M206" s="1"/>
       <c r="N206" s="1"/>
-      <c r="O206" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O206" s="1"/>
+      <c r="P206" s="1"/>
       <c r="Q206" s="1"/>
       <c r="R206" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="S206" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T206" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U206" s="1" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="207" spans="1:21">
       <c r="A207" s="1" t="s">
-        <v>1151</v>
+        <v>1159</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>1152</v>
+        <v>1160</v>
       </c>
       <c r="C207" s="1">
-        <v>1675</v>
+        <v>9730</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="E207" s="1"/>
+        <v>1161</v>
+      </c>
+      <c r="E207" s="1" t="s">
+        <v>727</v>
+      </c>
       <c r="F207" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G207" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G207" s="1">
+        <v>32</v>
+      </c>
       <c r="H207" s="1"/>
-      <c r="I207" s="1"/>
-[...4 lines deleted...]
-      <c r="L207" s="1"/>
+      <c r="I207" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="J207" s="1">
+        <v>2</v>
+      </c>
+      <c r="K207" s="1"/>
+      <c r="L207" s="1" t="s">
+        <v>1162</v>
+      </c>
       <c r="M207" s="1"/>
       <c r="N207" s="1"/>
       <c r="O207" s="1"/>
-      <c r="P207" s="1"/>
-      <c r="Q207" s="1"/>
+      <c r="P207" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q207" s="1" t="s">
+        <v>1164</v>
+      </c>
       <c r="R207" s="1" t="s">
-        <v>1157</v>
+        <v>1165</v>
       </c>
       <c r="S207" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T207" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U207" s="1" t="s">
-        <v>1158</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="208" spans="1:21">
       <c r="A208" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="C208" s="1">
-        <v>9730</v>
+        <v>9731</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>1161</v>
       </c>
-      <c r="E208" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E208" s="1"/>
       <c r="F208" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G208" s="1"/>
       <c r="H208" s="1"/>
-      <c r="I208" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I208" s="1"/>
+      <c r="J208" s="1"/>
+      <c r="K208" s="1">
+        <v>90</v>
+      </c>
+      <c r="L208" s="1"/>
       <c r="M208" s="1"/>
       <c r="N208" s="1"/>
       <c r="O208" s="1"/>
-      <c r="P208" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="P208" s="1"/>
+      <c r="Q208" s="1"/>
       <c r="R208" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="S208" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T208" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U208" s="1" t="s">
         <v>1166</v>
       </c>
     </row>
     <row r="209" spans="1:21">
       <c r="A209" s="1" t="s">
-        <v>1159</v>
+        <v>1167</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>1160</v>
+        <v>1168</v>
       </c>
       <c r="C209" s="1">
-        <v>9731</v>
+        <v>5300</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>1161</v>
-[...1 lines deleted...]
-      <c r="E209" s="1"/>
+        <v>1169</v>
+      </c>
+      <c r="E209" s="1" t="s">
+        <v>1170</v>
+      </c>
       <c r="F209" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G209" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G209" s="1">
+        <v>6</v>
+      </c>
       <c r="H209" s="1"/>
       <c r="I209" s="1"/>
       <c r="J209" s="1"/>
-      <c r="K209" s="1">
-[...2 lines deleted...]
-      <c r="L209" s="1"/>
+      <c r="K209" s="1"/>
+      <c r="L209" s="1" t="s">
+        <v>1171</v>
+      </c>
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
-      <c r="O209" s="1"/>
-      <c r="P209" s="1"/>
+      <c r="O209" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="P209" s="1" t="s">
+        <v>1172</v>
+      </c>
       <c r="Q209" s="1"/>
       <c r="R209" s="1" t="s">
-        <v>1165</v>
+        <v>1173</v>
       </c>
       <c r="S209" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T209" s="1" t="s">
-        <v>33</v>
+        <v>72</v>
       </c>
       <c r="U209" s="1" t="s">
-        <v>1166</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="210" spans="1:21">
       <c r="A210" s="1" t="s">
-        <v>1167</v>
+        <v>1175</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>1168</v>
+        <v>1176</v>
       </c>
       <c r="C210" s="1">
-        <v>5300</v>
+        <v>3400</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>1169</v>
+        <v>1177</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>1170</v>
+        <v>1178</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G210" s="1">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="H210" s="1"/>
       <c r="I210" s="1"/>
       <c r="J210" s="1"/>
       <c r="K210" s="1"/>
       <c r="L210" s="1" t="s">
-        <v>1171</v>
+        <v>1179</v>
       </c>
       <c r="M210" s="1"/>
-      <c r="N210" s="1"/>
+      <c r="N210" s="1" t="s">
+        <v>1180</v>
+      </c>
       <c r="O210" s="1" t="s">
-        <v>1171</v>
+        <v>1179</v>
       </c>
       <c r="P210" s="1" t="s">
-        <v>1172</v>
+        <v>1181</v>
       </c>
       <c r="Q210" s="1"/>
       <c r="R210" s="1" t="s">
-        <v>1173</v>
+        <v>1182</v>
       </c>
       <c r="S210" s="1" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="T210" s="1" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="U210" s="1" t="s">
-        <v>1174</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="211" spans="1:21">
       <c r="A211" s="1" t="s">
-        <v>1175</v>
+        <v>1184</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>1176</v>
+        <v>1185</v>
       </c>
       <c r="C211" s="1">
-        <v>3400</v>
+        <v>8800</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>1177</v>
+        <v>182</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>1178</v>
+        <v>1186</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G211" s="1">
-[...4 lines deleted...]
-      <c r="J211" s="1"/>
+      <c r="G211" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H211" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="I211" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="J211" s="1">
+        <v>1</v>
+      </c>
       <c r="K211" s="1"/>
       <c r="L211" s="1" t="s">
-        <v>1179</v>
+        <v>1187</v>
       </c>
       <c r="M211" s="1"/>
       <c r="N211" s="1" t="s">
-        <v>1180</v>
-[...3 lines deleted...]
-      </c>
+        <v>1188</v>
+      </c>
+      <c r="O211" s="1"/>
       <c r="P211" s="1" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
       <c r="Q211" s="1"/>
       <c r="R211" s="1" t="s">
-        <v>1182</v>
+        <v>1190</v>
       </c>
       <c r="S211" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T211" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U211" s="1" t="s">
-        <v>1183</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="212" spans="1:21">
       <c r="A212" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="C212" s="1">
-        <v>8800</v>
+        <v>8801</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="E212" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E212" s="1"/>
       <c r="F212" s="1" t="s">
-        <v>4</v>
-[...16 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G212" s="1"/>
+      <c r="H212" s="1"/>
+      <c r="I212" s="1"/>
+      <c r="J212" s="1"/>
+      <c r="K212" s="1">
+        <v>236</v>
+      </c>
+      <c r="L212" s="1"/>
       <c r="M212" s="1"/>
-      <c r="N212" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N212" s="1"/>
       <c r="O212" s="1"/>
-      <c r="P212" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P212" s="1"/>
       <c r="Q212" s="1"/>
       <c r="R212" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="S212" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="T212" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U212" s="1" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="213" spans="1:21">
       <c r="A213" s="1" t="s">
-        <v>1184</v>
+        <v>1192</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>1185</v>
+        <v>1193</v>
       </c>
       <c r="C213" s="1">
-        <v>8801</v>
+        <v>2400</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="E213" s="1"/>
+        <v>543</v>
+      </c>
+      <c r="E213" s="1" t="s">
+        <v>1194</v>
+      </c>
       <c r="F213" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G213" s="1"/>
+        <v>435</v>
+      </c>
+      <c r="G213" s="1">
+        <v>27</v>
+      </c>
       <c r="H213" s="1"/>
-      <c r="I213" s="1"/>
-[...5 lines deleted...]
-      <c r="M213" s="1"/>
+      <c r="I213" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="J213" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="K213" s="1"/>
+      <c r="L213" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="M213" s="1" t="s">
+        <v>1196</v>
+      </c>
       <c r="N213" s="1"/>
-      <c r="O213" s="1"/>
-      <c r="P213" s="1"/>
+      <c r="O213" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="P213" s="1" t="s">
+        <v>1198</v>
+      </c>
       <c r="Q213" s="1"/>
       <c r="R213" s="1" t="s">
-        <v>1190</v>
+        <v>1199</v>
       </c>
       <c r="S213" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T213" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U213" s="1" t="s">
-        <v>1191</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="214" spans="1:21">
       <c r="A214" s="1" t="s">
         <v>1192</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="C214" s="1">
-        <v>2400</v>
+        <v>7101</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>543</v>
-[...3 lines deleted...]
-      </c>
+        <v>333</v>
+      </c>
+      <c r="E214" s="1"/>
       <c r="F214" s="1" t="s">
-        <v>435</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G214" s="1"/>
       <c r="H214" s="1"/>
-      <c r="I214" s="1" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="I214" s="1"/>
+      <c r="J214" s="1"/>
+      <c r="K214" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="L214" s="1"/>
+      <c r="M214" s="1"/>
       <c r="N214" s="1"/>
-      <c r="O214" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O214" s="1"/>
+      <c r="P214" s="1"/>
       <c r="Q214" s="1"/>
       <c r="R214" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="S214" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T214" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U214" s="1" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="215" spans="1:21">
       <c r="A215" s="1" t="s">
-        <v>1192</v>
+        <v>1202</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>1193</v>
+        <v>1203</v>
       </c>
       <c r="C215" s="1">
-        <v>7101</v>
+        <v>6721</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="E215" s="1"/>
+        <v>804</v>
+      </c>
+      <c r="E215" s="1" t="s">
+        <v>1204</v>
+      </c>
       <c r="F215" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G215" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>126</v>
+      </c>
       <c r="H215" s="1"/>
-      <c r="I215" s="1"/>
-[...4 lines deleted...]
-      <c r="L215" s="1"/>
+      <c r="I215" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="J215" s="1">
+        <v>1</v>
+      </c>
+      <c r="K215" s="1"/>
+      <c r="L215" s="1" t="s">
+        <v>1205</v>
+      </c>
       <c r="M215" s="1"/>
       <c r="N215" s="1"/>
-      <c r="O215" s="1"/>
-      <c r="P215" s="1"/>
+      <c r="O215" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="P215" s="1" t="s">
+        <v>1206</v>
+      </c>
       <c r="Q215" s="1"/>
       <c r="R215" s="1" t="s">
-        <v>1199</v>
+        <v>1207</v>
       </c>
       <c r="S215" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="T215" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U215" s="1" t="s">
-        <v>1200</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="216" spans="1:21">
       <c r="A216" s="1" t="s">
-        <v>1202</v>
+        <v>1209</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>1203</v>
+        <v>1210</v>
       </c>
       <c r="C216" s="1">
-        <v>6721</v>
+        <v>1114</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>804</v>
-[...9 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="E216" s="1"/>
+      <c r="F216" s="1"/>
+      <c r="G216" s="1"/>
       <c r="H216" s="1"/>
-      <c r="I216" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I216" s="1"/>
+      <c r="J216" s="1"/>
+      <c r="K216" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="L216" s="1"/>
       <c r="M216" s="1"/>
       <c r="N216" s="1"/>
-      <c r="O216" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O216" s="1"/>
+      <c r="P216" s="1"/>
       <c r="Q216" s="1"/>
       <c r="R216" s="1" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="S216" s="1" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="T216" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U216" s="1" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="217" spans="1:21">
       <c r="A217" s="1" t="s">
         <v>1209</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>1210</v>
       </c>
       <c r="C217" s="1">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E217" s="1"/>
-[...1 lines deleted...]
-      <c r="G217" s="1"/>
+      <c r="E217" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>1215</v>
+      </c>
       <c r="H217" s="1"/>
       <c r="I217" s="1"/>
       <c r="J217" s="1"/>
-      <c r="K217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L217" s="1"/>
+      <c r="K217" s="1"/>
+      <c r="L217" s="1" t="s">
+        <v>1216</v>
+      </c>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
-      <c r="P217" s="1"/>
+      <c r="P217" s="1" t="s">
+        <v>1217</v>
+      </c>
       <c r="Q217" s="1"/>
       <c r="R217" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="S217" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T217" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U217" s="1" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="218" spans="1:21">
       <c r="A218" s="1" t="s">
-        <v>1209</v>
+        <v>1218</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>1210</v>
+        <v>1219</v>
       </c>
       <c r="C218" s="1">
-        <v>1117</v>
+        <v>3525</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>23</v>
+        <v>247</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>1214</v>
+        <v>797</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G218" s="1" t="s">
-        <v>1215</v>
+      <c r="G218" s="1">
+        <v>10</v>
       </c>
       <c r="H218" s="1"/>
-      <c r="I218" s="1"/>
-      <c r="J218" s="1"/>
+      <c r="I218" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="J218" s="1">
+        <v>4</v>
+      </c>
       <c r="K218" s="1"/>
       <c r="L218" s="1" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="M218" s="1"/>
       <c r="N218" s="1"/>
-      <c r="O218" s="1"/>
+      <c r="O218" s="1" t="s">
+        <v>1220</v>
+      </c>
       <c r="P218" s="1" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="Q218" s="1"/>
       <c r="R218" s="1" t="s">
-        <v>1212</v>
+        <v>1222</v>
       </c>
       <c r="S218" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T218" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U218" s="1" t="s">
-        <v>1213</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="219" spans="1:21">
       <c r="A219" s="1" t="s">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>1219</v>
+        <v>1225</v>
       </c>
       <c r="C219" s="1">
-        <v>3525</v>
+        <v>2030</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>247</v>
+        <v>1226</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>797</v>
+        <v>977</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>4</v>
+        <v>75</v>
       </c>
       <c r="G219" s="1">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H219" s="1"/>
-      <c r="I219" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I219" s="1"/>
+      <c r="J219" s="1"/>
       <c r="K219" s="1"/>
       <c r="L219" s="1" t="s">
-        <v>1220</v>
+        <v>1227</v>
       </c>
       <c r="M219" s="1"/>
       <c r="N219" s="1"/>
-      <c r="O219" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O219" s="1"/>
       <c r="P219" s="1" t="s">
-        <v>1221</v>
+        <v>1228</v>
       </c>
       <c r="Q219" s="1"/>
       <c r="R219" s="1" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="S219" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T219" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U219" s="1" t="s">
-        <v>1223</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="220" spans="1:21">
       <c r="A220" s="1" t="s">
-        <v>1224</v>
+        <v>1231</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>1225</v>
+        <v>1232</v>
       </c>
       <c r="C220" s="1">
-        <v>2030</v>
+        <v>1214</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>1226</v>
+        <v>23</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>980</v>
+        <v>1233</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>75</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>1234</v>
       </c>
       <c r="H220" s="1"/>
-      <c r="I220" s="1"/>
-      <c r="J220" s="1"/>
+      <c r="I220" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="J220" s="1" t="s">
+        <v>1235</v>
+      </c>
       <c r="K220" s="1"/>
-      <c r="L220" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L220" s="1"/>
       <c r="M220" s="1"/>
-      <c r="N220" s="1"/>
-      <c r="O220" s="1"/>
+      <c r="N220" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="O220" s="1" t="s">
+        <v>1237</v>
+      </c>
       <c r="P220" s="1" t="s">
-        <v>1228</v>
-[...1 lines deleted...]
-      <c r="Q220" s="1"/>
+        <v>1238</v>
+      </c>
+      <c r="Q220" s="1" t="s">
+        <v>1239</v>
+      </c>
       <c r="R220" s="1" t="s">
-        <v>1229</v>
+        <v>1240</v>
       </c>
       <c r="S220" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T220" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U220" s="1" t="s">
-        <v>1230</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="221" spans="1:21">
       <c r="A221" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="C221" s="1">
-        <v>1214</v>
+        <v>2170</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>23</v>
+        <v>1242</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>1233</v>
+        <v>1243</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>76</v>
+        <v>4</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>1234</v>
+        <v>126</v>
       </c>
       <c r="H221" s="1"/>
       <c r="I221" s="1" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-        <v>1235</v>
+        <v>150</v>
+      </c>
+      <c r="J221" s="1">
+        <v>3</v>
       </c>
       <c r="K221" s="1"/>
       <c r="L221" s="1"/>
       <c r="M221" s="1"/>
-      <c r="N221" s="1" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="N221" s="1"/>
+      <c r="O221" s="1"/>
+      <c r="P221" s="1"/>
+      <c r="Q221" s="1"/>
       <c r="R221" s="1" t="s">
         <v>1240</v>
       </c>
       <c r="S221" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T221" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U221" s="1" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="222" spans="1:21">
       <c r="A222" s="1" t="s">
-        <v>1231</v>
+        <v>1244</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>1232</v>
+        <v>1245</v>
       </c>
       <c r="C222" s="1">
-        <v>2170</v>
+        <v>6200</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>1242</v>
-[...9 lines deleted...]
-      </c>
+        <v>1246</v>
+      </c>
+      <c r="E222" s="1"/>
+      <c r="F222" s="1"/>
+      <c r="G222" s="1"/>
       <c r="H222" s="1"/>
-      <c r="I222" s="1" t="s">
-[...5 lines deleted...]
-      <c r="K222" s="1"/>
+      <c r="I222" s="1"/>
+      <c r="J222" s="1"/>
+      <c r="K222" s="1" t="s">
+        <v>1247</v>
+      </c>
       <c r="L222" s="1"/>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1" t="s">
-        <v>1240</v>
+        <v>1248</v>
       </c>
       <c r="S222" s="1" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="T222" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U222" s="1" t="s">
-        <v>1241</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="223" spans="1:21">
       <c r="A223" s="1" t="s">
         <v>1244</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>1245</v>
       </c>
       <c r="C223" s="1">
         <v>6200</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>1246</v>
       </c>
-      <c r="E223" s="1"/>
-[...1 lines deleted...]
-      <c r="G223" s="1"/>
+      <c r="E223" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="G223" s="1">
+        <v>2</v>
+      </c>
       <c r="H223" s="1"/>
-      <c r="I223" s="1"/>
-[...5 lines deleted...]
-      <c r="M223" s="1"/>
+      <c r="I223" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="J223" s="1">
+        <v>3</v>
+      </c>
+      <c r="K223" s="1"/>
+      <c r="L223" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="M223" s="1" t="s">
+        <v>1252</v>
+      </c>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
-      <c r="P223" s="1"/>
+      <c r="P223" s="1" t="s">
+        <v>1253</v>
+      </c>
       <c r="Q223" s="1"/>
       <c r="R223" s="1" t="s">
         <v>1248</v>
       </c>
       <c r="S223" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T223" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U223" s="1" t="s">
         <v>1249</v>
       </c>
     </row>
     <row r="224" spans="1:21">
       <c r="A224" s="1" t="s">
-        <v>1244</v>
+        <v>1254</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>1245</v>
+        <v>1255</v>
       </c>
       <c r="C224" s="1">
-        <v>6200</v>
+        <v>7400</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>1246</v>
+        <v>238</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>1250</v>
+        <v>694</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>680</v>
+        <v>4</v>
       </c>
       <c r="G224" s="1">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="H224" s="1"/>
       <c r="I224" s="1" t="s">
-        <v>286</v>
+        <v>918</v>
       </c>
       <c r="J224" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K224" s="1"/>
       <c r="L224" s="1" t="s">
-        <v>1251</v>
-[...3 lines deleted...]
-      </c>
+        <v>1256</v>
+      </c>
+      <c r="M224" s="1"/>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="Q224" s="1"/>
       <c r="R224" s="1" t="s">
-        <v>1248</v>
+        <v>1258</v>
       </c>
       <c r="S224" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T224" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U224" s="1" t="s">
-        <v>1249</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="225" spans="1:21">
       <c r="A225" s="1" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
       <c r="C225" s="1">
-        <v>7400</v>
+        <v>9001</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>238</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="E225" s="1"/>
       <c r="F225" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G225" s="1"/>
       <c r="H225" s="1"/>
-      <c r="I225" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I225" s="1"/>
+      <c r="J225" s="1"/>
+      <c r="K225" s="1">
+        <v>1612</v>
+      </c>
+      <c r="L225" s="1"/>
       <c r="M225" s="1"/>
       <c r="N225" s="1"/>
       <c r="O225" s="1"/>
-      <c r="P225" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P225" s="1"/>
       <c r="Q225" s="1"/>
       <c r="R225" s="1" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="S225" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T225" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U225" s="1" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="226" spans="1:21">
       <c r="A226" s="1" t="s">
         <v>1260</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>1261</v>
       </c>
       <c r="C226" s="1">
         <v>9021</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G226" s="1">
         <v>18</v>
       </c>
       <c r="H226" s="1"/>
       <c r="I226" s="1" t="s">
         <v>268</v>
       </c>
       <c r="J226" s="1"/>
       <c r="K226" s="1"/>
       <c r="L226" s="1" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="M226" s="1"/>
       <c r="N226" s="1"/>
       <c r="O226" s="1" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="P226" s="1" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="Q226" s="1"/>
       <c r="R226" s="1" t="s">
-        <v>1264</v>
+        <v>1262</v>
       </c>
       <c r="S226" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T226" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U226" s="1" t="s">
-        <v>1265</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="227" spans="1:21">
       <c r="A227" s="1" t="s">
-        <v>1260</v>
+        <v>1266</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>1261</v>
+        <v>1267</v>
       </c>
       <c r="C227" s="1">
-        <v>9001</v>
+        <v>3501</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>102</v>
+        <v>247</v>
       </c>
       <c r="E227" s="1"/>
-      <c r="F227" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F227" s="1"/>
       <c r="G227" s="1"/>
       <c r="H227" s="1"/>
       <c r="I227" s="1"/>
       <c r="J227" s="1"/>
-      <c r="K227" s="1">
-        <v>1612</v>
+      <c r="K227" s="1" t="s">
+        <v>1268</v>
       </c>
       <c r="L227" s="1"/>
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
       <c r="Q227" s="1"/>
       <c r="R227" s="1" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
       <c r="S227" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T227" s="1" t="s">
-        <v>73</v>
+        <v>296</v>
       </c>
       <c r="U227" s="1" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="228" spans="1:21">
       <c r="A228" s="1" t="s">
         <v>1266</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>1267</v>
       </c>
       <c r="C228" s="1">
-        <v>3501</v>
+        <v>3600</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>247</v>
-[...3 lines deleted...]
-      <c r="G228" s="1"/>
+        <v>1271</v>
+      </c>
+      <c r="E228" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="H228" s="1"/>
-      <c r="I228" s="1"/>
-[...4 lines deleted...]
-      <c r="L228" s="1"/>
+      <c r="I228" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="J228" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="K228" s="1"/>
+      <c r="L228" s="1" t="s">
+        <v>1274</v>
+      </c>
       <c r="M228" s="1"/>
       <c r="N228" s="1"/>
       <c r="O228" s="1"/>
-      <c r="P228" s="1"/>
+      <c r="P228" s="1" t="s">
+        <v>1275</v>
+      </c>
       <c r="Q228" s="1"/>
       <c r="R228" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="S228" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T228" s="1" t="s">
         <v>296</v>
       </c>
       <c r="U228" s="1" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="229" spans="1:21">
       <c r="A229" s="1" t="s">
-        <v>1266</v>
+        <v>1276</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>1267</v>
+        <v>1277</v>
       </c>
       <c r="C229" s="1">
-        <v>3600</v>
+        <v>3300</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>1271</v>
+        <v>855</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>1272</v>
+        <v>1278</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>4</v>
+      </c>
+      <c r="G229" s="1">
+        <v>1</v>
       </c>
       <c r="H229" s="1"/>
       <c r="I229" s="1" t="s">
-        <v>377</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="J229" s="1"/>
       <c r="K229" s="1"/>
       <c r="L229" s="1" t="s">
-        <v>1274</v>
-[...1 lines deleted...]
-      <c r="M229" s="1"/>
+        <v>1279</v>
+      </c>
+      <c r="M229" s="1" t="s">
+        <v>1280</v>
+      </c>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1" t="s">
-        <v>1275</v>
+        <v>1281</v>
       </c>
       <c r="Q229" s="1"/>
       <c r="R229" s="1" t="s">
-        <v>1269</v>
+        <v>1282</v>
       </c>
       <c r="S229" s="1" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="T229" s="1" t="s">
-        <v>296</v>
+        <v>33</v>
       </c>
       <c r="U229" s="1" t="s">
-        <v>1270</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="230" spans="1:21">
       <c r="A230" s="1" t="s">
-        <v>1276</v>
+        <v>1284</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>1277</v>
+        <v>1285</v>
       </c>
       <c r="C230" s="1">
-        <v>3300</v>
+        <v>3527</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>855</v>
+        <v>247</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>1278</v>
+        <v>704</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="H230" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="H230" s="1">
+        <v>3</v>
+      </c>
       <c r="I230" s="1" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="J230" s="1"/>
+        <v>1286</v>
+      </c>
+      <c r="J230" s="1">
+        <v>2</v>
+      </c>
       <c r="K230" s="1"/>
       <c r="L230" s="1" t="s">
-        <v>1279</v>
-[...3 lines deleted...]
-      </c>
+        <v>1287</v>
+      </c>
+      <c r="M230" s="1"/>
       <c r="N230" s="1"/>
-      <c r="O230" s="1"/>
+      <c r="O230" s="1" t="s">
+        <v>1288</v>
+      </c>
       <c r="P230" s="1" t="s">
-        <v>1281</v>
+        <v>1289</v>
       </c>
       <c r="Q230" s="1"/>
       <c r="R230" s="1" t="s">
-        <v>1282</v>
+        <v>1290</v>
       </c>
       <c r="S230" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T230" s="1" t="s">
-        <v>33</v>
+        <v>1291</v>
       </c>
       <c r="U230" s="1" t="s">
-        <v>1283</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="231" spans="1:21">
       <c r="A231" s="1" t="s">
-        <v>1284</v>
+        <v>1293</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>1285</v>
+        <v>1294</v>
       </c>
       <c r="C231" s="1">
-        <v>3527</v>
+        <v>3525</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>247</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>706</v>
+        <v>1295</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>76</v>
-[...6 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="G231" s="1">
+        <v>10</v>
+      </c>
+      <c r="H231" s="1"/>
       <c r="I231" s="1" t="s">
-        <v>1286</v>
+        <v>306</v>
       </c>
       <c r="J231" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K231" s="1"/>
       <c r="L231" s="1" t="s">
-        <v>1287</v>
+        <v>1017</v>
       </c>
       <c r="M231" s="1"/>
-      <c r="N231" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N231" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O231" s="1"/>
       <c r="P231" s="1" t="s">
-        <v>1289</v>
+        <v>1297</v>
       </c>
       <c r="Q231" s="1"/>
       <c r="R231" s="1" t="s">
-        <v>1290</v>
+        <v>1014</v>
       </c>
       <c r="S231" s="1" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="T231" s="1" t="s">
-        <v>1291</v>
+        <v>1298</v>
       </c>
       <c r="U231" s="1" t="s">
-        <v>1292</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="232" spans="1:21">
       <c r="A232" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="C232" s="1">
-        <v>3525</v>
+        <v>3625</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>247</v>
-[...3 lines deleted...]
-      </c>
+        <v>1300</v>
+      </c>
+      <c r="E232" s="1"/>
       <c r="F232" s="1" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="G232" s="1">
         <v>10</v>
       </c>
+      <c r="G232" s="1"/>
       <c r="H232" s="1"/>
-      <c r="I232" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I232" s="1"/>
+      <c r="J232" s="1"/>
+      <c r="K232" s="1">
+        <v>426</v>
+      </c>
+      <c r="L232" s="1"/>
       <c r="M232" s="1"/>
-      <c r="N232" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N232" s="1"/>
       <c r="O232" s="1"/>
-      <c r="P232" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P232" s="1"/>
       <c r="Q232" s="1"/>
       <c r="R232" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="S232" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T232" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="U232" s="1" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="233" spans="1:21">
       <c r="A233" s="1" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>1294</v>
+        <v>1302</v>
       </c>
       <c r="C233" s="1">
-        <v>3625</v>
+        <v>8400</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>1300</v>
-[...1 lines deleted...]
-      <c r="E233" s="1"/>
+        <v>1303</v>
+      </c>
+      <c r="E233" s="1" t="s">
+        <v>1304</v>
+      </c>
       <c r="F233" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G233" s="1"/>
+        <v>680</v>
+      </c>
+      <c r="G233" s="1">
+        <v>11</v>
+      </c>
       <c r="H233" s="1"/>
       <c r="I233" s="1"/>
       <c r="J233" s="1"/>
-      <c r="K233" s="1">
-[...2 lines deleted...]
-      <c r="L233" s="1"/>
+      <c r="K233" s="1"/>
+      <c r="L233" s="1" t="s">
+        <v>405</v>
+      </c>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
-      <c r="P233" s="1"/>
-      <c r="Q233" s="1"/>
+      <c r="P233" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="Q233" s="1" t="s">
+        <v>407</v>
+      </c>
       <c r="R233" s="1" t="s">
-        <v>1014</v>
+        <v>408</v>
       </c>
       <c r="S233" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T233" s="1" t="s">
-        <v>1298</v>
+        <v>33</v>
       </c>
       <c r="U233" s="1" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="234" spans="1:21">
       <c r="A234" s="1" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="C234" s="1">
-        <v>8400</v>
+        <v>5101</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>1303</v>
-[...9 lines deleted...]
-      </c>
+        <v>577</v>
+      </c>
+      <c r="E234" s="1"/>
+      <c r="F234" s="1"/>
+      <c r="G234" s="1"/>
       <c r="H234" s="1"/>
       <c r="I234" s="1"/>
       <c r="J234" s="1"/>
-      <c r="K234" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K234" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="L234" s="1"/>
       <c r="M234" s="1"/>
       <c r="N234" s="1"/>
       <c r="O234" s="1"/>
-      <c r="P234" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="P234" s="1"/>
+      <c r="Q234" s="1"/>
       <c r="R234" s="1" t="s">
-        <v>408</v>
+        <v>1310</v>
       </c>
       <c r="S234" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T234" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U234" s="1" t="s">
-        <v>1306</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="235" spans="1:21">
       <c r="A235" s="1" t="s">
         <v>1307</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>1308</v>
       </c>
       <c r="C235" s="1">
-        <v>5101</v>
+        <v>5100</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="E235" s="1"/>
-[...1 lines deleted...]
-      <c r="G235" s="1"/>
+      <c r="E235" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="F235" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G235" s="1">
+        <v>38</v>
+      </c>
       <c r="H235" s="1"/>
       <c r="I235" s="1"/>
       <c r="J235" s="1"/>
-      <c r="K235" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L235" s="1"/>
+      <c r="K235" s="1"/>
+      <c r="L235" s="1" t="s">
+        <v>1312</v>
+      </c>
       <c r="M235" s="1"/>
       <c r="N235" s="1"/>
-      <c r="O235" s="1"/>
-      <c r="P235" s="1"/>
+      <c r="O235" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="P235" s="1" t="s">
+        <v>1314</v>
+      </c>
       <c r="Q235" s="1"/>
       <c r="R235" s="1" t="s">
         <v>1310</v>
       </c>
       <c r="S235" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T235" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U235" s="1" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="236" spans="1:21">
       <c r="A236" s="1" t="s">
-        <v>1307</v>
+        <v>1315</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>1308</v>
+        <v>1316</v>
       </c>
       <c r="C236" s="1">
-        <v>5100</v>
+        <v>7622</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>577</v>
+        <v>165</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>837</v>
+        <v>1317</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G236" s="1">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="H236" s="1"/>
       <c r="I236" s="1"/>
       <c r="J236" s="1"/>
       <c r="K236" s="1"/>
       <c r="L236" s="1" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="M236" s="1"/>
       <c r="N236" s="1"/>
       <c r="O236" s="1" t="s">
-        <v>1313</v>
+        <v>1318</v>
       </c>
       <c r="P236" s="1" t="s">
-        <v>1314</v>
+        <v>1319</v>
       </c>
       <c r="Q236" s="1"/>
       <c r="R236" s="1" t="s">
-        <v>1310</v>
+        <v>1320</v>
       </c>
       <c r="S236" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T236" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U236" s="1" t="s">
-        <v>1311</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="237" spans="1:21">
       <c r="A237" s="1" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>1316</v>
+        <v>1323</v>
       </c>
       <c r="C237" s="1">
-        <v>7622</v>
+        <v>8900</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="E237" s="1"/>
       <c r="F237" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G237" s="1"/>
       <c r="H237" s="1"/>
       <c r="I237" s="1"/>
       <c r="J237" s="1"/>
-      <c r="K237" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K237" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="L237" s="1"/>
       <c r="M237" s="1"/>
       <c r="N237" s="1"/>
-      <c r="O237" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O237" s="1"/>
+      <c r="P237" s="1"/>
       <c r="Q237" s="1"/>
       <c r="R237" s="1" t="s">
-        <v>1320</v>
+        <v>1325</v>
       </c>
       <c r="S237" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T237" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U237" s="1" t="s">
-        <v>1321</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="238" spans="1:21">
       <c r="A238" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>1323</v>
       </c>
       <c r="C238" s="1">
         <v>8900</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="E238" s="1"/>
+      <c r="E238" s="1" t="s">
+        <v>1327</v>
+      </c>
       <c r="F238" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G238" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>1328</v>
+      </c>
       <c r="H238" s="1"/>
-      <c r="I238" s="1"/>
-[...4 lines deleted...]
-      <c r="L238" s="1"/>
+      <c r="I238" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="J238" s="1">
+        <v>1</v>
+      </c>
+      <c r="K238" s="1"/>
+      <c r="L238" s="1" t="s">
+        <v>1329</v>
+      </c>
       <c r="M238" s="1"/>
       <c r="N238" s="1"/>
       <c r="O238" s="1"/>
-      <c r="P238" s="1"/>
+      <c r="P238" s="1" t="s">
+        <v>1330</v>
+      </c>
       <c r="Q238" s="1"/>
       <c r="R238" s="1" t="s">
         <v>1325</v>
       </c>
       <c r="S238" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T238" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U238" s="1" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="239" spans="1:21">
       <c r="A239" s="1" t="s">
-        <v>1322</v>
+        <v>1331</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>1323</v>
+        <v>1332</v>
       </c>
       <c r="C239" s="1">
-        <v>8900</v>
+        <v>5400</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>393</v>
+        <v>1333</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>1327</v>
+        <v>727</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G239" s="1" t="s">
-        <v>1328</v>
+      <c r="G239" s="1">
+        <v>4</v>
       </c>
       <c r="H239" s="1"/>
-      <c r="I239" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I239" s="1"/>
+      <c r="J239" s="1"/>
       <c r="K239" s="1"/>
       <c r="L239" s="1" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="M239" s="1"/>
       <c r="N239" s="1"/>
       <c r="O239" s="1"/>
       <c r="P239" s="1" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
       <c r="Q239" s="1"/>
       <c r="R239" s="1" t="s">
-        <v>1325</v>
+        <v>1336</v>
       </c>
       <c r="S239" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T239" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U239" s="1" t="s">
-        <v>1326</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="240" spans="1:21">
       <c r="A240" s="1" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>1332</v>
+        <v>1339</v>
       </c>
       <c r="C240" s="1">
-        <v>5400</v>
+        <v>6800</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>1333</v>
+        <v>1340</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>727</v>
+        <v>1341</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G240" s="1">
-        <v>4</v>
+        <v>37</v>
       </c>
       <c r="H240" s="1"/>
       <c r="I240" s="1"/>
       <c r="J240" s="1"/>
       <c r="K240" s="1"/>
       <c r="L240" s="1" t="s">
-        <v>1334</v>
+        <v>1342</v>
       </c>
       <c r="M240" s="1"/>
-      <c r="N240" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="N240" s="1"/>
+      <c r="O240" s="1"/>
       <c r="P240" s="1" t="s">
-        <v>1336</v>
-[...1 lines deleted...]
-      <c r="Q240" s="1"/>
+        <v>1343</v>
+      </c>
+      <c r="Q240" s="1" t="s">
+        <v>1344</v>
+      </c>
       <c r="R240" s="1" t="s">
-        <v>1337</v>
+        <v>1345</v>
       </c>
       <c r="S240" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T240" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U240" s="1" t="s">
-        <v>1338</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="241" spans="1:21">
       <c r="A241" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B241" s="1" t="s">
         <v>1339</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="C241" s="1">
+        <v>6801</v>
+      </c>
+      <c r="D241" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="C241" s="1">
-[...7 lines deleted...]
-      </c>
+      <c r="E241" s="1"/>
       <c r="F241" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G241" s="1"/>
       <c r="H241" s="1"/>
       <c r="I241" s="1"/>
       <c r="J241" s="1"/>
-      <c r="K241" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K241" s="1">
+        <v>166</v>
+      </c>
+      <c r="L241" s="1"/>
       <c r="M241" s="1"/>
       <c r="N241" s="1"/>
       <c r="O241" s="1"/>
-      <c r="P241" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q241" s="1" t="s">
+      <c r="P241" s="1"/>
+      <c r="Q241" s="1"/>
+      <c r="R241" s="1" t="s">
         <v>1345</v>
       </c>
-      <c r="R241" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S241" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T241" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U241" s="1" t="s">
-        <v>1347</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="242" spans="1:21">
       <c r="A242" s="1" t="s">
-        <v>1339</v>
+        <v>1347</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>1340</v>
+        <v>1348</v>
       </c>
       <c r="C242" s="1">
-        <v>6801</v>
+        <v>4100</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>1341</v>
-[...1 lines deleted...]
-      <c r="E242" s="1"/>
+        <v>1349</v>
+      </c>
+      <c r="E242" s="1" t="s">
+        <v>1350</v>
+      </c>
       <c r="F242" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G242" s="1"/>
+        <v>680</v>
+      </c>
+      <c r="G242" s="1">
+        <v>8</v>
+      </c>
       <c r="H242" s="1"/>
       <c r="I242" s="1"/>
       <c r="J242" s="1"/>
-      <c r="K242" s="1">
-[...2 lines deleted...]
-      <c r="L242" s="1"/>
+      <c r="K242" s="1"/>
+      <c r="L242" s="1" t="s">
+        <v>1351</v>
+      </c>
       <c r="M242" s="1"/>
       <c r="N242" s="1"/>
       <c r="O242" s="1"/>
-      <c r="P242" s="1"/>
+      <c r="P242" s="1" t="s">
+        <v>1352</v>
+      </c>
       <c r="Q242" s="1"/>
       <c r="R242" s="1" t="s">
-        <v>1346</v>
+        <v>1353</v>
       </c>
       <c r="S242" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T242" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U242" s="1" t="s">
-        <v>1347</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="243" spans="1:21">
       <c r="A243" s="1" t="s">
-        <v>1348</v>
+        <v>1355</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>1349</v>
+        <v>1356</v>
       </c>
       <c r="C243" s="1">
-        <v>4100</v>
+        <v>4400</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>1350</v>
+        <v>227</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="G243" s="1">
-        <v>8</v>
+      <c r="G243" s="1" t="s">
+        <v>1358</v>
       </c>
       <c r="H243" s="1"/>
-      <c r="I243" s="1"/>
-      <c r="J243" s="1"/>
+      <c r="I243" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="J243" s="1">
+        <v>7</v>
+      </c>
       <c r="K243" s="1"/>
       <c r="L243" s="1" t="s">
-        <v>1352</v>
+        <v>1360</v>
       </c>
       <c r="M243" s="1"/>
       <c r="N243" s="1"/>
-      <c r="O243" s="1"/>
+      <c r="O243" s="1" t="s">
+        <v>1360</v>
+      </c>
       <c r="P243" s="1" t="s">
-        <v>1353</v>
+        <v>1361</v>
       </c>
       <c r="Q243" s="1"/>
       <c r="R243" s="1" t="s">
-        <v>1354</v>
+        <v>1362</v>
       </c>
       <c r="S243" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T243" s="1" t="s">
-        <v>73</v>
+        <v>216</v>
       </c>
       <c r="U243" s="1" t="s">
-        <v>1355</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="244" spans="1:21">
       <c r="A244" s="1" t="s">
-        <v>1356</v>
+        <v>1364</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>1357</v>
+        <v>1365</v>
       </c>
       <c r="C244" s="1">
-        <v>4400</v>
+        <v>6721</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>227</v>
+        <v>804</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>1358</v>
+        <v>1366</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>680</v>
+        <v>4</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>1359</v>
-[...1 lines deleted...]
-      <c r="H244" s="1"/>
+        <v>1367</v>
+      </c>
+      <c r="H244" s="1" t="s">
+        <v>963</v>
+      </c>
       <c r="I244" s="1" t="s">
-        <v>1360</v>
+        <v>438</v>
       </c>
       <c r="J244" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="K244" s="1"/>
       <c r="L244" s="1" t="s">
-        <v>1361</v>
+        <v>1368</v>
       </c>
       <c r="M244" s="1"/>
       <c r="N244" s="1"/>
       <c r="O244" s="1" t="s">
-        <v>1361</v>
+        <v>1368</v>
       </c>
       <c r="P244" s="1" t="s">
-        <v>1362</v>
+        <v>1369</v>
       </c>
       <c r="Q244" s="1"/>
       <c r="R244" s="1" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
       <c r="S244" s="1" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="T244" s="1" t="s">
-        <v>216</v>
+        <v>33</v>
       </c>
       <c r="U244" s="1" t="s">
-        <v>1364</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="245" spans="1:21">
       <c r="A245" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B245" s="1" t="s">
         <v>1365</v>
-      </c>
-[...1 lines deleted...]
-        <v>1366</v>
       </c>
       <c r="C245" s="1">
         <v>6713</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="E245" s="1"/>
-      <c r="F245" s="1"/>
+      <c r="F245" s="1" t="s">
+        <v>10</v>
+      </c>
       <c r="G245" s="1"/>
       <c r="H245" s="1"/>
       <c r="I245" s="1"/>
       <c r="J245" s="1"/>
-      <c r="K245" s="1" t="s">
-        <v>1368</v>
+      <c r="K245" s="1">
+        <v>134</v>
       </c>
       <c r="L245" s="1"/>
       <c r="M245" s="1"/>
       <c r="N245" s="1"/>
       <c r="O245" s="1"/>
       <c r="P245" s="1"/>
       <c r="Q245" s="1"/>
       <c r="R245" s="1" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="S245" s="1" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="T245" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U245" s="1" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="246" spans="1:21">
       <c r="A246" s="1" t="s">
-        <v>1365</v>
+        <v>1373</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>1366</v>
+        <v>1374</v>
       </c>
       <c r="C246" s="1">
-        <v>6721</v>
+        <v>8500</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>804</v>
+        <v>1375</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G246" s="1" t="s">
-        <v>1372</v>
+      <c r="G246" s="1">
+        <v>1</v>
       </c>
       <c r="H246" s="1"/>
       <c r="I246" s="1" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>54</v>
+      </c>
+      <c r="J246" s="1" t="s">
+        <v>1377</v>
       </c>
       <c r="K246" s="1"/>
       <c r="L246" s="1" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="M246" s="1"/>
       <c r="N246" s="1"/>
       <c r="O246" s="1" t="s">
-        <v>1373</v>
+        <v>1379</v>
       </c>
       <c r="P246" s="1" t="s">
-        <v>1374</v>
-[...1 lines deleted...]
-      <c r="Q246" s="1"/>
+        <v>1380</v>
+      </c>
+      <c r="Q246" s="1" t="s">
+        <v>1381</v>
+      </c>
       <c r="R246" s="1" t="s">
-        <v>1369</v>
+        <v>1382</v>
       </c>
       <c r="S246" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T246" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U246" s="1" t="s">
-        <v>1370</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="247" spans="1:21">
       <c r="A247" s="1" t="s">
-        <v>1375</v>
+        <v>1384</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>1376</v>
+        <v>1385</v>
       </c>
       <c r="C247" s="1">
-        <v>8500</v>
+        <v>2660</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>1377</v>
+        <v>989</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>1378</v>
+        <v>1386</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>75</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>1387</v>
       </c>
       <c r="H247" s="1"/>
-      <c r="I247" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I247" s="1"/>
+      <c r="J247" s="1"/>
       <c r="K247" s="1"/>
       <c r="L247" s="1" t="s">
-        <v>1380</v>
+        <v>1388</v>
       </c>
       <c r="M247" s="1"/>
       <c r="N247" s="1"/>
       <c r="O247" s="1" t="s">
-        <v>1381</v>
+        <v>1389</v>
       </c>
       <c r="P247" s="1" t="s">
-        <v>1382</v>
-[...3 lines deleted...]
-      </c>
+        <v>1390</v>
+      </c>
+      <c r="Q247" s="1"/>
       <c r="R247" s="1" t="s">
-        <v>1384</v>
+        <v>1391</v>
       </c>
       <c r="S247" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T247" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U247" s="1" t="s">
-        <v>1385</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="248" spans="1:21">
       <c r="A248" s="1" t="s">
-        <v>1386</v>
+        <v>1384</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>1387</v>
+        <v>1385</v>
       </c>
       <c r="C248" s="1">
-        <v>2660</v>
+        <v>1590</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>989</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="E248" s="1"/>
       <c r="F248" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G248" s="1"/>
       <c r="H248" s="1"/>
       <c r="I248" s="1"/>
       <c r="J248" s="1"/>
-      <c r="K248" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K248" s="1">
+        <v>84</v>
+      </c>
+      <c r="L248" s="1"/>
       <c r="M248" s="1"/>
       <c r="N248" s="1"/>
-      <c r="O248" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O248" s="1"/>
+      <c r="P248" s="1"/>
       <c r="Q248" s="1"/>
       <c r="R248" s="1" t="s">
-        <v>1393</v>
+        <v>1391</v>
       </c>
       <c r="S248" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T248" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U248" s="1" t="s">
-        <v>1394</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="249" spans="1:21">
       <c r="A249" s="1" t="s">
-        <v>1386</v>
+        <v>1393</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>1387</v>
+        <v>1394</v>
       </c>
       <c r="C249" s="1">
-        <v>1590</v>
+        <v>8300</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="E249" s="1"/>
+        <v>1395</v>
+      </c>
+      <c r="E249" s="1" t="s">
+        <v>101</v>
+      </c>
       <c r="F249" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G249" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G249" s="1">
+        <v>6</v>
+      </c>
       <c r="H249" s="1"/>
       <c r="I249" s="1"/>
       <c r="J249" s="1"/>
-      <c r="K249" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="K249" s="1"/>
       <c r="L249" s="1"/>
       <c r="M249" s="1"/>
-      <c r="N249" s="1"/>
+      <c r="N249" s="1" t="s">
+        <v>405</v>
+      </c>
       <c r="O249" s="1"/>
-      <c r="P249" s="1"/>
-      <c r="Q249" s="1"/>
+      <c r="P249" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="Q249" s="1" t="s">
+        <v>407</v>
+      </c>
       <c r="R249" s="1" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="S249" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T249" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U249" s="1" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="250" spans="1:21">
       <c r="A250" s="1" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="C250" s="1">
-        <v>8300</v>
+        <v>2040</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>103</v>
+        <v>1304</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>75</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>1402</v>
       </c>
       <c r="H250" s="1"/>
-      <c r="I250" s="1"/>
-      <c r="J250" s="1"/>
+      <c r="I250" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="J250" s="1" t="s">
+        <v>1403</v>
+      </c>
       <c r="K250" s="1"/>
-      <c r="L250" s="1"/>
+      <c r="L250" s="1" t="s">
+        <v>1404</v>
+      </c>
       <c r="M250" s="1"/>
-      <c r="N250" s="1" t="s">
-[...2 lines deleted...]
-      <c r="O250" s="1"/>
+      <c r="N250" s="1"/>
+      <c r="O250" s="1" t="s">
+        <v>1405</v>
+      </c>
       <c r="P250" s="1" t="s">
-        <v>1398</v>
-[...3 lines deleted...]
-      </c>
+        <v>1406</v>
+      </c>
+      <c r="Q250" s="1"/>
       <c r="R250" s="1" t="s">
-        <v>1399</v>
+        <v>1407</v>
       </c>
       <c r="S250" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T250" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U250" s="1" t="s">
-        <v>1400</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="251" spans="1:21">
       <c r="A251" s="1" t="s">
-        <v>1401</v>
+        <v>1399</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="C251" s="1">
         <v>2040</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="E251" s="1"/>
       <c r="F251" s="1"/>
       <c r="G251" s="1"/>
       <c r="H251" s="1"/>
       <c r="I251" s="1"/>
       <c r="J251" s="1"/>
       <c r="K251" s="1" t="s">
-        <v>1404</v>
+        <v>1409</v>
       </c>
       <c r="L251" s="1"/>
       <c r="M251" s="1"/>
       <c r="N251" s="1"/>
       <c r="O251" s="1"/>
       <c r="P251" s="1"/>
       <c r="Q251" s="1"/>
       <c r="R251" s="1" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="S251" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T251" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="U251" s="1" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="252" spans="1:21">
       <c r="A252" s="1" t="s">
-        <v>1401</v>
+        <v>1399</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="C252" s="1">
         <v>2040</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="E252" s="1"/>
       <c r="F252" s="1"/>
       <c r="G252" s="1"/>
       <c r="H252" s="1"/>
       <c r="I252" s="1"/>
       <c r="J252" s="1"/>
       <c r="K252" s="1" t="s">
-        <v>1404</v>
+        <v>1409</v>
       </c>
       <c r="L252" s="1"/>
       <c r="M252" s="1"/>
       <c r="N252" s="1"/>
       <c r="O252" s="1"/>
       <c r="P252" s="1"/>
       <c r="Q252" s="1"/>
       <c r="R252" s="1" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="S252" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T252" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U252" s="1" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="253" spans="1:21">
       <c r="A253" s="1" t="s">
-        <v>1401</v>
+        <v>1399</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="C253" s="1">
         <v>2040</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="E253" s="1" t="s">
         <v>1304</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>1407</v>
+        <v>1402</v>
       </c>
       <c r="H253" s="1"/>
       <c r="I253" s="1" t="s">
         <v>570</v>
       </c>
       <c r="J253" s="1" t="s">
-        <v>1408</v>
+        <v>1403</v>
       </c>
       <c r="K253" s="1"/>
       <c r="L253" s="1" t="s">
-        <v>1409</v>
+        <v>1404</v>
       </c>
       <c r="M253" s="1"/>
       <c r="N253" s="1"/>
       <c r="O253" s="1" t="s">
-        <v>1410</v>
+        <v>1405</v>
       </c>
       <c r="P253" s="1" t="s">
-        <v>1411</v>
+        <v>1406</v>
       </c>
       <c r="Q253" s="1"/>
       <c r="R253" s="1" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="S253" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T253" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="U253" s="1" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="254" spans="1:21">
       <c r="A254" s="1" t="s">
-        <v>1401</v>
+        <v>1410</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>1402</v>
+        <v>1411</v>
       </c>
       <c r="C254" s="1">
-        <v>2040</v>
+        <v>5440</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>1403</v>
-[...3 lines deleted...]
-      </c>
+        <v>1412</v>
+      </c>
+      <c r="E254" s="1"/>
       <c r="F254" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G254" s="1"/>
       <c r="H254" s="1"/>
-      <c r="I254" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I254" s="1"/>
+      <c r="J254" s="1"/>
+      <c r="K254" s="1">
+        <v>25</v>
+      </c>
+      <c r="L254" s="1"/>
       <c r="M254" s="1"/>
       <c r="N254" s="1"/>
-      <c r="O254" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O254" s="1"/>
+      <c r="P254" s="1"/>
       <c r="Q254" s="1"/>
       <c r="R254" s="1" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
       <c r="S254" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T254" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U254" s="1" t="s">
-        <v>1406</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="255" spans="1:21">
       <c r="A255" s="1" t="s">
-        <v>1412</v>
+        <v>1410</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>1413</v>
+        <v>1411</v>
       </c>
       <c r="C255" s="1">
         <v>5440</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>1414</v>
-[...1 lines deleted...]
-      <c r="E255" s="1"/>
+        <v>1412</v>
+      </c>
+      <c r="E255" s="1" t="s">
+        <v>1415</v>
+      </c>
       <c r="F255" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-      <c r="L255" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="H255" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I255" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="J255" s="1">
+        <v>3</v>
+      </c>
+      <c r="K255" s="1"/>
+      <c r="L255" s="1" t="s">
+        <v>1417</v>
+      </c>
       <c r="M255" s="1"/>
       <c r="N255" s="1"/>
       <c r="O255" s="1"/>
-      <c r="P255" s="1"/>
+      <c r="P255" s="1" t="s">
+        <v>1418</v>
+      </c>
       <c r="Q255" s="1"/>
       <c r="R255" s="1" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="S255" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T255" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U255" s="1" t="s">
-        <v>1416</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="256" spans="1:21">
       <c r="A256" s="1" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>1413</v>
+        <v>1420</v>
       </c>
       <c r="C256" s="1">
-        <v>5440</v>
+        <v>1042</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>1414</v>
+        <v>23</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>76</v>
+        <v>4</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>1418</v>
-[...3 lines deleted...]
-      </c>
+        <v>1422</v>
+      </c>
+      <c r="H256" s="1"/>
       <c r="I256" s="1" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>186</v>
+      </c>
+      <c r="J256" s="1" t="s">
+        <v>524</v>
       </c>
       <c r="K256" s="1"/>
       <c r="L256" s="1" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="M256" s="1"/>
       <c r="N256" s="1"/>
-      <c r="O256" s="1"/>
+      <c r="O256" s="1" t="s">
+        <v>1424</v>
+      </c>
       <c r="P256" s="1" t="s">
-        <v>1420</v>
+        <v>1425</v>
       </c>
       <c r="Q256" s="1"/>
       <c r="R256" s="1" t="s">
-        <v>1415</v>
+        <v>1426</v>
       </c>
       <c r="S256" s="1" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="T256" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U256" s="1" t="s">
-        <v>1416</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="257" spans="1:21">
       <c r="A257" s="1" t="s">
-        <v>1421</v>
+        <v>1428</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>1422</v>
+        <v>1429</v>
       </c>
       <c r="C257" s="1">
-        <v>1042</v>
+        <v>7400</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>23</v>
+        <v>238</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>1423</v>
+        <v>694</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G257" s="1" t="s">
-        <v>1424</v>
+      <c r="G257" s="1">
+        <v>2</v>
       </c>
       <c r="H257" s="1"/>
       <c r="I257" s="1" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>524</v>
+        <v>438</v>
+      </c>
+      <c r="J257" s="1">
+        <v>9</v>
       </c>
       <c r="K257" s="1"/>
       <c r="L257" s="1" t="s">
-        <v>1425</v>
+        <v>1430</v>
       </c>
       <c r="M257" s="1"/>
-      <c r="N257" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N257" s="1" t="s">
+        <v>1431</v>
+      </c>
+      <c r="O257" s="1"/>
       <c r="P257" s="1" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="Q257" s="1"/>
       <c r="R257" s="1" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="S257" s="1" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="T257" s="1" t="s">
-        <v>33</v>
+        <v>216</v>
       </c>
       <c r="U257" s="1" t="s">
-        <v>1429</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="258" spans="1:21">
       <c r="A258" s="1" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>1431</v>
+        <v>1436</v>
       </c>
       <c r="C258" s="1">
-        <v>7400</v>
+        <v>4400</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>238</v>
+        <v>227</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>694</v>
+        <v>1437</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G258" s="1">
-        <v>2</v>
+      <c r="G258" s="1" t="s">
+        <v>1438</v>
       </c>
       <c r="H258" s="1"/>
-      <c r="I258" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I258" s="1"/>
+      <c r="J258" s="1"/>
       <c r="K258" s="1"/>
-      <c r="L258" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L258" s="1"/>
       <c r="M258" s="1"/>
-      <c r="N258" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N258" s="1"/>
       <c r="O258" s="1"/>
-      <c r="P258" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P258" s="1"/>
       <c r="Q258" s="1"/>
       <c r="R258" s="1" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
       <c r="S258" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T258" s="1" t="s">
-        <v>216</v>
+        <v>122</v>
       </c>
       <c r="U258" s="1" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="259" spans="1:21">
       <c r="A259" s="1" t="s">
-        <v>1437</v>
+        <v>1435</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>1438</v>
+        <v>1436</v>
       </c>
       <c r="C259" s="1">
         <v>4400</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>227</v>
+        <v>1441</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>1439</v>
+        <v>614</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G259" s="1" t="s">
-        <v>1440</v>
+      <c r="G259" s="1">
+        <v>6</v>
       </c>
       <c r="H259" s="1"/>
       <c r="I259" s="1"/>
       <c r="J259" s="1"/>
       <c r="K259" s="1"/>
       <c r="L259" s="1"/>
       <c r="M259" s="1"/>
-      <c r="N259" s="1"/>
+      <c r="N259" s="1" t="s">
+        <v>1442</v>
+      </c>
       <c r="O259" s="1"/>
-      <c r="P259" s="1"/>
+      <c r="P259" s="1" t="s">
+        <v>1443</v>
+      </c>
       <c r="Q259" s="1"/>
       <c r="R259" s="1" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="S259" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T259" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U259" s="1" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="260" spans="1:21">
       <c r="A260" s="1" t="s">
-        <v>1437</v>
+        <v>1444</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="C260" s="1">
-        <v>4400</v>
+        <v>1146</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>1443</v>
+        <v>23</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>614</v>
+        <v>1446</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>4</v>
+        <v>75</v>
       </c>
       <c r="G260" s="1">
-        <v>6</v>
-[...3 lines deleted...]
-      <c r="J260" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="H260" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="I260" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="J260" s="1">
+        <v>7</v>
+      </c>
       <c r="K260" s="1"/>
-      <c r="L260" s="1"/>
+      <c r="L260" s="1" t="s">
+        <v>1448</v>
+      </c>
       <c r="M260" s="1"/>
-      <c r="N260" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N260" s="1"/>
       <c r="O260" s="1"/>
       <c r="P260" s="1" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
       <c r="Q260" s="1"/>
       <c r="R260" s="1" t="s">
-        <v>1441</v>
+        <v>1450</v>
       </c>
       <c r="S260" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T260" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U260" s="1" t="s">
-        <v>1442</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="261" spans="1:21">
       <c r="A261" s="1" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1447</v>
+        <v>1453</v>
       </c>
       <c r="C261" s="1">
-        <v>1146</v>
+        <v>5700</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>23</v>
+        <v>771</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>1448</v>
+        <v>239</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>76</v>
+        <v>680</v>
       </c>
       <c r="G261" s="1">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="H261" s="1"/>
       <c r="I261" s="1" t="s">
-        <v>286</v>
+        <v>268</v>
       </c>
       <c r="J261" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K261" s="1"/>
       <c r="L261" s="1" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
       <c r="M261" s="1"/>
       <c r="N261" s="1"/>
-      <c r="O261" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="O261" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="P261" s="1"/>
       <c r="Q261" s="1"/>
       <c r="R261" s="1" t="s">
-        <v>1452</v>
+        <v>1455</v>
       </c>
       <c r="S261" s="1" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="T261" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U261" s="1" t="s">
-        <v>1453</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="262" spans="1:21">
       <c r="A262" s="1" t="s">
-        <v>1454</v>
+        <v>1452</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1455</v>
+        <v>1453</v>
       </c>
       <c r="C262" s="1">
-        <v>5700</v>
+        <v>5701</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="E262" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E262" s="1"/>
       <c r="F262" s="1" t="s">
-        <v>680</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G262" s="1"/>
       <c r="H262" s="1"/>
-      <c r="I262" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I262" s="1"/>
+      <c r="J262" s="1"/>
+      <c r="K262" s="1">
+        <v>145</v>
+      </c>
+      <c r="L262" s="1"/>
       <c r="M262" s="1"/>
       <c r="N262" s="1"/>
-      <c r="O262" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O262" s="1"/>
       <c r="P262" s="1"/>
       <c r="Q262" s="1"/>
       <c r="R262" s="1" t="s">
-        <v>1457</v>
+        <v>1455</v>
       </c>
       <c r="S262" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="T262" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U262" s="1" t="s">
-        <v>1458</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="263" spans="1:21">
       <c r="A263" s="1" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C263" s="1">
-        <v>5701</v>
+        <v>5830</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="E263" s="1"/>
+        <v>1459</v>
+      </c>
+      <c r="E263" s="1" t="s">
+        <v>694</v>
+      </c>
       <c r="F263" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G263" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G263" s="1">
+        <v>65</v>
+      </c>
       <c r="H263" s="1"/>
       <c r="I263" s="1"/>
       <c r="J263" s="1"/>
-      <c r="K263" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="K263" s="1"/>
       <c r="L263" s="1"/>
-      <c r="M263" s="1"/>
+      <c r="M263" s="1" t="s">
+        <v>1460</v>
+      </c>
       <c r="N263" s="1"/>
       <c r="O263" s="1"/>
-      <c r="P263" s="1"/>
+      <c r="P263" s="1" t="s">
+        <v>1461</v>
+      </c>
       <c r="Q263" s="1"/>
       <c r="R263" s="1" t="s">
-        <v>1457</v>
+        <v>1462</v>
       </c>
       <c r="S263" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T263" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U263" s="1" t="s">
-        <v>1458</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="264" spans="1:21">
       <c r="A264" s="1" t="s">
-        <v>1459</v>
+        <v>1457</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1460</v>
+        <v>1458</v>
       </c>
       <c r="C264" s="1">
-        <v>5830</v>
+        <v>7700</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>1461</v>
-[...9 lines deleted...]
-      </c>
+        <v>1464</v>
+      </c>
+      <c r="E264" s="1"/>
+      <c r="F264" s="1"/>
+      <c r="G264" s="1"/>
       <c r="H264" s="1"/>
       <c r="I264" s="1"/>
       <c r="J264" s="1"/>
-      <c r="K264" s="1"/>
+      <c r="K264" s="1" t="s">
+        <v>70</v>
+      </c>
       <c r="L264" s="1"/>
-      <c r="M264" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M264" s="1"/>
+      <c r="N264" s="1"/>
       <c r="O264" s="1"/>
-      <c r="P264" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P264" s="1"/>
       <c r="Q264" s="1"/>
       <c r="R264" s="1" t="s">
-        <v>1465</v>
+        <v>1462</v>
       </c>
       <c r="S264" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T264" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U264" s="1" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="265" spans="1:21">
       <c r="A265" s="1" t="s">
-        <v>1459</v>
+        <v>1465</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1460</v>
+        <v>1466</v>
       </c>
       <c r="C265" s="1">
-        <v>8901</v>
+        <v>1055</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>393</v>
-[...7 lines deleted...]
-      <c r="K265" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E265" s="1" t="s">
         <v>1467</v>
       </c>
-      <c r="L265" s="1"/>
+      <c r="F265" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H265" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="I265" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="J265" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="K265" s="1"/>
+      <c r="L265" s="1" t="s">
+        <v>1471</v>
+      </c>
       <c r="M265" s="1"/>
       <c r="N265" s="1"/>
-      <c r="O265" s="1"/>
-      <c r="P265" s="1"/>
+      <c r="O265" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="P265" s="1" t="s">
+        <v>1473</v>
+      </c>
       <c r="Q265" s="1"/>
       <c r="R265" s="1" t="s">
-        <v>1465</v>
+        <v>1474</v>
       </c>
       <c r="S265" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T265" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U265" s="1" t="s">
-        <v>1466</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="266" spans="1:21">
       <c r="A266" s="1" t="s">
-        <v>1468</v>
+        <v>1465</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1469</v>
+        <v>1466</v>
       </c>
       <c r="C266" s="1">
-        <v>1055</v>
+        <v>1396</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E266" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E266" s="1"/>
       <c r="F266" s="1" t="s">
-        <v>4</v>
-[...16 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G266" s="1"/>
+      <c r="H266" s="1"/>
+      <c r="I266" s="1"/>
+      <c r="J266" s="1"/>
+      <c r="K266" s="1">
+        <v>488</v>
+      </c>
+      <c r="L266" s="1"/>
       <c r="M266" s="1"/>
       <c r="N266" s="1"/>
-      <c r="O266" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O266" s="1"/>
+      <c r="P266" s="1"/>
       <c r="Q266" s="1"/>
       <c r="R266" s="1" t="s">
-        <v>1477</v>
+        <v>1474</v>
       </c>
       <c r="S266" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T266" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U266" s="1" t="s">
-        <v>1478</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="267" spans="1:21">
       <c r="A267" s="1" t="s">
-        <v>1468</v>
+        <v>1476</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="C267" s="1">
-        <v>1396</v>
+        <v>1135</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E267" s="1"/>
+      <c r="E267" s="1" t="s">
+        <v>997</v>
+      </c>
       <c r="F267" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G267" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G267" s="1">
+        <v>25</v>
+      </c>
       <c r="H267" s="1"/>
-      <c r="I267" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="I267" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="J267" s="1">
+        <v>2</v>
+      </c>
+      <c r="K267" s="1"/>
       <c r="L267" s="1"/>
       <c r="M267" s="1"/>
-      <c r="N267" s="1"/>
+      <c r="N267" s="1" t="s">
+        <v>1478</v>
+      </c>
       <c r="O267" s="1"/>
-      <c r="P267" s="1"/>
+      <c r="P267" s="1" t="s">
+        <v>1479</v>
+      </c>
       <c r="Q267" s="1"/>
       <c r="R267" s="1" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="S267" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T267" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U267" s="1" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="268" spans="1:21">
       <c r="A268" s="1" t="s">
-        <v>1479</v>
+        <v>1476</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1480</v>
+        <v>1477</v>
       </c>
       <c r="C268" s="1">
         <v>1390</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E268" s="1"/>
       <c r="F268" s="1"/>
       <c r="G268" s="1"/>
       <c r="H268" s="1"/>
       <c r="I268" s="1"/>
       <c r="J268" s="1"/>
       <c r="K268" s="1" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="L268" s="1"/>
       <c r="M268" s="1"/>
       <c r="N268" s="1"/>
       <c r="O268" s="1"/>
       <c r="P268" s="1"/>
       <c r="Q268" s="1"/>
       <c r="R268" s="1" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
       <c r="S268" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T268" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U268" s="1" t="s">
-        <v>1483</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="269" spans="1:21">
       <c r="A269" s="1" t="s">
-        <v>1479</v>
+        <v>1483</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1480</v>
+        <v>1484</v>
       </c>
       <c r="C269" s="1">
-        <v>1135</v>
+        <v>6801</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>1340</v>
+      </c>
+      <c r="E269" s="1"/>
       <c r="F269" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G269" s="1"/>
       <c r="H269" s="1"/>
-      <c r="I269" s="1" t="s">
-[...5 lines deleted...]
-      <c r="K269" s="1"/>
+      <c r="I269" s="1"/>
+      <c r="J269" s="1"/>
+      <c r="K269" s="1">
+        <v>29</v>
+      </c>
       <c r="L269" s="1"/>
       <c r="M269" s="1"/>
-      <c r="N269" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N269" s="1"/>
       <c r="O269" s="1"/>
-      <c r="P269" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P269" s="1"/>
       <c r="Q269" s="1"/>
       <c r="R269" s="1" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="S269" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T269" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U269" s="1" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="270" spans="1:21">
       <c r="A270" s="1" t="s">
-        <v>1486</v>
+        <v>1483</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1487</v>
+        <v>1484</v>
       </c>
       <c r="C270" s="1">
-        <v>6801</v>
+        <v>6800</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>1341</v>
-[...1 lines deleted...]
-      <c r="E270" s="1"/>
+        <v>1340</v>
+      </c>
+      <c r="E270" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="F270" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G270" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G270" s="1">
+        <v>3</v>
+      </c>
       <c r="H270" s="1"/>
       <c r="I270" s="1"/>
       <c r="J270" s="1"/>
-      <c r="K270" s="1">
-[...2 lines deleted...]
-      <c r="L270" s="1"/>
+      <c r="K270" s="1"/>
+      <c r="L270" s="1" t="s">
+        <v>1487</v>
+      </c>
       <c r="M270" s="1"/>
       <c r="N270" s="1"/>
-      <c r="O270" s="1"/>
-      <c r="P270" s="1"/>
+      <c r="O270" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="P270" s="1" t="s">
+        <v>1489</v>
+      </c>
       <c r="Q270" s="1"/>
       <c r="R270" s="1" t="s">
-        <v>1488</v>
+        <v>1485</v>
       </c>
       <c r="S270" s="1" t="s">
-        <v>35</v>
+        <v>1490</v>
       </c>
       <c r="T270" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U270" s="1" t="s">
-        <v>1489</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="271" spans="1:21">
       <c r="A271" s="1" t="s">
-        <v>1486</v>
+        <v>1491</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1487</v>
+        <v>1492</v>
       </c>
       <c r="C271" s="1">
-        <v>6800</v>
+        <v>6000</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>1341</v>
+        <v>1493</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>202</v>
+        <v>1494</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G271" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H271" s="1"/>
-      <c r="I271" s="1"/>
-      <c r="J271" s="1"/>
+      <c r="I271" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="J271" s="1" t="s">
+        <v>1496</v>
+      </c>
       <c r="K271" s="1"/>
       <c r="L271" s="1" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
       <c r="M271" s="1"/>
       <c r="N271" s="1"/>
       <c r="O271" s="1" t="s">
-        <v>1491</v>
+        <v>1498</v>
       </c>
       <c r="P271" s="1" t="s">
-        <v>1492</v>
-[...1 lines deleted...]
-      <c r="Q271" s="1"/>
+        <v>1499</v>
+      </c>
+      <c r="Q271" s="1" t="s">
+        <v>1500</v>
+      </c>
       <c r="R271" s="1" t="s">
-        <v>1488</v>
+        <v>1501</v>
       </c>
       <c r="S271" s="1" t="s">
-        <v>1493</v>
+        <v>48</v>
       </c>
       <c r="T271" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U271" s="1" t="s">
-        <v>1489</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="272" spans="1:21">
       <c r="A272" s="1" t="s">
-        <v>1494</v>
+        <v>1491</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1495</v>
+        <v>1492</v>
       </c>
       <c r="C272" s="1">
-        <v>6000</v>
+        <v>6001</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>1496</v>
-[...3 lines deleted...]
-      </c>
+        <v>1493</v>
+      </c>
+      <c r="E272" s="1"/>
       <c r="F272" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G272" s="1"/>
       <c r="H272" s="1"/>
-      <c r="I272" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I272" s="1"/>
+      <c r="J272" s="1"/>
+      <c r="K272" s="1">
+        <v>508</v>
+      </c>
+      <c r="L272" s="1"/>
       <c r="M272" s="1"/>
       <c r="N272" s="1"/>
-      <c r="O272" s="1" t="s">
+      <c r="O272" s="1"/>
+      <c r="P272" s="1"/>
+      <c r="Q272" s="1"/>
+      <c r="R272" s="1" t="s">
         <v>1501</v>
       </c>
-      <c r="P272" s="1" t="s">
+      <c r="S272" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="T272" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="U272" s="1" t="s">
         <v>1502</v>
-      </c>
-[...13 lines deleted...]
-        <v>1505</v>
       </c>
     </row>
     <row r="273" spans="1:21">
       <c r="A273" s="1" t="s">
-        <v>1494</v>
+        <v>1503</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1495</v>
+        <v>1504</v>
       </c>
       <c r="C273" s="1">
-        <v>6001</v>
+        <v>2201</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>1496</v>
+        <v>1505</v>
       </c>
       <c r="E273" s="1"/>
       <c r="F273" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G273" s="1"/>
       <c r="H273" s="1"/>
       <c r="I273" s="1"/>
       <c r="J273" s="1"/>
       <c r="K273" s="1">
-        <v>508</v>
+        <v>166</v>
       </c>
       <c r="L273" s="1"/>
       <c r="M273" s="1"/>
       <c r="N273" s="1"/>
       <c r="O273" s="1"/>
       <c r="P273" s="1"/>
       <c r="Q273" s="1"/>
       <c r="R273" s="1" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="S273" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T273" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U273" s="1" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="274" spans="1:21">
       <c r="A274" s="1" t="s">
-        <v>1506</v>
+        <v>1503</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1507</v>
+        <v>1504</v>
       </c>
       <c r="C274" s="1">
-        <v>2201</v>
+        <v>1055</v>
       </c>
       <c r="D274" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E274" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="E274" s="1"/>
       <c r="F274" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-      <c r="L274" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="H274" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="I274" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="J274" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="K274" s="1"/>
+      <c r="L274" s="1" t="s">
+        <v>1511</v>
+      </c>
       <c r="M274" s="1"/>
       <c r="N274" s="1"/>
       <c r="O274" s="1"/>
-      <c r="P274" s="1"/>
-      <c r="Q274" s="1"/>
+      <c r="P274" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="Q274" s="1" t="s">
+        <v>1513</v>
+      </c>
       <c r="R274" s="1" t="s">
-        <v>1509</v>
+        <v>1506</v>
       </c>
       <c r="S274" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T274" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U274" s="1" t="s">
-        <v>1510</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="275" spans="1:21">
       <c r="A275" s="1" t="s">
-        <v>1506</v>
+        <v>1514</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1507</v>
+        <v>1515</v>
       </c>
       <c r="C275" s="1">
-        <v>1055</v>
+        <v>7622</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>23</v>
+        <v>165</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>1511</v>
+        <v>1317</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>4</v>
-[...12 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="G275" s="1">
+        <v>1</v>
+      </c>
+      <c r="H275" s="1"/>
+      <c r="I275" s="1"/>
+      <c r="J275" s="1"/>
       <c r="K275" s="1"/>
       <c r="L275" s="1" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="M275" s="1"/>
-      <c r="N275" s="1"/>
+      <c r="N275" s="1" t="s">
+        <v>1517</v>
+      </c>
       <c r="O275" s="1"/>
       <c r="P275" s="1" t="s">
-        <v>1515</v>
-[...3 lines deleted...]
-      </c>
+        <v>1518</v>
+      </c>
+      <c r="Q275" s="1"/>
       <c r="R275" s="1" t="s">
-        <v>1509</v>
+        <v>1519</v>
       </c>
       <c r="S275" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T275" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U275" s="1" t="s">
-        <v>1510</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="276" spans="1:21">
       <c r="A276" s="1" t="s">
-        <v>1517</v>
+        <v>1514</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1518</v>
+        <v>1515</v>
       </c>
       <c r="C276" s="1">
-        <v>7622</v>
+        <v>7601</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="E276" s="1"/>
       <c r="F276" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G276" s="1"/>
       <c r="H276" s="1"/>
       <c r="I276" s="1"/>
       <c r="J276" s="1"/>
-      <c r="K276" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K276" s="1">
+        <v>336</v>
+      </c>
+      <c r="L276" s="1"/>
       <c r="M276" s="1"/>
-      <c r="N276" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N276" s="1"/>
       <c r="O276" s="1"/>
-      <c r="P276" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P276" s="1"/>
       <c r="Q276" s="1"/>
       <c r="R276" s="1" t="s">
-        <v>1522</v>
+        <v>1519</v>
       </c>
       <c r="S276" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T276" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U276" s="1" t="s">
-        <v>1523</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="277" spans="1:21">
       <c r="A277" s="1" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="C277" s="1">
-        <v>7601</v>
+        <v>2370</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="E277" s="1"/>
+        <v>1523</v>
+      </c>
+      <c r="E277" s="1" t="s">
+        <v>422</v>
+      </c>
       <c r="F277" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-      <c r="L277" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="G277" s="1">
+        <v>46</v>
+      </c>
+      <c r="H277" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="I277" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="J277" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="K277" s="1"/>
+      <c r="L277" s="1" t="s">
+        <v>1527</v>
+      </c>
       <c r="M277" s="1"/>
       <c r="N277" s="1"/>
-      <c r="O277" s="1"/>
-      <c r="P277" s="1"/>
+      <c r="O277" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="P277" s="1" t="s">
+        <v>1529</v>
+      </c>
       <c r="Q277" s="1"/>
       <c r="R277" s="1" t="s">
-        <v>1522</v>
+        <v>1530</v>
       </c>
       <c r="S277" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T277" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U277" s="1" t="s">
-        <v>1523</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="278" spans="1:21">
       <c r="A278" s="1" t="s">
-        <v>1524</v>
+        <v>1521</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1525</v>
+        <v>1522</v>
       </c>
       <c r="C278" s="1">
-        <v>2370</v>
+        <v>2371</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>1526</v>
-[...3 lines deleted...]
-      </c>
+        <v>1523</v>
+      </c>
+      <c r="E278" s="1"/>
       <c r="F278" s="1" t="s">
-        <v>76</v>
-[...16 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G278" s="1"/>
+      <c r="H278" s="1"/>
+      <c r="I278" s="1"/>
+      <c r="J278" s="1"/>
+      <c r="K278" s="1">
+        <v>3</v>
+      </c>
+      <c r="L278" s="1"/>
       <c r="M278" s="1"/>
       <c r="N278" s="1"/>
-      <c r="O278" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O278" s="1"/>
+      <c r="P278" s="1"/>
       <c r="Q278" s="1"/>
       <c r="R278" s="1" t="s">
-        <v>1533</v>
+        <v>1530</v>
       </c>
       <c r="S278" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T278" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U278" s="1" t="s">
-        <v>1534</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="279" spans="1:21">
       <c r="A279" s="1" t="s">
-        <v>1524</v>
+        <v>1532</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1525</v>
+        <v>1533</v>
       </c>
       <c r="C279" s="1">
-        <v>2371</v>
+        <v>2800</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>1526</v>
-[...1 lines deleted...]
-      <c r="E279" s="1"/>
+        <v>322</v>
+      </c>
+      <c r="E279" s="1" t="s">
+        <v>1534</v>
+      </c>
       <c r="F279" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G279" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="G279" s="1">
+        <v>28</v>
+      </c>
       <c r="H279" s="1"/>
       <c r="I279" s="1"/>
       <c r="J279" s="1"/>
-      <c r="K279" s="1">
-[...3 lines deleted...]
-      <c r="M279" s="1"/>
+      <c r="K279" s="1"/>
+      <c r="L279" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="M279" s="1" t="s">
+        <v>847</v>
+      </c>
       <c r="N279" s="1"/>
-      <c r="O279" s="1"/>
-      <c r="P279" s="1"/>
+      <c r="O279" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="P279" s="1" t="s">
+        <v>1535</v>
+      </c>
       <c r="Q279" s="1"/>
       <c r="R279" s="1" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="S279" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T279" s="1" t="s">
-        <v>73</v>
+        <v>296</v>
       </c>
       <c r="U279" s="1" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="280" spans="1:21">
       <c r="A280" s="1" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="C280" s="1">
-        <v>2800</v>
+        <v>3062</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>322</v>
-[...3 lines deleted...]
-      </c>
+        <v>1540</v>
+      </c>
+      <c r="E280" s="1"/>
       <c r="F280" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G280" s="1"/>
       <c r="H280" s="1"/>
       <c r="I280" s="1"/>
       <c r="J280" s="1"/>
-      <c r="K280" s="1"/>
-[...5 lines deleted...]
-      </c>
+      <c r="K280" s="1">
+        <v>1</v>
+      </c>
+      <c r="L280" s="1"/>
+      <c r="M280" s="1"/>
       <c r="N280" s="1"/>
-      <c r="O280" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O280" s="1"/>
+      <c r="P280" s="1"/>
       <c r="Q280" s="1"/>
       <c r="R280" s="1" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="S280" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T280" s="1" t="s">
-        <v>296</v>
+        <v>72</v>
       </c>
       <c r="U280" s="1" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="281" spans="1:21">
       <c r="A281" s="1" t="s">
-        <v>1541</v>
+        <v>1538</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1542</v>
+        <v>1539</v>
       </c>
       <c r="C281" s="1">
-        <v>3062</v>
+        <v>3060</v>
       </c>
       <c r="D281" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E281" s="1" t="s">
         <v>1543</v>
       </c>
-      <c r="E281" s="1"/>
       <c r="F281" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G281" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="G281" s="1">
+        <v>15</v>
+      </c>
       <c r="H281" s="1"/>
       <c r="I281" s="1"/>
       <c r="J281" s="1"/>
-      <c r="K281" s="1">
-[...2 lines deleted...]
-      <c r="L281" s="1"/>
+      <c r="K281" s="1"/>
+      <c r="L281" s="1" t="s">
+        <v>1544</v>
+      </c>
       <c r="M281" s="1"/>
       <c r="N281" s="1"/>
-      <c r="O281" s="1"/>
-      <c r="P281" s="1"/>
+      <c r="O281" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="P281" s="1" t="s">
+        <v>1545</v>
+      </c>
       <c r="Q281" s="1"/>
       <c r="R281" s="1" t="s">
-        <v>1544</v>
+        <v>1541</v>
       </c>
       <c r="S281" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="T281" s="1" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="U281" s="1" t="s">
-        <v>1545</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="282" spans="1:21">
       <c r="A282" s="1" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1542</v>
+        <v>1547</v>
       </c>
       <c r="C282" s="1">
-        <v>3060</v>
+        <v>6000</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>1543</v>
+        <v>1493</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>76</v>
+        <v>4</v>
       </c>
       <c r="G282" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="H282" s="1"/>
       <c r="I282" s="1"/>
       <c r="J282" s="1"/>
       <c r="K282" s="1"/>
       <c r="L282" s="1" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="M282" s="1"/>
-      <c r="N282" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N282" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="O282" s="1"/>
       <c r="P282" s="1" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="Q282" s="1"/>
       <c r="R282" s="1" t="s">
-        <v>1544</v>
+        <v>1552</v>
       </c>
       <c r="S282" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T282" s="1" t="s">
-        <v>98</v>
+        <v>33</v>
       </c>
       <c r="U282" s="1" t="s">
-        <v>1545</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="283" spans="1:21">
       <c r="A283" s="1" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
       <c r="C283" s="1">
-        <v>6000</v>
+        <v>6001</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>1496</v>
-[...3 lines deleted...]
-      </c>
+        <v>1493</v>
+      </c>
+      <c r="E283" s="1"/>
       <c r="F283" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G283" s="1"/>
       <c r="H283" s="1"/>
       <c r="I283" s="1"/>
       <c r="J283" s="1"/>
-      <c r="K283" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K283" s="1">
+        <v>568</v>
+      </c>
+      <c r="L283" s="1"/>
       <c r="M283" s="1"/>
-      <c r="N283" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N283" s="1"/>
       <c r="O283" s="1"/>
-      <c r="P283" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P283" s="1"/>
       <c r="Q283" s="1"/>
       <c r="R283" s="1" t="s">
-        <v>1555</v>
+        <v>1552</v>
       </c>
       <c r="S283" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="T283" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U283" s="1" t="s">
-        <v>1556</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="284" spans="1:21">
       <c r="A284" s="1" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="C284" s="1">
-        <v>6001</v>
+        <v>2500</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>1496</v>
-[...1 lines deleted...]
-      <c r="E284" s="1"/>
+        <v>1556</v>
+      </c>
+      <c r="E284" s="1" t="s">
+        <v>422</v>
+      </c>
       <c r="F284" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G284" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>874</v>
+      </c>
       <c r="H284" s="1"/>
       <c r="I284" s="1"/>
       <c r="J284" s="1"/>
-      <c r="K284" s="1">
-[...2 lines deleted...]
-      <c r="L284" s="1"/>
+      <c r="K284" s="1"/>
+      <c r="L284" s="1" t="s">
+        <v>1557</v>
+      </c>
       <c r="M284" s="1"/>
       <c r="N284" s="1"/>
       <c r="O284" s="1"/>
-      <c r="P284" s="1"/>
+      <c r="P284" s="1" t="s">
+        <v>1558</v>
+      </c>
       <c r="Q284" s="1"/>
       <c r="R284" s="1" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="S284" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T284" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U284" s="1" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="285" spans="1:21">
       <c r="A285" s="1" t="s">
-        <v>1557</v>
+        <v>1554</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1558</v>
+        <v>1555</v>
       </c>
       <c r="C285" s="1">
         <v>2501</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>1559</v>
+        <v>1556</v>
       </c>
       <c r="E285" s="1"/>
       <c r="F285" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G285" s="1"/>
       <c r="H285" s="1"/>
       <c r="I285" s="1"/>
       <c r="J285" s="1"/>
       <c r="K285" s="1">
         <v>110</v>
       </c>
       <c r="L285" s="1"/>
       <c r="M285" s="1"/>
       <c r="N285" s="1"/>
       <c r="O285" s="1"/>
       <c r="P285" s="1"/>
       <c r="Q285" s="1"/>
       <c r="R285" s="1" t="s">
-        <v>1560</v>
+        <v>1559</v>
       </c>
       <c r="S285" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T285" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U285" s="1" t="s">
-        <v>1561</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="286" spans="1:21">
       <c r="A286" s="1" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="C286" s="1">
-        <v>2500</v>
+        <v>1146</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>1559</v>
+        <v>23</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>422</v>
+        <v>1563</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>874</v>
+        <v>75</v>
+      </c>
+      <c r="G286" s="1">
+        <v>174</v>
       </c>
       <c r="H286" s="1"/>
       <c r="I286" s="1"/>
       <c r="J286" s="1"/>
       <c r="K286" s="1"/>
       <c r="L286" s="1" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="M286" s="1"/>
       <c r="N286" s="1"/>
-      <c r="O286" s="1"/>
+      <c r="O286" s="1" t="s">
+        <v>1565</v>
+      </c>
       <c r="P286" s="1" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="Q286" s="1"/>
       <c r="R286" s="1" t="s">
-        <v>1560</v>
+        <v>1567</v>
       </c>
       <c r="S286" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T286" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U286" s="1" t="s">
-        <v>1561</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="287" spans="1:21">
       <c r="A287" s="1" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="C287" s="1">
-        <v>1146</v>
+        <v>1385</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E287" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E287" s="1"/>
       <c r="F287" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G287" s="1"/>
       <c r="H287" s="1"/>
       <c r="I287" s="1"/>
       <c r="J287" s="1"/>
-      <c r="K287" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K287" s="1">
+        <v>895</v>
+      </c>
+      <c r="L287" s="1"/>
       <c r="M287" s="1"/>
       <c r="N287" s="1"/>
-      <c r="O287" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O287" s="1"/>
+      <c r="P287" s="1"/>
       <c r="Q287" s="1"/>
       <c r="R287" s="1" t="s">
-        <v>1570</v>
+        <v>1567</v>
       </c>
       <c r="S287" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T287" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U287" s="1" t="s">
-        <v>1571</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="288" spans="1:21">
       <c r="A288" s="1" t="s">
-        <v>1564</v>
+        <v>1569</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
       <c r="C288" s="1">
-        <v>1385</v>
+        <v>9600</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="E288" s="1"/>
+        <v>1571</v>
+      </c>
+      <c r="E288" s="1" t="s">
+        <v>1572</v>
+      </c>
       <c r="F288" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G288" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G288" s="1">
+        <v>28</v>
+      </c>
       <c r="H288" s="1"/>
       <c r="I288" s="1"/>
       <c r="J288" s="1"/>
-      <c r="K288" s="1">
-[...2 lines deleted...]
-      <c r="L288" s="1"/>
+      <c r="K288" s="1"/>
+      <c r="L288" s="1" t="s">
+        <v>1573</v>
+      </c>
       <c r="M288" s="1"/>
       <c r="N288" s="1"/>
       <c r="O288" s="1"/>
-      <c r="P288" s="1"/>
+      <c r="P288" s="1" t="s">
+        <v>1574</v>
+      </c>
       <c r="Q288" s="1"/>
       <c r="R288" s="1" t="s">
-        <v>1570</v>
+        <v>1575</v>
       </c>
       <c r="S288" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T288" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U288" s="1" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="289" spans="1:21">
       <c r="A289" s="1" t="s">
-        <v>1572</v>
+        <v>1569</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1573</v>
+        <v>1570</v>
       </c>
       <c r="C289" s="1">
         <v>9600</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>1574</v>
+        <v>1571</v>
       </c>
       <c r="E289" s="1"/>
       <c r="F289" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G289" s="1"/>
       <c r="H289" s="1"/>
       <c r="I289" s="1"/>
       <c r="J289" s="1"/>
       <c r="K289" s="1">
         <v>29</v>
       </c>
       <c r="L289" s="1"/>
       <c r="M289" s="1"/>
       <c r="N289" s="1"/>
       <c r="O289" s="1"/>
       <c r="P289" s="1"/>
       <c r="Q289" s="1"/>
       <c r="R289" s="1" t="s">
         <v>1575</v>
       </c>
       <c r="S289" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T289" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U289" s="1" t="s">
         <v>1576</v>
       </c>
     </row>
     <row r="290" spans="1:21">
       <c r="A290" s="1" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1573</v>
+        <v>1578</v>
       </c>
       <c r="C290" s="1">
-        <v>9600</v>
+        <v>8640</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>1574</v>
+        <v>1579</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G290" s="1">
-        <v>28</v>
+      <c r="G290" s="1" t="s">
+        <v>126</v>
       </c>
       <c r="H290" s="1"/>
-      <c r="I290" s="1"/>
-      <c r="J290" s="1"/>
+      <c r="I290" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="J290" s="1">
+        <v>2</v>
+      </c>
       <c r="K290" s="1"/>
-      <c r="L290" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L290" s="1"/>
       <c r="M290" s="1"/>
-      <c r="N290" s="1"/>
+      <c r="N290" s="1" t="s">
+        <v>1582</v>
+      </c>
       <c r="O290" s="1"/>
       <c r="P290" s="1" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="Q290" s="1"/>
       <c r="R290" s="1" t="s">
-        <v>1575</v>
+        <v>1584</v>
       </c>
       <c r="S290" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T290" s="1" t="s">
-        <v>73</v>
+        <v>296</v>
       </c>
       <c r="U290" s="1" t="s">
-        <v>1576</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="291" spans="1:21">
       <c r="A291" s="1" t="s">
-        <v>1580</v>
+        <v>1586</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1581</v>
+        <v>1587</v>
       </c>
       <c r="C291" s="1">
-        <v>8640</v>
+        <v>6500</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>1582</v>
+        <v>1126</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>1583</v>
+        <v>1588</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>127</v>
+        <v>1589</v>
       </c>
       <c r="H291" s="1"/>
       <c r="I291" s="1" t="s">
-        <v>1584</v>
+        <v>570</v>
       </c>
       <c r="J291" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K291" s="1"/>
-      <c r="L291" s="1"/>
+      <c r="L291" s="1" t="s">
+        <v>1590</v>
+      </c>
       <c r="M291" s="1"/>
-      <c r="N291" s="1" t="s">
-[...2 lines deleted...]
-      <c r="O291" s="1"/>
+      <c r="N291" s="1"/>
+      <c r="O291" s="1" t="s">
+        <v>1591</v>
+      </c>
       <c r="P291" s="1" t="s">
-        <v>1586</v>
-[...1 lines deleted...]
-      <c r="Q291" s="1"/>
+        <v>1592</v>
+      </c>
+      <c r="Q291" s="1" t="s">
+        <v>1593</v>
+      </c>
       <c r="R291" s="1" t="s">
-        <v>1587</v>
+        <v>1594</v>
       </c>
       <c r="S291" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T291" s="1" t="s">
-        <v>296</v>
+        <v>33</v>
       </c>
       <c r="U291" s="1" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="292" spans="1:21">
       <c r="A292" s="1" t="s">
-        <v>1589</v>
+        <v>1586</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1590</v>
+        <v>1587</v>
       </c>
       <c r="C292" s="1">
         <v>6501</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="E292" s="1"/>
       <c r="F292" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G292" s="1"/>
       <c r="H292" s="1"/>
       <c r="I292" s="1"/>
       <c r="J292" s="1"/>
       <c r="K292" s="1">
         <v>94</v>
       </c>
       <c r="L292" s="1"/>
       <c r="M292" s="1"/>
       <c r="N292" s="1"/>
       <c r="O292" s="1"/>
       <c r="P292" s="1"/>
       <c r="Q292" s="1"/>
       <c r="R292" s="1" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="S292" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T292" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U292" s="1" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="293" spans="1:21">
       <c r="A293" s="1" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1590</v>
+        <v>1597</v>
       </c>
       <c r="C293" s="1">
-        <v>6500</v>
+        <v>1462</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>1126</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="E293" s="1"/>
       <c r="F293" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G293" s="1"/>
       <c r="H293" s="1"/>
-      <c r="I293" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I293" s="1"/>
+      <c r="J293" s="1"/>
+      <c r="K293" s="1">
+        <v>500</v>
+      </c>
+      <c r="L293" s="1"/>
       <c r="M293" s="1"/>
       <c r="N293" s="1"/>
-      <c r="O293" s="1" t="s">
-[...5 lines deleted...]
-      <c r="Q293" s="1" t="s">
+      <c r="O293" s="1"/>
+      <c r="P293" s="1"/>
+      <c r="Q293" s="1"/>
+      <c r="R293" s="1" t="s">
         <v>1598</v>
       </c>
-      <c r="R293" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S293" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T293" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U293" s="1" t="s">
-        <v>1592</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="294" spans="1:21">
       <c r="A294" s="1" t="s">
-        <v>1599</v>
+        <v>1596</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
       <c r="C294" s="1">
-        <v>1462</v>
+        <v>1093</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E294" s="1"/>
+      <c r="E294" s="1" t="s">
+        <v>1600</v>
+      </c>
       <c r="F294" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G294" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G294" s="1">
+        <v>17</v>
+      </c>
       <c r="H294" s="1"/>
-      <c r="I294" s="1"/>
-[...4 lines deleted...]
-      <c r="L294" s="1"/>
+      <c r="I294" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="J294" s="1">
+        <v>4</v>
+      </c>
+      <c r="K294" s="1"/>
+      <c r="L294" s="1" t="s">
+        <v>1601</v>
+      </c>
       <c r="M294" s="1"/>
       <c r="N294" s="1"/>
-      <c r="O294" s="1"/>
-[...1 lines deleted...]
-      <c r="Q294" s="1"/>
+      <c r="O294" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="P294" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="Q294" s="1" t="s">
+        <v>1604</v>
+      </c>
       <c r="R294" s="1" t="s">
-        <v>1601</v>
+        <v>1598</v>
       </c>
       <c r="S294" s="1" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="T294" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U294" s="1" t="s">
-        <v>1602</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="295" spans="1:21">
       <c r="A295" s="1" t="s">
-        <v>1599</v>
+        <v>1605</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
       <c r="C295" s="1">
-        <v>1093</v>
+        <v>8000</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>23</v>
+        <v>283</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>1603</v>
+        <v>1607</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G295" s="1">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="H295" s="1"/>
       <c r="I295" s="1" t="s">
-        <v>472</v>
-[...3 lines deleted...]
-      </c>
+        <v>1608</v>
+      </c>
+      <c r="J295" s="1"/>
       <c r="K295" s="1"/>
       <c r="L295" s="1" t="s">
-        <v>1604</v>
+        <v>1609</v>
       </c>
       <c r="M295" s="1"/>
-      <c r="N295" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N295" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="O295" s="1"/>
       <c r="P295" s="1" t="s">
-        <v>1606</v>
-[...6 lines deleted...]
-      </c>
+        <v>1611</v>
+      </c>
+      <c r="Q295" s="1"/>
+      <c r="R295" s="1"/>
       <c r="S295" s="1" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="T295" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U295" s="1" t="s">
-        <v>1602</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="296" spans="1:21">
       <c r="A296" s="1" t="s">
-        <v>1608</v>
+        <v>1605</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1609</v>
+        <v>1606</v>
       </c>
       <c r="C296" s="1">
         <v>5400</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>1333</v>
       </c>
       <c r="E296" s="1" t="s">
         <v>394</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G296" s="1">
         <v>4</v>
       </c>
       <c r="H296" s="1"/>
       <c r="I296" s="1"/>
       <c r="J296" s="1"/>
       <c r="K296" s="1"/>
       <c r="L296" s="1"/>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
       <c r="O296" s="1"/>
       <c r="P296" s="1"/>
       <c r="Q296" s="1"/>
       <c r="R296" s="1"/>
       <c r="S296" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T296" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U296" s="1" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="297" spans="1:21">
       <c r="A297" s="1" t="s">
-        <v>1608</v>
+        <v>1613</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1609</v>
+        <v>1614</v>
       </c>
       <c r="C297" s="1">
-        <v>8000</v>
+        <v>1026</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>283</v>
+        <v>23</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>1611</v>
+        <v>1615</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G297" s="1">
-        <v>25</v>
+      <c r="G297" s="1" t="s">
+        <v>1616</v>
       </c>
       <c r="H297" s="1"/>
       <c r="I297" s="1" t="s">
-        <v>1612</v>
-[...1 lines deleted...]
-      <c r="J297" s="1"/>
+        <v>1617</v>
+      </c>
+      <c r="J297" s="1">
+        <v>2</v>
+      </c>
       <c r="K297" s="1"/>
-      <c r="L297" s="1"/>
+      <c r="L297" s="1" t="s">
+        <v>1618</v>
+      </c>
       <c r="M297" s="1"/>
-      <c r="N297" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N297" s="1"/>
       <c r="O297" s="1"/>
       <c r="P297" s="1" t="s">
-        <v>1614</v>
+        <v>1619</v>
       </c>
       <c r="Q297" s="1"/>
-      <c r="R297" s="1"/>
+      <c r="R297" s="1" t="s">
+        <v>1620</v>
+      </c>
       <c r="S297" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T297" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U297" s="1" t="s">
-        <v>1610</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="298" spans="1:21">
       <c r="A298" s="1" t="s">
-        <v>1615</v>
+        <v>1613</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1616</v>
+        <v>1614</v>
       </c>
       <c r="C298" s="1">
-        <v>1026</v>
+        <v>1525</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E298" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E298" s="1"/>
       <c r="F298" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G298" s="1"/>
       <c r="H298" s="1"/>
-      <c r="I298" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I298" s="1"/>
+      <c r="J298" s="1"/>
+      <c r="K298" s="1">
+        <v>11</v>
+      </c>
+      <c r="L298" s="1"/>
       <c r="M298" s="1"/>
       <c r="N298" s="1"/>
       <c r="O298" s="1"/>
-      <c r="P298" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P298" s="1"/>
       <c r="Q298" s="1"/>
       <c r="R298" s="1" t="s">
-        <v>1622</v>
+        <v>1620</v>
       </c>
       <c r="S298" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T298" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U298" s="1" t="s">
-        <v>1623</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="299" spans="1:21">
       <c r="A299" s="1" t="s">
-        <v>1615</v>
+        <v>1622</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1616</v>
+        <v>1623</v>
       </c>
       <c r="C299" s="1">
-        <v>1525</v>
+        <v>1388</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E299" s="1"/>
       <c r="F299" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G299" s="1"/>
       <c r="H299" s="1"/>
       <c r="I299" s="1"/>
       <c r="J299" s="1"/>
       <c r="K299" s="1">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="L299" s="1"/>
       <c r="M299" s="1"/>
       <c r="N299" s="1"/>
       <c r="O299" s="1"/>
       <c r="P299" s="1"/>
       <c r="Q299" s="1"/>
       <c r="R299" s="1" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="S299" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T299" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U299" s="1" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="300" spans="1:21">
       <c r="A300" s="1" t="s">
-        <v>1624</v>
+        <v>1622</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1625</v>
+        <v>1623</v>
       </c>
       <c r="C300" s="1">
-        <v>1388</v>
+        <v>1135</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E300" s="1"/>
+      <c r="E300" s="1" t="s">
+        <v>1111</v>
+      </c>
       <c r="F300" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G300" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>1112</v>
+      </c>
       <c r="H300" s="1"/>
       <c r="I300" s="1"/>
-      <c r="J300" s="1"/>
-[...3 lines deleted...]
-      <c r="L300" s="1"/>
+      <c r="J300" s="1">
+        <v>305</v>
+      </c>
+      <c r="K300" s="1"/>
+      <c r="L300" s="1" t="s">
+        <v>1113</v>
+      </c>
       <c r="M300" s="1"/>
       <c r="N300" s="1"/>
-      <c r="O300" s="1"/>
-      <c r="P300" s="1"/>
+      <c r="O300" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="P300" s="1" t="s">
+        <v>1626</v>
+      </c>
       <c r="Q300" s="1"/>
       <c r="R300" s="1" t="s">
-        <v>1626</v>
+        <v>1624</v>
       </c>
       <c r="S300" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T300" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U300" s="1" t="s">
-        <v>1627</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="301" spans="1:21">
       <c r="A301" s="1" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
       <c r="C301" s="1">
-        <v>1135</v>
+        <v>1015</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>1111</v>
+        <v>1130</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>76</v>
+        <v>4</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1112</v>
+        <v>1629</v>
       </c>
       <c r="H301" s="1"/>
-      <c r="I301" s="1"/>
+      <c r="I301" s="1" t="s">
+        <v>1630</v>
+      </c>
       <c r="J301" s="1">
-        <v>305</v>
+        <v>1</v>
       </c>
       <c r="K301" s="1"/>
       <c r="L301" s="1" t="s">
-        <v>1113</v>
+        <v>1631</v>
       </c>
       <c r="M301" s="1"/>
       <c r="N301" s="1"/>
       <c r="O301" s="1" t="s">
-        <v>1114</v>
+        <v>1632</v>
       </c>
       <c r="P301" s="1" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="Q301" s="1"/>
       <c r="R301" s="1" t="s">
-        <v>1626</v>
+        <v>1634</v>
       </c>
       <c r="S301" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T301" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U301" s="1" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="302" spans="1:21">
       <c r="A302" s="1" t="s">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1630</v>
+        <v>1628</v>
       </c>
       <c r="C302" s="1">
-        <v>1015</v>
+        <v>1525</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E302" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E302" s="1"/>
       <c r="F302" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G302" s="1"/>
       <c r="H302" s="1"/>
-      <c r="I302" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I302" s="1"/>
+      <c r="J302" s="1"/>
+      <c r="K302" s="1">
+        <v>124</v>
+      </c>
+      <c r="L302" s="1"/>
       <c r="M302" s="1"/>
       <c r="N302" s="1"/>
-      <c r="O302" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O302" s="1"/>
+      <c r="P302" s="1"/>
       <c r="Q302" s="1"/>
       <c r="R302" s="1" t="s">
-        <v>1636</v>
+        <v>1634</v>
       </c>
       <c r="S302" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T302" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U302" s="1" t="s">
-        <v>1637</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="303" spans="1:21">
       <c r="A303" s="1" t="s">
-        <v>1629</v>
+        <v>1636</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
       <c r="C303" s="1">
-        <v>1525</v>
+        <v>1027</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E303" s="1"/>
+      <c r="E303" s="1" t="s">
+        <v>1638</v>
+      </c>
       <c r="F303" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G303" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>1639</v>
+      </c>
       <c r="H303" s="1"/>
-      <c r="I303" s="1"/>
-[...4 lines deleted...]
-      <c r="L303" s="1"/>
+      <c r="I303" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J303" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="K303" s="1"/>
+      <c r="L303" s="1" t="s">
+        <v>1640</v>
+      </c>
       <c r="M303" s="1"/>
       <c r="N303" s="1"/>
       <c r="O303" s="1"/>
-      <c r="P303" s="1"/>
+      <c r="P303" s="1" t="s">
+        <v>1641</v>
+      </c>
       <c r="Q303" s="1"/>
       <c r="R303" s="1" t="s">
-        <v>1636</v>
+        <v>1642</v>
       </c>
       <c r="S303" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T303" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U303" s="1" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="304" spans="1:21">
       <c r="A304" s="1" t="s">
-        <v>1638</v>
+        <v>1644</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="C304" s="1">
-        <v>1027</v>
+        <v>1041</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>1640</v>
+        <v>202</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G304" s="1" t="s">
-        <v>1641</v>
+      <c r="G304" s="1">
+        <v>8</v>
       </c>
       <c r="H304" s="1"/>
-      <c r="I304" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I304" s="1"/>
+      <c r="J304" s="1"/>
       <c r="K304" s="1"/>
       <c r="L304" s="1" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="M304" s="1"/>
       <c r="N304" s="1"/>
-      <c r="O304" s="1"/>
+      <c r="O304" s="1" t="s">
+        <v>1647</v>
+      </c>
       <c r="P304" s="1" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="Q304" s="1"/>
       <c r="R304" s="1" t="s">
-        <v>1644</v>
+        <v>1649</v>
       </c>
       <c r="S304" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T304" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U304" s="1" t="s">
-        <v>1645</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="305" spans="1:21">
       <c r="A305" s="1" t="s">
-        <v>1646</v>
+        <v>1644</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
       <c r="C305" s="1">
-        <v>1041</v>
+        <v>1325</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E305" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E305" s="1"/>
       <c r="F305" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G305" s="1"/>
       <c r="H305" s="1"/>
       <c r="I305" s="1"/>
       <c r="J305" s="1"/>
-      <c r="K305" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K305" s="1">
+        <v>77</v>
+      </c>
+      <c r="L305" s="1"/>
       <c r="M305" s="1"/>
       <c r="N305" s="1"/>
-      <c r="O305" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O305" s="1"/>
+      <c r="P305" s="1"/>
       <c r="Q305" s="1"/>
       <c r="R305" s="1" t="s">
-        <v>1651</v>
+        <v>1649</v>
       </c>
       <c r="S305" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T305" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U305" s="1" t="s">
-        <v>1652</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="306" spans="1:21">
       <c r="A306" s="1" t="s">
-        <v>1646</v>
+        <v>1651</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1647</v>
+        <v>1652</v>
       </c>
       <c r="C306" s="1">
-        <v>1325</v>
+        <v>4400</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="E306" s="1"/>
+        <v>227</v>
+      </c>
+      <c r="E306" s="1" t="s">
+        <v>821</v>
+      </c>
       <c r="F306" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G306" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G306" s="1">
+        <v>15</v>
+      </c>
       <c r="H306" s="1"/>
       <c r="I306" s="1"/>
       <c r="J306" s="1"/>
-      <c r="K306" s="1">
-[...2 lines deleted...]
-      <c r="L306" s="1"/>
+      <c r="K306" s="1"/>
+      <c r="L306" s="1" t="s">
+        <v>1653</v>
+      </c>
       <c r="M306" s="1"/>
       <c r="N306" s="1"/>
       <c r="O306" s="1"/>
-      <c r="P306" s="1"/>
-      <c r="Q306" s="1"/>
+      <c r="P306" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="Q306" s="1" t="s">
+        <v>1655</v>
+      </c>
       <c r="R306" s="1" t="s">
-        <v>1651</v>
+        <v>1656</v>
       </c>
       <c r="S306" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T306" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U306" s="1" t="s">
-        <v>1652</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="307" spans="1:21">
       <c r="A307" s="1" t="s">
-        <v>1653</v>
+        <v>1658</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
       <c r="C307" s="1">
-        <v>4400</v>
+        <v>4301</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-      </c>
+        <v>552</v>
+      </c>
+      <c r="E307" s="1"/>
       <c r="F307" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G307" s="1"/>
       <c r="H307" s="1"/>
       <c r="I307" s="1"/>
       <c r="J307" s="1"/>
-      <c r="K307" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K307" s="1">
+        <v>130</v>
+      </c>
+      <c r="L307" s="1"/>
       <c r="M307" s="1"/>
       <c r="N307" s="1"/>
       <c r="O307" s="1"/>
-      <c r="P307" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="P307" s="1"/>
+      <c r="Q307" s="1"/>
       <c r="R307" s="1" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="S307" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T307" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U307" s="1" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="308" spans="1:21">
       <c r="A308" s="1" t="s">
-        <v>1660</v>
+        <v>1658</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1661</v>
+        <v>1659</v>
       </c>
       <c r="C308" s="1">
-        <v>4301</v>
+        <v>4300</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="E308" s="1"/>
+      <c r="E308" s="1" t="s">
+        <v>1304</v>
+      </c>
       <c r="F308" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G308" s="1"/>
+        <v>680</v>
+      </c>
+      <c r="G308" s="1">
+        <v>21</v>
+      </c>
       <c r="H308" s="1"/>
       <c r="I308" s="1"/>
       <c r="J308" s="1"/>
-      <c r="K308" s="1">
-[...2 lines deleted...]
-      <c r="L308" s="1"/>
+      <c r="K308" s="1"/>
+      <c r="L308" s="1" t="s">
+        <v>1662</v>
+      </c>
       <c r="M308" s="1"/>
       <c r="N308" s="1"/>
       <c r="O308" s="1"/>
-      <c r="P308" s="1"/>
-      <c r="Q308" s="1"/>
+      <c r="P308" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="Q308" s="1" t="s">
+        <v>1664</v>
+      </c>
       <c r="R308" s="1" t="s">
-        <v>1662</v>
+        <v>1660</v>
       </c>
       <c r="S308" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T308" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U308" s="1" t="s">
-        <v>1663</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="309" spans="1:21">
       <c r="A309" s="1" t="s">
-        <v>1660</v>
+        <v>1665</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1661</v>
+        <v>1666</v>
       </c>
       <c r="C309" s="1">
-        <v>4300</v>
+        <v>7601</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>552</v>
-[...9 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="E309" s="1"/>
+      <c r="F309" s="1"/>
+      <c r="G309" s="1"/>
       <c r="H309" s="1"/>
       <c r="I309" s="1"/>
       <c r="J309" s="1"/>
-      <c r="K309" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K309" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="L309" s="1"/>
       <c r="M309" s="1"/>
       <c r="N309" s="1"/>
       <c r="O309" s="1"/>
-      <c r="P309" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="P309" s="1"/>
+      <c r="Q309" s="1"/>
       <c r="R309" s="1" t="s">
-        <v>1662</v>
+        <v>1668</v>
       </c>
       <c r="S309" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T309" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U309" s="1" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="310" spans="1:21">
       <c r="A310" s="1" t="s">
-        <v>1667</v>
+        <v>1665</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1668</v>
+        <v>1666</v>
       </c>
       <c r="C310" s="1">
-        <v>7601</v>
+        <v>7623</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      <c r="G310" s="1"/>
+        <v>165</v>
+      </c>
+      <c r="E310" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="F310" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G310" s="1">
+        <v>16</v>
+      </c>
       <c r="H310" s="1"/>
       <c r="I310" s="1"/>
       <c r="J310" s="1"/>
-      <c r="K310" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L310" s="1"/>
+      <c r="K310" s="1"/>
+      <c r="L310" s="1" t="s">
+        <v>1670</v>
+      </c>
       <c r="M310" s="1"/>
       <c r="N310" s="1"/>
-      <c r="O310" s="1"/>
-      <c r="P310" s="1"/>
+      <c r="O310" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="P310" s="1" t="s">
+        <v>1671</v>
+      </c>
       <c r="Q310" s="1"/>
       <c r="R310" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="S310" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="T310" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="U310" s="1" t="s">
         <v>1669</v>
-      </c>
-[...7 lines deleted...]
-        <v>1670</v>
       </c>
     </row>
     <row r="311" spans="1:21">
       <c r="A311" s="1" t="s">
-        <v>1667</v>
+        <v>1672</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1668</v>
+        <v>1673</v>
       </c>
       <c r="C311" s="1">
-        <v>7623</v>
+        <v>7800</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>70</v>
+        <v>1674</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>149</v>
+        <v>1675</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>4</v>
+        <v>75</v>
       </c>
       <c r="G311" s="1">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="H311" s="1"/>
       <c r="I311" s="1"/>
       <c r="J311" s="1"/>
       <c r="K311" s="1"/>
       <c r="L311" s="1" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
       <c r="M311" s="1"/>
       <c r="N311" s="1"/>
       <c r="O311" s="1" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
       <c r="P311" s="1" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
       <c r="Q311" s="1"/>
       <c r="R311" s="1" t="s">
-        <v>1669</v>
+        <v>1679</v>
       </c>
       <c r="S311" s="1" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="T311" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="U311" s="1" t="s">
-        <v>1670</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="312" spans="1:21">
       <c r="A312" s="1" t="s">
-        <v>1673</v>
+        <v>1681</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1674</v>
+        <v>1682</v>
       </c>
       <c r="C312" s="1">
-        <v>7800</v>
+        <v>6640</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>1675</v>
+        <v>1683</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>1676</v>
+        <v>1684</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>76</v>
+        <v>4</v>
       </c>
       <c r="G312" s="1">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="H312" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="H312" s="1" t="s">
+        <v>1685</v>
+      </c>
       <c r="I312" s="1"/>
       <c r="J312" s="1"/>
       <c r="K312" s="1"/>
       <c r="L312" s="1" t="s">
-        <v>1677</v>
+        <v>1686</v>
       </c>
       <c r="M312" s="1"/>
       <c r="N312" s="1"/>
       <c r="O312" s="1" t="s">
-        <v>1678</v>
+        <v>1686</v>
       </c>
       <c r="P312" s="1" t="s">
-        <v>1679</v>
-[...1 lines deleted...]
-      <c r="Q312" s="1"/>
+        <v>1687</v>
+      </c>
+      <c r="Q312" s="1" t="s">
+        <v>1688</v>
+      </c>
       <c r="R312" s="1" t="s">
-        <v>1680</v>
+        <v>1689</v>
       </c>
       <c r="S312" s="1" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="T312" s="1" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="U312" s="1" t="s">
-        <v>1681</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="313" spans="1:21">
       <c r="A313" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B313" s="1" t="s">
         <v>1682</v>
-      </c>
-[...1 lines deleted...]
-        <v>1683</v>
       </c>
       <c r="C313" s="1">
         <v>6640</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1691</v>
+      </c>
+      <c r="E313" s="1"/>
       <c r="F313" s="1" t="s">
-        <v>4</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G313" s="1"/>
+      <c r="H313" s="1"/>
       <c r="I313" s="1"/>
       <c r="J313" s="1"/>
-      <c r="K313" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K313" s="1">
+        <v>37</v>
+      </c>
+      <c r="L313" s="1"/>
       <c r="M313" s="1"/>
       <c r="N313" s="1"/>
-      <c r="O313" s="1" t="s">
-[...5 lines deleted...]
-      <c r="Q313" s="1" t="s">
+      <c r="O313" s="1"/>
+      <c r="P313" s="1"/>
+      <c r="Q313" s="1"/>
+      <c r="R313" s="1" t="s">
         <v>1689</v>
       </c>
-      <c r="R313" s="1" t="s">
+      <c r="S313" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="T313" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="U313" s="1" t="s">
         <v>1690</v>
-      </c>
-[...7 lines deleted...]
-        <v>1691</v>
       </c>
     </row>
     <row r="314" spans="1:21">
       <c r="A314" s="1" t="s">
-        <v>1682</v>
+        <v>1692</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1683</v>
+        <v>1693</v>
       </c>
       <c r="C314" s="1">
-        <v>6640</v>
+        <v>5521</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="E314" s="1"/>
       <c r="F314" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G314" s="1"/>
       <c r="H314" s="1"/>
       <c r="I314" s="1"/>
       <c r="J314" s="1"/>
       <c r="K314" s="1">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="L314" s="1"/>
       <c r="M314" s="1"/>
       <c r="N314" s="1"/>
       <c r="O314" s="1"/>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1" t="s">
-        <v>1690</v>
+        <v>1695</v>
       </c>
       <c r="S314" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T314" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U314" s="1" t="s">
-        <v>1691</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="315" spans="1:21">
       <c r="A315" s="1" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B315" s="1" t="s">
         <v>1693</v>
       </c>
-      <c r="B315" s="1" t="s">
+      <c r="C315" s="1">
+        <v>5520</v>
+      </c>
+      <c r="D315" s="1" t="s">
         <v>1694</v>
       </c>
-      <c r="C315" s="1">
-[...5 lines deleted...]
-      <c r="E315" s="1"/>
+      <c r="E315" s="1" t="s">
+        <v>1697</v>
+      </c>
       <c r="F315" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G315" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G315" s="1">
+        <v>34</v>
+      </c>
       <c r="H315" s="1"/>
       <c r="I315" s="1"/>
       <c r="J315" s="1"/>
-      <c r="K315" s="1">
-[...2 lines deleted...]
-      <c r="L315" s="1"/>
+      <c r="K315" s="1"/>
+      <c r="L315" s="1" t="s">
+        <v>1698</v>
+      </c>
       <c r="M315" s="1"/>
       <c r="N315" s="1"/>
       <c r="O315" s="1"/>
-      <c r="P315" s="1"/>
+      <c r="P315" s="1" t="s">
+        <v>1699</v>
+      </c>
       <c r="Q315" s="1"/>
       <c r="R315" s="1" t="s">
+        <v>1695</v>
+      </c>
+      <c r="S315" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="T315" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="U315" s="1" t="s">
         <v>1696</v>
-      </c>
-[...7 lines deleted...]
-        <v>1697</v>
       </c>
     </row>
     <row r="316" spans="1:21">
       <c r="A316" s="1" t="s">
-        <v>1693</v>
+        <v>1700</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
       <c r="C316" s="1">
-        <v>5520</v>
+        <v>3700</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>1695</v>
+        <v>1068</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="F316" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G316" s="1">
+        <v>8</v>
+      </c>
+      <c r="H316" s="1"/>
+      <c r="I316" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="J316" s="1">
         <v>4</v>
       </c>
-      <c r="G316" s="1">
-[...4 lines deleted...]
-      <c r="J316" s="1"/>
       <c r="K316" s="1"/>
       <c r="L316" s="1" t="s">
-        <v>1699</v>
+        <v>1704</v>
       </c>
       <c r="M316" s="1"/>
       <c r="N316" s="1"/>
-      <c r="O316" s="1"/>
+      <c r="O316" s="1" t="s">
+        <v>1705</v>
+      </c>
       <c r="P316" s="1" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
       <c r="Q316" s="1"/>
       <c r="R316" s="1" t="s">
-        <v>1696</v>
+        <v>1707</v>
       </c>
       <c r="S316" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T316" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U316" s="1" t="s">
-        <v>1697</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="317" spans="1:21">
       <c r="A317" s="1" t="s">
-        <v>1701</v>
+        <v>1709</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1702</v>
+        <v>1710</v>
       </c>
       <c r="C317" s="1">
-        <v>3700</v>
+        <v>2200</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>1068</v>
+        <v>1505</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>1703</v>
+        <v>1711</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>76</v>
-[...8 lines deleted...]
-      <c r="J317" s="1">
         <v>4</v>
       </c>
+      <c r="G317" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H317" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="I317" s="1"/>
+      <c r="J317" s="1"/>
       <c r="K317" s="1"/>
       <c r="L317" s="1" t="s">
-        <v>1705</v>
+        <v>1712</v>
       </c>
       <c r="M317" s="1"/>
       <c r="N317" s="1"/>
-      <c r="O317" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O317" s="1"/>
       <c r="P317" s="1" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="Q317" s="1"/>
       <c r="R317" s="1" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="S317" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T317" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U317" s="1" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="318" spans="1:21">
       <c r="A318" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B318" s="1" t="s">
         <v>1710</v>
       </c>
-      <c r="B318" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C318" s="1">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>1508</v>
-[...3 lines deleted...]
-      </c>
+        <v>1505</v>
+      </c>
+      <c r="E318" s="1"/>
       <c r="F318" s="1" t="s">
-        <v>4</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G318" s="1"/>
+      <c r="H318" s="1"/>
       <c r="I318" s="1"/>
       <c r="J318" s="1"/>
-      <c r="K318" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K318" s="1">
+        <v>139</v>
+      </c>
+      <c r="L318" s="1"/>
       <c r="M318" s="1"/>
       <c r="N318" s="1"/>
       <c r="O318" s="1"/>
-      <c r="P318" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P318" s="1"/>
       <c r="Q318" s="1"/>
       <c r="R318" s="1" t="s">
-        <v>1715</v>
+        <v>1714</v>
       </c>
       <c r="S318" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T318" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U318" s="1" t="s">
-        <v>1716</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="319" spans="1:21">
       <c r="A319" s="1" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="C319" s="1">
-        <v>2201</v>
+        <v>9701</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>1508</v>
+        <v>506</v>
       </c>
       <c r="E319" s="1"/>
       <c r="F319" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G319" s="1"/>
       <c r="H319" s="1"/>
       <c r="I319" s="1"/>
       <c r="J319" s="1"/>
       <c r="K319" s="1">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1" t="s">
-        <v>1715</v>
+        <v>1718</v>
       </c>
       <c r="S319" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T319" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U319" s="1" t="s">
-        <v>1716</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="320" spans="1:21">
       <c r="A320" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B320" s="1" t="s">
         <v>1717</v>
       </c>
-      <c r="B320" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C320" s="1">
-        <v>9701</v>
+        <v>9700</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="E320" s="1"/>
+      <c r="E320" s="1" t="s">
+        <v>1720</v>
+      </c>
       <c r="F320" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H320" s="1"/>
+      <c r="I320" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="J320" s="1">
         <v>10</v>
       </c>
-      <c r="G320" s="1"/>
-[...6 lines deleted...]
-      <c r="L320" s="1"/>
+      <c r="K320" s="1"/>
+      <c r="L320" s="1" t="s">
+        <v>1722</v>
+      </c>
       <c r="M320" s="1"/>
       <c r="N320" s="1"/>
-      <c r="O320" s="1"/>
-      <c r="P320" s="1"/>
+      <c r="O320" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="P320" s="1" t="s">
+        <v>1724</v>
+      </c>
       <c r="Q320" s="1"/>
       <c r="R320" s="1" t="s">
-        <v>1719</v>
+        <v>1718</v>
       </c>
       <c r="S320" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="T320" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U320" s="1" t="s">
-        <v>1720</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="321" spans="1:21">
       <c r="A321" s="1" t="s">
-        <v>1717</v>
+        <v>1725</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1718</v>
+        <v>1726</v>
       </c>
       <c r="C321" s="1">
-        <v>9700</v>
+        <v>8200</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>506</v>
+        <v>156</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>1721</v>
+        <v>1727</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1722</v>
+        <v>145</v>
       </c>
       <c r="H321" s="1"/>
-      <c r="I321" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I321" s="1"/>
+      <c r="J321" s="1"/>
       <c r="K321" s="1"/>
       <c r="L321" s="1" t="s">
-        <v>1723</v>
+        <v>1728</v>
       </c>
       <c r="M321" s="1"/>
       <c r="N321" s="1"/>
-      <c r="O321" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O321" s="1"/>
       <c r="P321" s="1" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="Q321" s="1"/>
       <c r="R321" s="1" t="s">
-        <v>1719</v>
+        <v>1730</v>
       </c>
       <c r="S321" s="1" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="T321" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U321" s="1" t="s">
-        <v>1720</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="322" spans="1:21">
       <c r="A322" s="1" t="s">
-        <v>1726</v>
+        <v>1732</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1727</v>
+        <v>1733</v>
       </c>
       <c r="C322" s="1">
-        <v>8200</v>
+        <v>9900</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>157</v>
+        <v>1734</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>1728</v>
+        <v>727</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G322" s="1" t="s">
-        <v>146</v>
+      <c r="G322" s="1">
+        <v>8</v>
       </c>
       <c r="H322" s="1"/>
       <c r="I322" s="1"/>
       <c r="J322" s="1"/>
       <c r="K322" s="1"/>
       <c r="L322" s="1" t="s">
-        <v>1729</v>
+        <v>1735</v>
       </c>
       <c r="M322" s="1"/>
       <c r="N322" s="1"/>
-      <c r="O322" s="1"/>
+      <c r="O322" s="1" t="s">
+        <v>1736</v>
+      </c>
       <c r="P322" s="1" t="s">
-        <v>1730</v>
+        <v>1737</v>
       </c>
       <c r="Q322" s="1"/>
       <c r="R322" s="1" t="s">
-        <v>1731</v>
+        <v>1738</v>
       </c>
       <c r="S322" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T322" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U322" s="1" t="s">
-        <v>1732</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="323" spans="1:21">
       <c r="A323" s="1" t="s">
-        <v>1733</v>
+        <v>1740</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1734</v>
+        <v>1741</v>
       </c>
       <c r="C323" s="1">
-        <v>9900</v>
+        <v>3800</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1735</v>
+        <v>932</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>727</v>
+        <v>1742</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>680</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>866</v>
       </c>
       <c r="H323" s="1"/>
-      <c r="I323" s="1"/>
-      <c r="J323" s="1"/>
+      <c r="I323" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="J323" s="1" t="s">
+        <v>184</v>
+      </c>
       <c r="K323" s="1"/>
-      <c r="L323" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L323" s="1"/>
       <c r="M323" s="1"/>
       <c r="N323" s="1"/>
-      <c r="O323" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O323" s="1"/>
+      <c r="P323" s="1"/>
       <c r="Q323" s="1"/>
       <c r="R323" s="1" t="s">
-        <v>1739</v>
+        <v>1743</v>
       </c>
       <c r="S323" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T323" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U323" s="1" t="s">
-        <v>1740</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="324" spans="1:21">
       <c r="A324" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B324" s="1" t="s">
         <v>1741</v>
       </c>
-      <c r="B324" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C324" s="1">
-        <v>3800</v>
+        <v>3860</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>932</v>
+        <v>1745</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>1743</v>
+        <v>737</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>680</v>
+        <v>4</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>866</v>
+        <v>1746</v>
       </c>
       <c r="H324" s="1"/>
       <c r="I324" s="1" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>1747</v>
+      </c>
+      <c r="J324" s="1"/>
       <c r="K324" s="1"/>
-      <c r="L324" s="1"/>
+      <c r="L324" s="1" t="s">
+        <v>934</v>
+      </c>
       <c r="M324" s="1"/>
       <c r="N324" s="1"/>
-      <c r="O324" s="1"/>
-      <c r="P324" s="1"/>
+      <c r="O324" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="P324" s="1" t="s">
+        <v>1748</v>
+      </c>
       <c r="Q324" s="1"/>
       <c r="R324" s="1" t="s">
-        <v>1744</v>
+        <v>1743</v>
       </c>
       <c r="S324" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T324" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U324" s="1" t="s">
-        <v>1745</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="325" spans="1:21">
       <c r="A325" s="1" t="s">
-        <v>1741</v>
+        <v>1749</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1742</v>
+        <v>1750</v>
       </c>
       <c r="C325" s="1">
-        <v>3860</v>
+        <v>7700</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1746</v>
+        <v>1751</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>737</v>
+        <v>1752</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G325" s="1" t="s">
-        <v>1747</v>
+      <c r="G325" s="1">
+        <v>28</v>
       </c>
       <c r="H325" s="1"/>
-      <c r="I325" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I325" s="1"/>
       <c r="J325" s="1"/>
       <c r="K325" s="1"/>
       <c r="L325" s="1" t="s">
-        <v>934</v>
+        <v>1753</v>
       </c>
       <c r="M325" s="1"/>
       <c r="N325" s="1"/>
       <c r="O325" s="1" t="s">
-        <v>934</v>
+        <v>1753</v>
       </c>
       <c r="P325" s="1" t="s">
-        <v>1749</v>
+        <v>1754</v>
       </c>
       <c r="Q325" s="1"/>
       <c r="R325" s="1" t="s">
-        <v>1744</v>
+        <v>1755</v>
       </c>
       <c r="S325" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T325" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U325" s="1" t="s">
-        <v>1745</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="326" spans="1:21">
       <c r="A326" s="1" t="s">
-        <v>1750</v>
+        <v>1757</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1751</v>
+        <v>1758</v>
       </c>
       <c r="C326" s="1">
-        <v>7700</v>
+        <v>4400</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1752</v>
+        <v>227</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>1753</v>
+        <v>886</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G326" s="1">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="H326" s="1"/>
-      <c r="I326" s="1"/>
-      <c r="J326" s="1"/>
+      <c r="I326" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J326" s="1">
+        <v>2</v>
+      </c>
       <c r="K326" s="1"/>
       <c r="L326" s="1" t="s">
-        <v>1754</v>
+        <v>1759</v>
       </c>
       <c r="M326" s="1"/>
       <c r="N326" s="1"/>
       <c r="O326" s="1" t="s">
-        <v>1754</v>
+        <v>1760</v>
       </c>
       <c r="P326" s="1" t="s">
-        <v>1755</v>
+        <v>1761</v>
       </c>
       <c r="Q326" s="1"/>
       <c r="R326" s="1" t="s">
-        <v>1756</v>
+        <v>1762</v>
       </c>
       <c r="S326" s="1" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="T326" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U326" s="1" t="s">
-        <v>1757</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="327" spans="1:21">
       <c r="A327" s="1" t="s">
-        <v>1758</v>
+        <v>1764</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1759</v>
+        <v>1765</v>
       </c>
       <c r="C327" s="1">
-        <v>4400</v>
+        <v>5350</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>227</v>
+        <v>1766</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>886</v>
+        <v>1767</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>4</v>
-[...10 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H327" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I327" s="1"/>
+      <c r="J327" s="1"/>
       <c r="K327" s="1"/>
-      <c r="L327" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L327" s="1"/>
       <c r="M327" s="1"/>
-      <c r="N327" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N327" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="O327" s="1"/>
       <c r="P327" s="1" t="s">
-        <v>1762</v>
+        <v>1769</v>
       </c>
       <c r="Q327" s="1"/>
       <c r="R327" s="1" t="s">
-        <v>1763</v>
+        <v>1770</v>
       </c>
       <c r="S327" s="1" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="T327" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U327" s="1" t="s">
-        <v>1764</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="328" spans="1:21">
       <c r="A328" s="1" t="s">
-        <v>1765</v>
+        <v>1772</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1766</v>
+        <v>1773</v>
       </c>
       <c r="C328" s="1">
-        <v>5350</v>
+        <v>7500</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1767</v>
+        <v>454</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>1768</v>
+        <v>1178</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>76</v>
-[...6 lines deleted...]
-      </c>
+        <v>1774</v>
+      </c>
+      <c r="G328" s="1">
+        <v>16</v>
+      </c>
+      <c r="H328" s="1"/>
       <c r="I328" s="1"/>
       <c r="J328" s="1"/>
       <c r="K328" s="1"/>
       <c r="L328" s="1"/>
       <c r="M328" s="1"/>
       <c r="N328" s="1" t="s">
-        <v>1769</v>
-[...1 lines deleted...]
-      <c r="O328" s="1"/>
+        <v>1775</v>
+      </c>
+      <c r="O328" s="1" t="s">
+        <v>1776</v>
+      </c>
       <c r="P328" s="1" t="s">
-        <v>1770</v>
+        <v>1777</v>
       </c>
       <c r="Q328" s="1"/>
       <c r="R328" s="1" t="s">
-        <v>1771</v>
+        <v>1778</v>
       </c>
       <c r="S328" s="1" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="T328" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U328" s="1" t="s">
-        <v>1772</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="329" spans="1:21">
       <c r="A329" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B329" s="1" t="s">
         <v>1773</v>
-      </c>
-[...1 lines deleted...]
-        <v>1774</v>
       </c>
       <c r="C329" s="1">
         <v>7500</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="E329" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E329" s="1"/>
       <c r="F329" s="1" t="s">
-        <v>1775</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G329" s="1"/>
       <c r="H329" s="1"/>
       <c r="I329" s="1"/>
       <c r="J329" s="1"/>
-      <c r="K329" s="1"/>
+      <c r="K329" s="1">
+        <v>10</v>
+      </c>
       <c r="L329" s="1"/>
       <c r="M329" s="1"/>
-      <c r="N329" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="N329" s="1"/>
+      <c r="O329" s="1"/>
+      <c r="P329" s="1"/>
       <c r="Q329" s="1"/>
       <c r="R329" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="S329" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="T329" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="U329" s="1" t="s">
         <v>1779</v>
-      </c>
-[...7 lines deleted...]
-        <v>1780</v>
       </c>
     </row>
     <row r="330" spans="1:21">
       <c r="A330" s="1" t="s">
-        <v>1773</v>
+        <v>1780</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1774</v>
+        <v>1781</v>
       </c>
       <c r="C330" s="1">
-        <v>7500</v>
+        <v>2310</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>454</v>
-[...1 lines deleted...]
-      <c r="E330" s="1"/>
+        <v>950</v>
+      </c>
+      <c r="E330" s="1" t="s">
+        <v>1782</v>
+      </c>
       <c r="F330" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G330" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="G330" s="1">
+        <v>16</v>
+      </c>
       <c r="H330" s="1"/>
       <c r="I330" s="1"/>
       <c r="J330" s="1"/>
-      <c r="K330" s="1">
-[...2 lines deleted...]
-      <c r="L330" s="1"/>
+      <c r="K330" s="1"/>
+      <c r="L330" s="1" t="s">
+        <v>1783</v>
+      </c>
       <c r="M330" s="1"/>
-      <c r="N330" s="1"/>
-[...1 lines deleted...]
-      <c r="P330" s="1"/>
+      <c r="N330" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="O330" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="P330" s="1" t="s">
+        <v>1786</v>
+      </c>
       <c r="Q330" s="1"/>
       <c r="R330" s="1" t="s">
-        <v>1779</v>
+        <v>1787</v>
       </c>
       <c r="S330" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T330" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U330" s="1" t="s">
-        <v>1780</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="331" spans="1:21">
       <c r="A331" s="1" t="s">
-        <v>1781</v>
+        <v>1789</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1782</v>
+        <v>1790</v>
       </c>
       <c r="C331" s="1">
-        <v>2310</v>
+        <v>2500</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>950</v>
+        <v>1556</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>1783</v>
+        <v>239</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>76</v>
+        <v>4</v>
       </c>
       <c r="G331" s="1">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H331" s="1"/>
-      <c r="I331" s="1"/>
-      <c r="J331" s="1"/>
+      <c r="I331" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="J331" s="1">
+        <v>10</v>
+      </c>
       <c r="K331" s="1"/>
       <c r="L331" s="1" t="s">
-        <v>1784</v>
+        <v>1791</v>
       </c>
       <c r="M331" s="1"/>
-      <c r="N331" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="N331" s="1"/>
+      <c r="O331" s="1"/>
       <c r="P331" s="1" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="Q331" s="1"/>
       <c r="R331" s="1" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
       <c r="S331" s="1" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="T331" s="1" t="s">
-        <v>33</v>
+        <v>296</v>
       </c>
       <c r="U331" s="1" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="332" spans="1:21">
       <c r="A332" s="1" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="C332" s="1">
-        <v>2500</v>
+        <v>2370</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1559</v>
+        <v>1523</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>239</v>
+        <v>1797</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G332" s="1">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="H332" s="1"/>
-      <c r="I332" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I332" s="1"/>
+      <c r="J332" s="1"/>
       <c r="K332" s="1"/>
       <c r="L332" s="1" t="s">
-        <v>1792</v>
+        <v>1798</v>
       </c>
       <c r="M332" s="1"/>
       <c r="N332" s="1"/>
-      <c r="O332" s="1"/>
+      <c r="O332" s="1" t="s">
+        <v>1798</v>
+      </c>
       <c r="P332" s="1" t="s">
-        <v>1793</v>
+        <v>1799</v>
       </c>
       <c r="Q332" s="1"/>
       <c r="R332" s="1" t="s">
-        <v>1794</v>
+        <v>1800</v>
       </c>
       <c r="S332" s="1" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="T332" s="1" t="s">
-        <v>296</v>
+        <v>122</v>
       </c>
       <c r="U332" s="1" t="s">
-        <v>1795</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="333" spans="1:21">
       <c r="A333" s="1" t="s">
-        <v>1796</v>
+        <v>1802</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1797</v>
+        <v>1803</v>
       </c>
       <c r="C333" s="1">
-        <v>2370</v>
+        <v>5000</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1526</v>
+        <v>194</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>1798</v>
+        <v>1804</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G333" s="1">
-        <v>11</v>
+      <c r="G333" s="1" t="s">
+        <v>126</v>
       </c>
       <c r="H333" s="1"/>
-      <c r="I333" s="1"/>
-      <c r="J333" s="1"/>
+      <c r="I333" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="J333" s="1">
+        <v>2</v>
+      </c>
       <c r="K333" s="1"/>
       <c r="L333" s="1" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
       <c r="M333" s="1"/>
       <c r="N333" s="1"/>
-      <c r="O333" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O333" s="1"/>
       <c r="P333" s="1" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="Q333" s="1"/>
       <c r="R333" s="1" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="S333" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T333" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U333" s="1" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="334" spans="1:21">
       <c r="A334" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B334" s="1" t="s">
         <v>1803</v>
       </c>
-      <c r="B334" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C334" s="1">
-        <v>5000</v>
+        <v>5001</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="E334" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E334" s="1"/>
+      <c r="F334" s="1"/>
+      <c r="G334" s="1"/>
       <c r="H334" s="1"/>
-      <c r="I334" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I334" s="1"/>
+      <c r="J334" s="1"/>
+      <c r="K334" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="L334" s="1"/>
       <c r="M334" s="1"/>
       <c r="N334" s="1"/>
       <c r="O334" s="1"/>
-      <c r="P334" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P334" s="1"/>
       <c r="Q334" s="1"/>
       <c r="R334" s="1" t="s">
-        <v>1808</v>
+        <v>1807</v>
       </c>
       <c r="S334" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T334" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U334" s="1" t="s">
-        <v>1809</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="335" spans="1:21">
       <c r="A335" s="1" t="s">
-        <v>1803</v>
+        <v>1810</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1804</v>
+        <v>1811</v>
       </c>
       <c r="C335" s="1">
-        <v>5001</v>
+        <v>3000</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      <c r="G335" s="1"/>
+        <v>1812</v>
+      </c>
+      <c r="E335" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="F335" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G335" s="1">
+        <v>13</v>
+      </c>
       <c r="H335" s="1"/>
       <c r="I335" s="1"/>
       <c r="J335" s="1"/>
-      <c r="K335" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L335" s="1"/>
+      <c r="K335" s="1"/>
+      <c r="L335" s="1" t="s">
+        <v>1814</v>
+      </c>
       <c r="M335" s="1"/>
       <c r="N335" s="1"/>
       <c r="O335" s="1"/>
-      <c r="P335" s="1"/>
+      <c r="P335" s="1" t="s">
+        <v>1815</v>
+      </c>
       <c r="Q335" s="1"/>
       <c r="R335" s="1" t="s">
-        <v>1808</v>
+        <v>1816</v>
       </c>
       <c r="S335" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T335" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U335" s="1" t="s">
-        <v>1809</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="336" spans="1:21">
       <c r="A336" s="1" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B336" s="1" t="s">
         <v>1811</v>
       </c>
-      <c r="B336" s="1" t="s">
+      <c r="C336" s="1">
+        <v>3001</v>
+      </c>
+      <c r="D336" s="1" t="s">
         <v>1812</v>
       </c>
-      <c r="C336" s="1">
-[...7 lines deleted...]
-      </c>
+      <c r="E336" s="1"/>
       <c r="F336" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G336" s="1"/>
       <c r="H336" s="1"/>
       <c r="I336" s="1"/>
       <c r="J336" s="1"/>
-      <c r="K336" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K336" s="1">
+        <v>170</v>
+      </c>
+      <c r="L336" s="1"/>
       <c r="M336" s="1"/>
       <c r="N336" s="1"/>
       <c r="O336" s="1"/>
-      <c r="P336" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P336" s="1"/>
       <c r="Q336" s="1"/>
       <c r="R336" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="S336" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="T336" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="U336" s="1" t="s">
         <v>1817</v>
-      </c>
-[...7 lines deleted...]
-        <v>1818</v>
       </c>
     </row>
     <row r="337" spans="1:21">
       <c r="A337" s="1" t="s">
-        <v>1811</v>
+        <v>1818</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1812</v>
+        <v>1819</v>
       </c>
       <c r="C337" s="1">
-        <v>3001</v>
+        <v>4025</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1813</v>
-[...1 lines deleted...]
-      <c r="E337" s="1"/>
+        <v>313</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>1186</v>
+      </c>
       <c r="F337" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G337" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G337" s="1">
+        <v>52</v>
+      </c>
       <c r="H337" s="1"/>
       <c r="I337" s="1"/>
       <c r="J337" s="1"/>
-      <c r="K337" s="1">
-[...2 lines deleted...]
-      <c r="L337" s="1"/>
+      <c r="K337" s="1"/>
+      <c r="L337" s="1" t="s">
+        <v>1820</v>
+      </c>
       <c r="M337" s="1"/>
-      <c r="N337" s="1"/>
+      <c r="N337" s="1" t="s">
+        <v>1821</v>
+      </c>
       <c r="O337" s="1"/>
-      <c r="P337" s="1"/>
+      <c r="P337" s="1" t="s">
+        <v>1822</v>
+      </c>
       <c r="Q337" s="1"/>
       <c r="R337" s="1" t="s">
-        <v>1817</v>
+        <v>1823</v>
       </c>
       <c r="S337" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T337" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U337" s="1" t="s">
-        <v>1818</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="338" spans="1:21">
       <c r="A338" s="1" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B338" s="1" t="s">
         <v>1819</v>
       </c>
-      <c r="B338" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C338" s="1">
-        <v>4025</v>
+        <v>4001</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="E338" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E338" s="1"/>
       <c r="F338" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G338" s="1"/>
       <c r="H338" s="1"/>
       <c r="I338" s="1"/>
       <c r="J338" s="1"/>
-      <c r="K338" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K338" s="1">
+        <v>133</v>
+      </c>
+      <c r="L338" s="1"/>
       <c r="M338" s="1"/>
-      <c r="N338" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N338" s="1"/>
       <c r="O338" s="1"/>
-      <c r="P338" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P338" s="1"/>
       <c r="Q338" s="1"/>
       <c r="R338" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="S338" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="T338" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="U338" s="1" t="s">
         <v>1824</v>
-      </c>
-[...7 lines deleted...]
-        <v>1825</v>
       </c>
     </row>
     <row r="339" spans="1:21">
       <c r="A339" s="1" t="s">
-        <v>1819</v>
+        <v>1825</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1820</v>
+        <v>1826</v>
       </c>
       <c r="C339" s="1">
-        <v>4001</v>
+        <v>7030</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="E339" s="1"/>
+        <v>1827</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>1828</v>
+      </c>
       <c r="F339" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G339" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>83</v>
+      </c>
       <c r="H339" s="1"/>
-      <c r="I339" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="I339" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="J339" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="K339" s="1"/>
       <c r="L339" s="1"/>
       <c r="M339" s="1"/>
-      <c r="N339" s="1"/>
+      <c r="N339" s="1" t="s">
+        <v>1829</v>
+      </c>
       <c r="O339" s="1"/>
-      <c r="P339" s="1"/>
+      <c r="P339" s="1" t="s">
+        <v>1830</v>
+      </c>
       <c r="Q339" s="1"/>
       <c r="R339" s="1" t="s">
-        <v>1824</v>
+        <v>1831</v>
       </c>
       <c r="S339" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T339" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U339" s="1" t="s">
-        <v>1825</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="340" spans="1:21">
       <c r="A340" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B340" s="1" t="s">
         <v>1826</v>
       </c>
-      <c r="B340" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C340" s="1">
-        <v>7030</v>
+        <v>1371</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1828</v>
-[...9 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="E340" s="1"/>
+      <c r="F340" s="1"/>
+      <c r="G340" s="1"/>
       <c r="H340" s="1"/>
-      <c r="I340" s="1" t="s">
-[...5 lines deleted...]
-      <c r="K340" s="1"/>
+      <c r="I340" s="1"/>
+      <c r="J340" s="1"/>
+      <c r="K340" s="1" t="s">
+        <v>1833</v>
+      </c>
       <c r="L340" s="1"/>
       <c r="M340" s="1"/>
-      <c r="N340" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N340" s="1"/>
       <c r="O340" s="1"/>
-      <c r="P340" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P340" s="1"/>
       <c r="Q340" s="1"/>
       <c r="R340" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="S340" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="T340" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="U340" s="1" t="s">
         <v>1832</v>
-      </c>
-[...7 lines deleted...]
-        <v>1833</v>
       </c>
     </row>
     <row r="341" spans="1:21">
       <c r="A341" s="1" t="s">
-        <v>1826</v>
+        <v>1834</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1827</v>
+        <v>1835</v>
       </c>
       <c r="C341" s="1">
-        <v>1371</v>
+        <v>3600</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      <c r="G341" s="1"/>
+        <v>1271</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>499</v>
+      </c>
       <c r="H341" s="1"/>
-      <c r="I341" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="I341" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="J341" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="K341" s="1"/>
       <c r="L341" s="1"/>
       <c r="M341" s="1"/>
-      <c r="N341" s="1"/>
+      <c r="N341" s="1" t="s">
+        <v>1839</v>
+      </c>
       <c r="O341" s="1"/>
-      <c r="P341" s="1"/>
+      <c r="P341" s="1" t="s">
+        <v>1840</v>
+      </c>
       <c r="Q341" s="1"/>
       <c r="R341" s="1" t="s">
-        <v>1832</v>
+        <v>1841</v>
       </c>
       <c r="S341" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T341" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U341" s="1" t="s">
-        <v>1833</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="342" spans="1:21">
       <c r="A342" s="1" t="s">
-        <v>1835</v>
+        <v>1843</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1836</v>
+        <v>1844</v>
       </c>
       <c r="C342" s="1">
-        <v>3600</v>
+        <v>3525</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1271</v>
+        <v>247</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>1837</v>
+        <v>1572</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>680</v>
+        <v>4</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="H342" s="1"/>
+        <v>1845</v>
+      </c>
+      <c r="H342" s="1" t="s">
+        <v>185</v>
+      </c>
       <c r="I342" s="1" t="s">
-        <v>1838</v>
-[...2 lines deleted...]
-        <v>1839</v>
+        <v>472</v>
+      </c>
+      <c r="J342" s="1">
+        <v>6</v>
       </c>
       <c r="K342" s="1"/>
-      <c r="L342" s="1"/>
+      <c r="L342" s="1" t="s">
+        <v>1846</v>
+      </c>
       <c r="M342" s="1"/>
-      <c r="N342" s="1" t="s">
-[...2 lines deleted...]
-      <c r="O342" s="1"/>
+      <c r="N342" s="1"/>
+      <c r="O342" s="1" t="s">
+        <v>1846</v>
+      </c>
       <c r="P342" s="1" t="s">
-        <v>1841</v>
+        <v>1847</v>
       </c>
       <c r="Q342" s="1"/>
       <c r="R342" s="1" t="s">
-        <v>1842</v>
+        <v>1848</v>
       </c>
       <c r="S342" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T342" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U342" s="1" t="s">
-        <v>1843</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="343" spans="1:21">
       <c r="A343" s="1" t="s">
-        <v>1844</v>
+        <v>1850</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1845</v>
+        <v>1851</v>
       </c>
       <c r="C343" s="1">
-        <v>3525</v>
+        <v>7570</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>247</v>
+        <v>703</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>1577</v>
+        <v>704</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1846</v>
-[...9 lines deleted...]
-      </c>
+        <v>1852</v>
+      </c>
+      <c r="H343" s="1"/>
+      <c r="I343" s="1"/>
+      <c r="J343" s="1"/>
       <c r="K343" s="1"/>
       <c r="L343" s="1" t="s">
-        <v>1847</v>
+        <v>1853</v>
       </c>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1" t="s">
-        <v>1847</v>
+        <v>1854</v>
       </c>
       <c r="P343" s="1" t="s">
-        <v>1848</v>
+        <v>1855</v>
       </c>
       <c r="Q343" s="1"/>
       <c r="R343" s="1" t="s">
-        <v>1849</v>
+        <v>1856</v>
       </c>
       <c r="S343" s="1" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="T343" s="1" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="U343" s="1" t="s">
-        <v>1850</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="344" spans="1:21">
       <c r="A344" s="1" t="s">
-        <v>1851</v>
+        <v>1858</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1852</v>
+        <v>1859</v>
       </c>
       <c r="C344" s="1">
-        <v>7570</v>
+        <v>1214</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>703</v>
+        <v>23</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>706</v>
+        <v>1860</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>4</v>
+        <v>75</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1853</v>
+        <v>1234</v>
       </c>
       <c r="H344" s="1"/>
-      <c r="I344" s="1"/>
-      <c r="J344" s="1"/>
+      <c r="I344" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="J344" s="1">
+        <v>1</v>
+      </c>
       <c r="K344" s="1"/>
       <c r="L344" s="1" t="s">
-        <v>1854</v>
-[...1 lines deleted...]
-      <c r="M344" s="1"/>
+        <v>1861</v>
+      </c>
+      <c r="M344" s="1" t="s">
+        <v>1862</v>
+      </c>
       <c r="N344" s="1"/>
-      <c r="O344" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O344" s="1"/>
       <c r="P344" s="1" t="s">
-        <v>1856</v>
-[...1 lines deleted...]
-      <c r="Q344" s="1"/>
+        <v>1863</v>
+      </c>
+      <c r="Q344" s="1" t="s">
+        <v>1864</v>
+      </c>
       <c r="R344" s="1" t="s">
-        <v>1857</v>
+        <v>1865</v>
       </c>
       <c r="S344" s="1" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="T344" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U344" s="1" t="s">
-        <v>1858</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="345" spans="1:21">
       <c r="A345" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B345" s="1" t="s">
         <v>1859</v>
       </c>
-      <c r="B345" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C345" s="1">
-        <v>1214</v>
+        <v>1387</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E345" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E345" s="1"/>
       <c r="F345" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G345" s="1"/>
       <c r="H345" s="1"/>
-      <c r="I345" s="1" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="I345" s="1"/>
+      <c r="J345" s="1"/>
+      <c r="K345" s="1">
+        <v>25</v>
+      </c>
+      <c r="L345" s="1"/>
+      <c r="M345" s="1"/>
       <c r="N345" s="1"/>
       <c r="O345" s="1"/>
-      <c r="P345" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q345" s="1" t="s">
+      <c r="P345" s="1"/>
+      <c r="Q345" s="1"/>
+      <c r="R345" s="1" t="s">
         <v>1865</v>
       </c>
-      <c r="R345" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S345" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T345" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U345" s="1" t="s">
-        <v>1867</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="346" spans="1:21">
       <c r="A346" s="1" t="s">
-        <v>1859</v>
+        <v>1867</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1860</v>
+        <v>1868</v>
       </c>
       <c r="C346" s="1">
-        <v>1214</v>
+        <v>8421</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>1869</v>
+      </c>
+      <c r="E346" s="1"/>
       <c r="F346" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G346" s="1"/>
       <c r="H346" s="1"/>
-      <c r="I346" s="1" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="I346" s="1"/>
+      <c r="J346" s="1"/>
+      <c r="K346" s="1">
+        <v>74</v>
+      </c>
+      <c r="L346" s="1"/>
+      <c r="M346" s="1"/>
       <c r="N346" s="1"/>
       <c r="O346" s="1"/>
-      <c r="P346" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="P346" s="1"/>
+      <c r="Q346" s="1"/>
       <c r="R346" s="1" t="s">
-        <v>1866</v>
+        <v>1870</v>
       </c>
       <c r="S346" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T346" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U346" s="1" t="s">
-        <v>1868</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="347" spans="1:21">
       <c r="A347" s="1" t="s">
-        <v>1859</v>
+        <v>1867</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1860</v>
+        <v>1868</v>
       </c>
       <c r="C347" s="1">
-        <v>1387</v>
+        <v>8420</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="E347" s="1"/>
+        <v>1869</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>1872</v>
+      </c>
       <c r="F347" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G347" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G347" s="1">
+        <v>2</v>
+      </c>
       <c r="H347" s="1"/>
       <c r="I347" s="1"/>
       <c r="J347" s="1"/>
-      <c r="K347" s="1">
-[...2 lines deleted...]
-      <c r="L347" s="1"/>
+      <c r="K347" s="1"/>
+      <c r="L347" s="1" t="s">
+        <v>1873</v>
+      </c>
       <c r="M347" s="1"/>
       <c r="N347" s="1"/>
-      <c r="O347" s="1"/>
-      <c r="P347" s="1"/>
+      <c r="O347" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="P347" s="1" t="s">
+        <v>1875</v>
+      </c>
       <c r="Q347" s="1"/>
       <c r="R347" s="1" t="s">
-        <v>1866</v>
+        <v>1870</v>
       </c>
       <c r="S347" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T347" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U347" s="1" t="s">
-        <v>1867</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="348" spans="1:21">
       <c r="A348" s="1" t="s">
-        <v>1859</v>
+        <v>1876</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1860</v>
+        <v>1877</v>
       </c>
       <c r="C348" s="1">
-        <v>1387</v>
+        <v>4700</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="E348" s="1"/>
+        <v>1878</v>
+      </c>
+      <c r="E348" s="1" t="s">
+        <v>1879</v>
+      </c>
       <c r="F348" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G348" s="1"/>
+        <v>680</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="H348" s="1"/>
       <c r="I348" s="1"/>
       <c r="J348" s="1"/>
-      <c r="K348" s="1">
-[...2 lines deleted...]
-      <c r="L348" s="1"/>
+      <c r="K348" s="1"/>
+      <c r="L348" s="1" t="s">
+        <v>1880</v>
+      </c>
       <c r="M348" s="1"/>
       <c r="N348" s="1"/>
       <c r="O348" s="1"/>
-      <c r="P348" s="1"/>
+      <c r="P348" s="1" t="s">
+        <v>1881</v>
+      </c>
       <c r="Q348" s="1"/>
       <c r="R348" s="1" t="s">
-        <v>1866</v>
+        <v>1882</v>
       </c>
       <c r="S348" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T348" s="1" t="s">
-        <v>33</v>
+        <v>216</v>
       </c>
       <c r="U348" s="1" t="s">
-        <v>1868</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="349" spans="1:21">
       <c r="A349" s="1" t="s">
-        <v>1869</v>
+        <v>1876</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1870</v>
+        <v>1877</v>
       </c>
       <c r="C349" s="1">
-        <v>8420</v>
+        <v>4001</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1871</v>
-[...3 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="E349" s="1"/>
       <c r="F349" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G349" s="1"/>
       <c r="H349" s="1"/>
       <c r="I349" s="1"/>
       <c r="J349" s="1"/>
-      <c r="K349" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K349" s="1">
+        <v>23</v>
+      </c>
+      <c r="L349" s="1"/>
       <c r="M349" s="1"/>
       <c r="N349" s="1"/>
-      <c r="O349" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O349" s="1"/>
+      <c r="P349" s="1"/>
       <c r="Q349" s="1"/>
       <c r="R349" s="1" t="s">
-        <v>1876</v>
+        <v>1882</v>
       </c>
       <c r="S349" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T349" s="1" t="s">
-        <v>33</v>
+        <v>216</v>
       </c>
       <c r="U349" s="1" t="s">
-        <v>1877</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="350" spans="1:21">
       <c r="A350" s="1" t="s">
-        <v>1869</v>
+        <v>1884</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1870</v>
+        <v>1885</v>
       </c>
       <c r="C350" s="1">
-        <v>8421</v>
+        <v>4700</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1871</v>
-[...1 lines deleted...]
-      <c r="E350" s="1"/>
+        <v>1878</v>
+      </c>
+      <c r="E350" s="1" t="s">
+        <v>1886</v>
+      </c>
       <c r="F350" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G350" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G350" s="1">
+        <v>41</v>
+      </c>
       <c r="H350" s="1"/>
       <c r="I350" s="1"/>
       <c r="J350" s="1"/>
-      <c r="K350" s="1">
-[...2 lines deleted...]
-      <c r="L350" s="1"/>
+      <c r="K350" s="1"/>
+      <c r="L350" s="1" t="s">
+        <v>1887</v>
+      </c>
       <c r="M350" s="1"/>
       <c r="N350" s="1"/>
       <c r="O350" s="1"/>
-      <c r="P350" s="1"/>
+      <c r="P350" s="1" t="s">
+        <v>1888</v>
+      </c>
       <c r="Q350" s="1"/>
       <c r="R350" s="1" t="s">
-        <v>1876</v>
+        <v>1889</v>
       </c>
       <c r="S350" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="T350" s="1" t="s">
-        <v>33</v>
+        <v>216</v>
       </c>
       <c r="U350" s="1" t="s">
-        <v>1877</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="351" spans="1:21">
       <c r="A351" s="1" t="s">
-        <v>1878</v>
+        <v>1891</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1879</v>
+        <v>1892</v>
       </c>
       <c r="C351" s="1">
-        <v>4700</v>
+        <v>2750</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1880</v>
+        <v>1893</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>1881</v>
+        <v>1894</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>75</v>
+      </c>
+      <c r="G351" s="1">
+        <v>42</v>
       </c>
       <c r="H351" s="1"/>
       <c r="I351" s="1"/>
       <c r="J351" s="1"/>
       <c r="K351" s="1"/>
-      <c r="L351" s="1" t="s">
-[...3 lines deleted...]
-      <c r="N351" s="1"/>
+      <c r="L351" s="1"/>
+      <c r="M351" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="N351" s="1" t="s">
+        <v>1895</v>
+      </c>
       <c r="O351" s="1"/>
       <c r="P351" s="1" t="s">
-        <v>1883</v>
+        <v>1896</v>
       </c>
       <c r="Q351" s="1"/>
       <c r="R351" s="1" t="s">
-        <v>1884</v>
+        <v>1897</v>
       </c>
       <c r="S351" s="1" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="T351" s="1" t="s">
-        <v>216</v>
+        <v>33</v>
       </c>
       <c r="U351" s="1" t="s">
-        <v>1885</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="352" spans="1:21">
       <c r="A352" s="1" t="s">
-        <v>1878</v>
+        <v>1899</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1879</v>
+        <v>1900</v>
       </c>
       <c r="C352" s="1">
         <v>4001</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>313</v>
       </c>
       <c r="E352" s="1"/>
-      <c r="F352" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F352" s="1"/>
       <c r="G352" s="1"/>
       <c r="H352" s="1"/>
       <c r="I352" s="1"/>
       <c r="J352" s="1"/>
-      <c r="K352" s="1">
-        <v>23</v>
+      <c r="K352" s="1" t="s">
+        <v>1901</v>
       </c>
       <c r="L352" s="1"/>
       <c r="M352" s="1"/>
       <c r="N352" s="1"/>
       <c r="O352" s="1"/>
       <c r="P352" s="1"/>
       <c r="Q352" s="1"/>
       <c r="R352" s="1" t="s">
-        <v>1884</v>
+        <v>1902</v>
       </c>
       <c r="S352" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T352" s="1" t="s">
-        <v>216</v>
+        <v>33</v>
       </c>
       <c r="U352" s="1" t="s">
-        <v>1885</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="353" spans="1:21">
       <c r="A353" s="1" t="s">
-        <v>1886</v>
+        <v>1899</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1887</v>
+        <v>1900</v>
       </c>
       <c r="C353" s="1">
-        <v>4700</v>
+        <v>2200</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1880</v>
+        <v>1904</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>1888</v>
+        <v>1905</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G353" s="1">
-        <v>41</v>
+      <c r="G353" s="1" t="s">
+        <v>911</v>
       </c>
       <c r="H353" s="1"/>
       <c r="I353" s="1"/>
       <c r="J353" s="1"/>
       <c r="K353" s="1"/>
-      <c r="L353" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L353" s="1"/>
       <c r="M353" s="1"/>
-      <c r="N353" s="1"/>
+      <c r="N353" s="1" t="s">
+        <v>1906</v>
+      </c>
       <c r="O353" s="1"/>
       <c r="P353" s="1" t="s">
-        <v>1890</v>
+        <v>1907</v>
       </c>
       <c r="Q353" s="1"/>
       <c r="R353" s="1" t="s">
-        <v>1891</v>
+        <v>1902</v>
       </c>
       <c r="S353" s="1" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="T353" s="1" t="s">
-        <v>216</v>
+        <v>33</v>
       </c>
       <c r="U353" s="1" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="354" spans="1:21">
       <c r="A354" s="1" t="s">
-        <v>1893</v>
+        <v>1908</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1894</v>
+        <v>1909</v>
       </c>
       <c r="C354" s="1">
-        <v>2750</v>
+        <v>8960</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1895</v>
+        <v>1910</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>1896</v>
+        <v>1911</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>4</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>1912</v>
       </c>
       <c r="H354" s="1"/>
-      <c r="I354" s="1"/>
-      <c r="J354" s="1"/>
+      <c r="I354" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="J354" s="1">
+        <v>4</v>
+      </c>
       <c r="K354" s="1"/>
-      <c r="L354" s="1"/>
-[...5 lines deleted...]
-      </c>
+      <c r="L354" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="M354" s="1"/>
+      <c r="N354" s="1"/>
       <c r="O354" s="1"/>
       <c r="P354" s="1" t="s">
-        <v>1898</v>
+        <v>1914</v>
       </c>
       <c r="Q354" s="1"/>
       <c r="R354" s="1" t="s">
-        <v>1899</v>
+        <v>1915</v>
       </c>
       <c r="S354" s="1" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="T354" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U354" s="1" t="s">
-        <v>1900</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="355" spans="1:21">
       <c r="A355" s="1" t="s">
-        <v>1901</v>
+        <v>1917</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1902</v>
+        <v>1918</v>
       </c>
       <c r="C355" s="1">
-        <v>4001</v>
+        <v>4900</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      <c r="G355" s="1"/>
+        <v>1919</v>
+      </c>
+      <c r="E355" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="F355" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="G355" s="1">
+        <v>38</v>
+      </c>
       <c r="H355" s="1"/>
       <c r="I355" s="1"/>
       <c r="J355" s="1"/>
-      <c r="K355" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K355" s="1"/>
       <c r="L355" s="1"/>
       <c r="M355" s="1"/>
       <c r="N355" s="1"/>
       <c r="O355" s="1"/>
       <c r="P355" s="1"/>
       <c r="Q355" s="1"/>
       <c r="R355" s="1" t="s">
-        <v>1904</v>
+        <v>1920</v>
       </c>
       <c r="S355" s="1" t="s">
-        <v>35</v>
+        <v>1047</v>
       </c>
       <c r="T355" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U355" s="1" t="s">
-        <v>1905</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="356" spans="1:21">
       <c r="A356" s="1" t="s">
-        <v>1901</v>
+        <v>1917</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1902</v>
+        <v>1918</v>
       </c>
       <c r="C356" s="1">
-        <v>2200</v>
+        <v>4701</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1906</v>
-[...3 lines deleted...]
-      </c>
+        <v>1878</v>
+      </c>
+      <c r="E356" s="1"/>
       <c r="F356" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G356" s="1"/>
       <c r="H356" s="1"/>
       <c r="I356" s="1"/>
       <c r="J356" s="1"/>
-      <c r="K356" s="1"/>
+      <c r="K356" s="1">
+        <v>75</v>
+      </c>
       <c r="L356" s="1"/>
       <c r="M356" s="1"/>
-      <c r="N356" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N356" s="1"/>
       <c r="O356" s="1"/>
-      <c r="P356" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P356" s="1"/>
       <c r="Q356" s="1"/>
       <c r="R356" s="1" t="s">
-        <v>1904</v>
+        <v>1920</v>
       </c>
       <c r="S356" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T356" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U356" s="1" t="s">
-        <v>1905</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="357" spans="1:21">
       <c r="A357" s="1" t="s">
-        <v>1910</v>
+        <v>1917</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1911</v>
+        <v>1918</v>
       </c>
       <c r="C357" s="1">
-        <v>8960</v>
+        <v>4900</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1912</v>
+        <v>1919</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>1913</v>
+        <v>1886</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>4</v>
+        <v>680</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1914</v>
+        <v>1922</v>
       </c>
       <c r="H357" s="1"/>
       <c r="I357" s="1" t="s">
-        <v>268</v>
+        <v>186</v>
       </c>
       <c r="J357" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K357" s="1"/>
-      <c r="L357" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L357" s="1"/>
       <c r="M357" s="1"/>
-      <c r="N357" s="1"/>
+      <c r="N357" s="1" t="s">
+        <v>1923</v>
+      </c>
       <c r="O357" s="1"/>
       <c r="P357" s="1" t="s">
-        <v>1916</v>
+        <v>1924</v>
       </c>
       <c r="Q357" s="1"/>
       <c r="R357" s="1" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="S357" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T357" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="U357" s="1" t="s">
-        <v>1918</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="358" spans="1:21">
       <c r="A358" s="1" t="s">
-        <v>1919</v>
+        <v>1925</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1920</v>
+        <v>1926</v>
       </c>
       <c r="C358" s="1">
-        <v>4900</v>
+        <v>6090</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1921</v>
+        <v>1927</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>1888</v>
+        <v>727</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1367</v>
       </c>
       <c r="H358" s="1"/>
       <c r="I358" s="1"/>
       <c r="J358" s="1"/>
       <c r="K358" s="1"/>
-      <c r="L358" s="1"/>
+      <c r="L358" s="1" t="s">
+        <v>1928</v>
+      </c>
       <c r="M358" s="1"/>
       <c r="N358" s="1"/>
-      <c r="O358" s="1"/>
-      <c r="P358" s="1"/>
+      <c r="O358" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="P358" s="1" t="s">
+        <v>1929</v>
+      </c>
       <c r="Q358" s="1"/>
       <c r="R358" s="1" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="S358" s="1" t="s">
-        <v>1047</v>
+        <v>48</v>
       </c>
       <c r="T358" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="U358" s="1" t="s">
-        <v>1923</v>
-[...124 lines deleted...]
-      <c r="L361" s="1" t="s">
         <v>1931</v>
-      </c>
-[...19 lines deleted...]
-        <v>1934</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:U1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>