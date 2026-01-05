--- v3 (2025-12-13)
+++ v4 (2026-01-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="cimek" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'cimek'!$A$1:$U$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1932">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1931">
   <si>
     <t>jelveny</t>
   </si>
   <si>
     <t>nev</t>
   </si>
   <si>
     <t>irsz</t>
   </si>
   <si>
     <t>helyseg</t>
   </si>
   <si>
     <t>utca</t>
   </si>
   <si>
     <t>kozterulettipus</t>
   </si>
   <si>
     <t>hsz</t>
   </si>
   <si>
     <t>epulet</t>
   </si>
   <si>
@@ -226,77 +226,77 @@
   <si>
     <t>+36-27-540-028</t>
   </si>
   <si>
     <t>+36-27-540-029</t>
   </si>
   <si>
     <t>vh.0009@mbvk.hu</t>
   </si>
   <si>
     <t>http://drzoltanhunor.hu/</t>
   </si>
   <si>
     <t>VH0009;343904716</t>
   </si>
   <si>
     <t>10102244-59718200-02000000</t>
   </si>
   <si>
     <t>0012</t>
   </si>
   <si>
     <t>Szabó Gábor Péter  dr.</t>
   </si>
   <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>ut</t>
+  </si>
+  <si>
+    <t>2. em.</t>
+  </si>
+  <si>
+    <t>+36-1-555-6028</t>
+  </si>
+  <si>
+    <t>vh.0012@mbvk.hu</t>
+  </si>
+  <si>
+    <t>ZAVHI; 458067128</t>
+  </si>
+  <si>
+    <t>K&amp;H Bank Zrt.</t>
+  </si>
+  <si>
+    <t>10402427-50526865-66561016</t>
+  </si>
+  <si>
     <t>Pf.: 75.</t>
   </si>
   <si>
-    <t>ZAVHI; 458067128</t>
-[...22 lines deleted...]
-  <si>
     <t>0014</t>
   </si>
   <si>
     <t>Hausz Dezső  dr.</t>
   </si>
   <si>
     <t>Falk Miksa</t>
   </si>
   <si>
     <t xml:space="preserve">30. </t>
   </si>
   <si>
     <t xml:space="preserve">2. </t>
   </si>
   <si>
     <t>+36-1-228-9150</t>
   </si>
   <si>
     <t>vh.0014@mbvk.hu</t>
   </si>
   <si>
     <t>WWW.drhauszvhi.hu</t>
   </si>
   <si>
     <t>HAUSZVHI; 357528733</t>
@@ -415,77 +415,77 @@
   <si>
     <t xml:space="preserve">Széchenyi </t>
   </si>
   <si>
     <t xml:space="preserve">5. </t>
   </si>
   <si>
     <t xml:space="preserve">1. em. </t>
   </si>
   <si>
     <t>+36-30-760-4379</t>
   </si>
   <si>
     <t>vh.0021@mbvk.hu</t>
   </si>
   <si>
     <t>0023</t>
   </si>
   <si>
     <t>Bihari Zsófia Nóra állandó helyettes (vht. 245.§) dr. Schadl-Baranyai Helga helyett  dr.</t>
   </si>
   <si>
     <t>Gödöllő</t>
   </si>
   <si>
+    <t xml:space="preserve">Szilhát </t>
+  </si>
+  <si>
+    <t>+36-28-430-718</t>
+  </si>
+  <si>
+    <t>+36-70-213-2520</t>
+  </si>
+  <si>
+    <t>+36-28-422-268</t>
+  </si>
+  <si>
+    <t>vh.0023@mbvk.hu</t>
+  </si>
+  <si>
+    <t>SCHADLHELG; 144622994</t>
+  </si>
+  <si>
+    <t>MBH Bank Nyrt</t>
+  </si>
+  <si>
+    <t>10103836-56466900-02000004</t>
+  </si>
+  <si>
     <t>Pf.: 248.</t>
   </si>
   <si>
-    <t>SCHADLHELG; 144622994</t>
-[...22 lines deleted...]
-  <si>
     <t>0024</t>
   </si>
   <si>
     <t>Ibolya Judit  dr.</t>
   </si>
   <si>
     <t>Budapest - Újpest 1. Posta</t>
   </si>
   <si>
     <t xml:space="preserve">4. </t>
   </si>
   <si>
     <t>DRIJVHI;160666137</t>
   </si>
   <si>
     <t>10300002-13333828-00024900</t>
   </si>
   <si>
     <t>József Attila</t>
   </si>
   <si>
     <t xml:space="preserve">4-6. </t>
   </si>
   <si>
     <t xml:space="preserve">fszt. </t>
@@ -844,65 +844,65 @@
   <si>
     <t>fsz.</t>
   </si>
   <si>
     <t>+36-73-310-143</t>
   </si>
   <si>
     <t>vh.0051@mbvk.hu</t>
   </si>
   <si>
     <t xml:space="preserve">VH0051MBVK;460728123 </t>
   </si>
   <si>
     <t>50431001-10007194-00000000</t>
   </si>
   <si>
     <t>0055</t>
   </si>
   <si>
     <t>Belovai Viktor  dr.</t>
   </si>
   <si>
     <t>Tata</t>
   </si>
   <si>
+    <t>Tavasz</t>
+  </si>
+  <si>
+    <t>+36-34-480-564</t>
+  </si>
+  <si>
+    <t>vh.0055@mbvk.hu</t>
+  </si>
+  <si>
     <t>BVVHI;449611987</t>
   </si>
   <si>
     <t>11600006-00000002-00994460</t>
   </si>
   <si>
-    <t>Tavasz</t>
-[...7 lines deleted...]
-  <si>
     <t>0056</t>
   </si>
   <si>
     <t>Egyed András   dr.</t>
   </si>
   <si>
     <t>Székesfehérvár</t>
   </si>
   <si>
     <t xml:space="preserve">Zichy </t>
   </si>
   <si>
     <t>liget</t>
   </si>
   <si>
     <t>1. em.</t>
   </si>
   <si>
     <t>+36-22-379-522</t>
   </si>
   <si>
     <t>vh.0056@mbvk.hu</t>
   </si>
   <si>
     <t>VH0056; 245653169</t>
@@ -1585,74 +1585,74 @@
   <si>
     <t xml:space="preserve">Rákóczi </t>
   </si>
   <si>
     <t>+36-45-470-139</t>
   </si>
   <si>
     <t>+36-20-520-7646</t>
   </si>
   <si>
     <t>vh.0110@mbvk.hu</t>
   </si>
   <si>
     <t>JJVHI;147683765</t>
   </si>
   <si>
     <t>10404481-50494952-50561027</t>
   </si>
   <si>
     <t>0111</t>
   </si>
   <si>
     <t>Protzner András  dr.</t>
   </si>
   <si>
+    <t>protznervh; 552594760</t>
+  </si>
+  <si>
+    <t>10104820-12626700-02005005</t>
+  </si>
+  <si>
     <t>Bajcsy-Zsilinszky Endre</t>
   </si>
   <si>
     <t xml:space="preserve">8. </t>
   </si>
   <si>
     <t xml:space="preserve">II. </t>
   </si>
   <si>
     <t>+36-21-314-1604</t>
   </si>
   <si>
     <t>+36-21-314-1605</t>
   </si>
   <si>
     <t>vh.0111@mbvk.hu</t>
   </si>
   <si>
-    <t>protznervh; 552594760</t>
-[...4 lines deleted...]
-  <si>
     <t>0112</t>
   </si>
   <si>
     <t>Eczeti Mihály  dr.</t>
   </si>
   <si>
     <t>Szarvas</t>
   </si>
   <si>
     <t>Pf.: 87.</t>
   </si>
   <si>
     <t>SZARVASIVH; 567616796</t>
   </si>
   <si>
     <t>11733058-21446878-00000000</t>
   </si>
   <si>
     <t>Jókai Mór</t>
   </si>
   <si>
     <t>48/1.</t>
   </si>
   <si>
     <t>+36-66-313-411</t>
@@ -1870,167 +1870,167 @@
   <si>
     <t>VH0131MBVK;467635318</t>
   </si>
   <si>
     <t>10404508-45057159-40040000</t>
   </si>
   <si>
     <t>0132</t>
   </si>
   <si>
     <t>Kozma Márió  dr.</t>
   </si>
   <si>
     <t>Szabolcs</t>
   </si>
   <si>
     <t>+36-30-812-6607</t>
   </si>
   <si>
     <t>vh.0132@mbvk.hu</t>
   </si>
   <si>
     <t>VH0132MBVK; 376544336</t>
   </si>
   <si>
-    <t>11738015-21482722-00000000</t>
+    <t>68800109-11134789-00000000</t>
   </si>
   <si>
     <t>0137</t>
   </si>
   <si>
     <t xml:space="preserve">Kuruczné dr. Szalontai Beáta </t>
   </si>
   <si>
     <t>Pf.: 131.</t>
   </si>
   <si>
     <t>FULOPNVHI;143668789</t>
   </si>
   <si>
     <t>10103726-02970800-02003005</t>
   </si>
   <si>
     <t>Alkotmány</t>
   </si>
   <si>
     <t xml:space="preserve"> fsz.</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.</t>
   </si>
   <si>
     <t>+36-32-422-439</t>
   </si>
   <si>
     <t>vh.0137@mbvk.hu</t>
   </si>
   <si>
     <t>0138</t>
   </si>
   <si>
     <t>Laurik László Miklós   dr.</t>
   </si>
   <si>
+    <t>Pf.: 261.</t>
+  </si>
+  <si>
+    <t>ANTLASZVH;542602978</t>
+  </si>
+  <si>
+    <t>11738008-20830270-00000000</t>
+  </si>
+  <si>
     <t xml:space="preserve">Miklós </t>
   </si>
   <si>
     <t>+36-52-200-606</t>
   </si>
   <si>
     <t>vh.0138@mbvk.hu</t>
   </si>
   <si>
-    <t>ANTLASZVH;542602978</t>
-[...7 lines deleted...]
-  <si>
     <t>0139</t>
   </si>
   <si>
     <t>Samodai András  dr.</t>
   </si>
   <si>
     <t>Bicske</t>
   </si>
   <si>
     <t xml:space="preserve">Akácfa </t>
   </si>
   <si>
     <t>11-15.</t>
   </si>
   <si>
     <t xml:space="preserve"> A.ép.</t>
   </si>
   <si>
     <t xml:space="preserve"> pinceszint</t>
   </si>
   <si>
     <t>+36-22-330-344</t>
   </si>
   <si>
     <t>vh.0139@mbvk.hu</t>
   </si>
   <si>
     <t>FTVHI;245653791</t>
   </si>
   <si>
     <t>11736006-20306652-00000000</t>
   </si>
   <si>
     <t>0141</t>
   </si>
   <si>
     <t>Ordas Viktória  dr.</t>
   </si>
   <si>
     <t>Tamási</t>
   </si>
   <si>
+    <t>Pf.: 65.</t>
+  </si>
+  <si>
+    <t>ORDASVH;247848115</t>
+  </si>
+  <si>
+    <t>11746029-26694667-00000000</t>
+  </si>
+  <si>
     <t>Garay János</t>
   </si>
   <si>
     <t>+36-74-472-002</t>
   </si>
   <si>
     <t>vh.0141@mbvk.hu</t>
   </si>
   <si>
-    <t>ORDASVH;247848115</t>
-[...7 lines deleted...]
-  <si>
     <t>0143</t>
   </si>
   <si>
     <t>Kovássy Szabolcs  dr.</t>
   </si>
   <si>
     <t>Komárom</t>
   </si>
   <si>
     <t>Kelemen László</t>
   </si>
   <si>
     <t>+36-34-343-722</t>
   </si>
   <si>
     <t>+36-34-542-880</t>
   </si>
   <si>
     <t>kovassys@t-online.hu, vh.0143@mbvk.hu</t>
   </si>
   <si>
     <t>KOVASSYVH;344915357</t>
   </si>
   <si>
     <t>63200030-11066626-00000000</t>
@@ -2044,71 +2044,71 @@
   <si>
     <t>Pf.: 564.</t>
   </si>
   <si>
     <t>VH0148MBVK; 561815927</t>
   </si>
   <si>
     <t>11738015-21476260-00000000</t>
   </si>
   <si>
     <t>Béke</t>
   </si>
   <si>
     <t>+36-30-597-3537</t>
   </si>
   <si>
     <t>vh.0148@mbvk.hu</t>
   </si>
   <si>
     <t>0150</t>
   </si>
   <si>
     <t>Zelena Gergely  dr.</t>
   </si>
   <si>
+    <t>Erzsébet</t>
+  </si>
+  <si>
+    <t>ter</t>
+  </si>
+  <si>
+    <t>+36-70-384-5269</t>
+  </si>
+  <si>
+    <t>vh.0150@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0150MBVK;556527300</t>
+  </si>
+  <si>
+    <t>54300118-10000283-00000000</t>
+  </si>
+  <si>
     <t>Pf.: 650.</t>
   </si>
   <si>
-    <t>VH0150MBVK;556527300</t>
-[...16 lines deleted...]
-  <si>
     <t>0151</t>
   </si>
   <si>
     <t>Dudás Ferenc  dr.</t>
   </si>
   <si>
     <t>Szerencs</t>
   </si>
   <si>
     <t>Csalogány</t>
   </si>
   <si>
     <t>+36-47-363-991</t>
   </si>
   <si>
     <t>dudas.vegrehajto@gmail.com, vh.0151@mbvk.hu</t>
   </si>
   <si>
     <t>DUDASVH151;147731397</t>
   </si>
   <si>
     <t>11734145-20009719-00000000</t>
   </si>
   <si>
     <t>0152</t>
@@ -2197,71 +2197,71 @@
   <si>
     <t xml:space="preserve">Koller </t>
   </si>
   <si>
     <t>+36-72-233-160</t>
   </si>
   <si>
     <t>+36-30-097-8373</t>
   </si>
   <si>
     <t>vh.0158@mbvk.hu</t>
   </si>
   <si>
     <t>0158VH; 760805164</t>
   </si>
   <si>
     <t>11731001-23149247-00000000</t>
   </si>
   <si>
     <t>0162</t>
   </si>
   <si>
     <t>Pörnecz-Szalai Szilvia  dr.</t>
   </si>
   <si>
+    <t>VH0162MBVK; 351598110</t>
+  </si>
+  <si>
+    <t>10101315-13446800-02005005</t>
+  </si>
+  <si>
     <t>Rákóczi Ferenc</t>
   </si>
   <si>
     <t>+36-21-314-1602</t>
   </si>
   <si>
     <t>+36-21-314-1603</t>
   </si>
   <si>
     <t>vh.0162@mbvk.hu</t>
   </si>
   <si>
     <t>https://www.porneczvhiroda.hu/</t>
   </si>
   <si>
-    <t>VH0162MBVK; 351598110</t>
-[...4 lines deleted...]
-  <si>
     <t>0167</t>
   </si>
   <si>
     <t xml:space="preserve">Vajdáné dr. Pintér Ágnes </t>
   </si>
   <si>
     <t>Kiskunfélegyháza</t>
   </si>
   <si>
     <t>Petőfi</t>
   </si>
   <si>
     <t>+36-76-560-244</t>
   </si>
   <si>
     <t>vh.0167@mbvk.hu</t>
   </si>
   <si>
     <t>vh0167mbvk; 462647335</t>
   </si>
   <si>
     <t>10410400-00000190-09297782</t>
   </si>
   <si>
     <t>0168</t>
@@ -2320,74 +2320,74 @@
   <si>
     <t>Kolozsvári Márk  dr.</t>
   </si>
   <si>
     <t>VH0170MBVK;161656315</t>
   </si>
   <si>
     <t>11738008-21491029-00000000</t>
   </si>
   <si>
     <t>Kürtös</t>
   </si>
   <si>
     <t>+36-52-756-770</t>
   </si>
   <si>
     <t>vh.0170@mbvk.hu</t>
   </si>
   <si>
     <t>0173</t>
   </si>
   <si>
     <t>Dalmi Linda állandó helyettes (Vht. 245. §) dr. Várady Zsolt helyett  dr.</t>
   </si>
   <si>
+    <t>Gyula</t>
+  </si>
+  <si>
+    <t>Tiborc</t>
+  </si>
+  <si>
+    <t>14/b.</t>
+  </si>
+  <si>
+    <t>+36-30-012-0033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">vh.0173@mbvk.hu; </t>
+  </si>
+  <si>
+    <t>VHGYULAOBV;578511344</t>
+  </si>
+  <si>
+    <t>10300002-15746668-00024908</t>
+  </si>
+  <si>
     <t>Pf.: 222.</t>
   </si>
   <si>
-    <t>VHGYULAOBV;578511344</t>
-[...19 lines deleted...]
-  <si>
     <t>0174</t>
   </si>
   <si>
     <t>Bánk Tibor  dr.</t>
   </si>
   <si>
     <t>Tiszaújváros</t>
   </si>
   <si>
     <t xml:space="preserve">Örösi </t>
   </si>
   <si>
     <t>+36-49-343-077</t>
   </si>
   <si>
     <t>+36-70-858-1851</t>
   </si>
   <si>
     <t>vh.0174@mbvk.hu</t>
   </si>
   <si>
     <t>VH0174MBVK;566555717</t>
   </si>
   <si>
     <t>11734004-25988093-00000000</t>
@@ -2740,68 +2740,68 @@
   <si>
     <t>DRMJVHIHK;646538753</t>
   </si>
   <si>
     <t>10400126-01210044-47360000</t>
   </si>
   <si>
     <t xml:space="preserve">Pilisi </t>
   </si>
   <si>
     <t>+36-1-260-3127</t>
   </si>
   <si>
     <t>vhiroda@drmakovics.axelero.net, vh.0204@mbvk.hu</t>
   </si>
   <si>
     <t>0205</t>
   </si>
   <si>
     <t>Kozma László  dr.</t>
   </si>
   <si>
     <t>Gyöngyös</t>
   </si>
   <si>
+    <t>Kemény János</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3. </t>
+  </si>
+  <si>
+    <t>+36-37-316-095</t>
+  </si>
+  <si>
+    <t>vh.0205@mbvk.hu</t>
+  </si>
+  <si>
     <t>KOZMA0205;29167904</t>
   </si>
   <si>
     <t>11739030-20027313-00000000</t>
   </si>
   <si>
-    <t>Kemény János</t>
-[...10 lines deleted...]
-  <si>
     <t>0206</t>
   </si>
   <si>
     <t>Vasi Gizella Szilvia  dr.</t>
   </si>
   <si>
     <t>DRVGSZVHI; 452574114</t>
   </si>
   <si>
     <t>11611006-01128701-11000000</t>
   </si>
   <si>
     <t>Fsz.</t>
   </si>
   <si>
     <t>+36-34-483-405</t>
   </si>
   <si>
     <t>vh.0206@mbvk.hu, drvasi@drvasi.hu</t>
   </si>
   <si>
     <t>0207</t>
   </si>
   <si>
     <t>Sebestyén László    dr.</t>
@@ -2869,74 +2869,74 @@
   <si>
     <t>+36-37-799-009</t>
   </si>
   <si>
     <t>vh.0215@mbvk.hu</t>
   </si>
   <si>
     <t>https://drpauersaramarta.vegrehajto-iroda.hu/</t>
   </si>
   <si>
     <t>VH0215mbvk;154526737</t>
   </si>
   <si>
     <t>11739030-20051314-00000000</t>
   </si>
   <si>
     <t>0217</t>
   </si>
   <si>
     <t>Földi Márton Levente   dr.</t>
   </si>
   <si>
     <t>Szigetszentmiklós</t>
   </si>
   <si>
+    <t xml:space="preserve">Viola </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10. </t>
+  </si>
+  <si>
+    <t>+36-24-423-860</t>
+  </si>
+  <si>
+    <t>+36-24-407-687</t>
+  </si>
+  <si>
+    <t>vh.0217@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0217MBVK; 675199923</t>
+  </si>
+  <si>
+    <t>10103867-54135042-01000005</t>
+  </si>
+  <si>
     <t>Pf.: 230.</t>
   </si>
   <si>
-    <t>VH0217MBVK; 675199923</t>
-[...19 lines deleted...]
-  <si>
     <t>0218</t>
   </si>
   <si>
     <t>Fülöp Szabolcs  dr.</t>
   </si>
   <si>
     <t>Lumniczer Sándor</t>
   </si>
   <si>
     <t>4/</t>
   </si>
   <si>
     <t>A.</t>
   </si>
   <si>
     <t>+36-28-415-210</t>
   </si>
   <si>
     <t>vh.0218@mbvk.hu, vht0218@gmail.com</t>
   </si>
   <si>
     <t>VH0218;340643979</t>
   </si>
   <si>
     <t>10103836-52729739-01000003</t>
@@ -2947,104 +2947,104 @@
   <si>
     <t>Hideghy-Molnár Dániel Attila  dr.</t>
   </si>
   <si>
     <t>Heves</t>
   </si>
   <si>
     <t>+36-30-998-0498, +36-30-283-4878</t>
   </si>
   <si>
     <t>vh.0219@mbvk.hu</t>
   </si>
   <si>
     <t>VH0219;161551184</t>
   </si>
   <si>
     <t>11739047-20018009-00000000</t>
   </si>
   <si>
     <t>0221</t>
   </si>
   <si>
     <t>Sebestyén Barbara   dr.</t>
   </si>
   <si>
+    <t>Pf.: 558.</t>
+  </si>
+  <si>
+    <t>VH221MBVK; 778189350</t>
+  </si>
+  <si>
+    <t>10101559-13631200-02005007</t>
+  </si>
+  <si>
     <t xml:space="preserve">Fehérvári </t>
   </si>
   <si>
     <t xml:space="preserve">88. </t>
   </si>
   <si>
     <t>AD. ép. D. lépcsőház</t>
   </si>
   <si>
     <t>5. em. 1. (bejárat</t>
   </si>
   <si>
     <t>a Hengermalom út 2D. épület felől)</t>
   </si>
   <si>
     <t>+361-555-6030</t>
   </si>
   <si>
     <t>vh.0221@mbvk.hu</t>
   </si>
   <si>
-    <t>VH221MBVK; 778189350</t>
-[...7 lines deleted...]
-  <si>
     <t>0222</t>
   </si>
   <si>
     <t>Kósa Zoárd  dr.</t>
   </si>
   <si>
     <t>Balassagyarmat</t>
   </si>
   <si>
+    <t>VH0222;663656324</t>
+  </si>
+  <si>
+    <t>10103719-06335500-01000009</t>
+  </si>
+  <si>
     <t>Óváros</t>
   </si>
   <si>
     <t>+36-35-313-842</t>
   </si>
   <si>
     <t>vh.0222@mbvk.hu</t>
   </si>
   <si>
-    <t>VH0222;663656324</t>
-[...4 lines deleted...]
-  <si>
     <t>0223</t>
   </si>
   <si>
     <t>Vas György  dr.</t>
   </si>
   <si>
     <t>Csata</t>
   </si>
   <si>
     <t>+36-20-747-1555</t>
   </si>
   <si>
     <t>vh.0223@mbvk.hu</t>
   </si>
   <si>
     <t>0223VH;462717775</t>
   </si>
   <si>
     <t>10100840-57507800-02000008</t>
   </si>
   <si>
     <t>0228</t>
   </si>
   <si>
     <t>Vizler Dénes Szabolcs  dr.</t>
@@ -3373,92 +3373,92 @@
   <si>
     <t>Szegedi</t>
   </si>
   <si>
     <t>37-39.</t>
   </si>
   <si>
     <t>+36-1-555-6022</t>
   </si>
   <si>
     <t>+36-1-555-6023</t>
   </si>
   <si>
     <t>vh.0249@mbvk.hu</t>
   </si>
   <si>
     <t>0250</t>
   </si>
   <si>
     <t>Komlósi Gábor Miklós  dr.</t>
   </si>
   <si>
     <t>Kalocsa</t>
   </si>
   <si>
+    <t>VH0250;252284754</t>
+  </si>
+  <si>
+    <t>11746005-25756227-00000000</t>
+  </si>
+  <si>
     <t>Tomori Pál</t>
   </si>
   <si>
     <t>+36-78-462-722</t>
   </si>
   <si>
     <t>komlosig@freemail.hu, vh.0250@mbvk.hu</t>
   </si>
   <si>
-    <t>VH0250;252284754</t>
-[...4 lines deleted...]
-  <si>
     <t>0257</t>
   </si>
   <si>
     <t>Martinák Katalin  dr.</t>
   </si>
   <si>
     <t>Baja</t>
   </si>
   <si>
+    <t>Hattyú</t>
+  </si>
+  <si>
+    <t>+36-79-427-005</t>
+  </si>
+  <si>
+    <t>vh.0257@mbvk.hu</t>
+  </si>
+  <si>
+    <t>VH0257MBVK;169605196</t>
+  </si>
+  <si>
+    <t>10402513-49535751-55531013</t>
+  </si>
+  <si>
     <t xml:space="preserve">56. </t>
   </si>
   <si>
-    <t>VH0257MBVK;169605196</t>
-[...13 lines deleted...]
-  <si>
     <t>0259</t>
   </si>
   <si>
     <t>Mohai László  dr.</t>
   </si>
   <si>
     <t>Bólyai János</t>
   </si>
   <si>
     <t xml:space="preserve">14-16. </t>
   </si>
   <si>
     <t>+36-62-421-391</t>
   </si>
   <si>
     <t>vh.0259@mbvk.hu; iroda@mohaivh.hu</t>
   </si>
   <si>
     <t>VH0259MBVK; 567844398</t>
   </si>
   <si>
     <t>57600084-11076364-00000000</t>
   </si>
   <si>
     <t>0262</t>
@@ -3574,68 +3574,68 @@
   <si>
     <t>Mártírok</t>
   </si>
   <si>
     <t>+36-49-313-470</t>
   </si>
   <si>
     <t>+36-20-323-1997</t>
   </si>
   <si>
     <t>vh.0268@mbvk.hu</t>
   </si>
   <si>
     <t>DRMEZEIVH;255535108</t>
   </si>
   <si>
     <t>11734107-20114662-00000000</t>
   </si>
   <si>
     <t>0273</t>
   </si>
   <si>
     <t>Gál Tamás  dr.</t>
   </si>
   <si>
+    <t>GALVHIRODA;540706337</t>
+  </si>
+  <si>
+    <t>10104985-65707063-01000009</t>
+  </si>
+  <si>
     <t>Arany János</t>
   </si>
   <si>
     <t>+36-93-310-994</t>
   </si>
   <si>
     <t>+36-70-423-5000</t>
   </si>
   <si>
     <t>vh.0273@mbvk.hu</t>
   </si>
   <si>
-    <t>GALVHIRODA;540706337</t>
-[...4 lines deleted...]
-  <si>
     <t>0277</t>
   </si>
   <si>
     <t>Farkas József  dr.</t>
   </si>
   <si>
     <t>Római</t>
   </si>
   <si>
     <t>+36-74-512-417</t>
   </si>
   <si>
     <t>+36-74-410-228, +36-74-511-466</t>
   </si>
   <si>
     <t>+36-74-512-418</t>
   </si>
   <si>
     <t>farkastsa@tolna.net, vh.0277@mbvk.hu</t>
   </si>
   <si>
     <t>VH0277;750179940</t>
   </si>
   <si>
     <t>11746005-20123347-00000000</t>
@@ -3694,51 +3694,54 @@
   <si>
     <t>0281</t>
   </si>
   <si>
     <t>Schmalz Péter József  dr.</t>
   </si>
   <si>
     <t>+36-46-482-489</t>
   </si>
   <si>
     <t>vh.0281@mbvk.hu</t>
   </si>
   <si>
     <t>VH0281mbvk;354545988</t>
   </si>
   <si>
     <t>54300091-10003190-00000000</t>
   </si>
   <si>
     <t>0282</t>
   </si>
   <si>
     <t>Deme Mária   dr.</t>
   </si>
   <si>
-    <t xml:space="preserve">Érd </t>
+    <t>Érd</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Szabadság </t>
   </si>
   <si>
     <t>+36-23-747-333</t>
   </si>
   <si>
     <t>vh.0282@mbvk.hu</t>
   </si>
   <si>
     <t>PATONAVH; 740629772</t>
   </si>
   <si>
     <t>10103173-40142023-01000003</t>
   </si>
   <si>
     <t>0285</t>
   </si>
   <si>
     <t>Berki András  dr.</t>
   </si>
   <si>
     <t>II. Rákóczi Ferenc</t>
   </si>
   <si>
     <t xml:space="preserve">277. </t>
   </si>
@@ -3802,62 +3805,62 @@
   <si>
     <t>0289</t>
   </si>
   <si>
     <t>László Zsolt  dr.</t>
   </si>
   <si>
     <t>+36-82-566-034</t>
   </si>
   <si>
     <t>vh.0289@mbvk.hu</t>
   </si>
   <si>
     <t>DRLZSVHI;353095129</t>
   </si>
   <si>
     <t>10103214-24999000-02004007</t>
   </si>
   <si>
     <t>0290</t>
   </si>
   <si>
     <t>Udvary Sándor Tibor Dr.</t>
   </si>
   <si>
+    <t>+36-96-283-917</t>
+  </si>
+  <si>
+    <t>vh.0290@mbvk.hu</t>
+  </si>
+  <si>
     <t>UDVARYVI;747623375</t>
   </si>
   <si>
     <t>11737007-23755907-00000000</t>
   </si>
   <si>
-    <t>+36-96-283-917</t>
-[...4 lines deleted...]
-  <si>
     <t>0291</t>
   </si>
   <si>
     <t>Kádár Petra Pálma állandó helyettes (Vht. 245.§) dr. Varga Kata helyett  dr.</t>
   </si>
   <si>
     <t>Pf. 611.</t>
   </si>
   <si>
     <t>VH0291; 458610743</t>
   </si>
   <si>
     <t>11734121-20037422-00000000</t>
   </si>
   <si>
     <t>Ózd</t>
   </si>
   <si>
     <t xml:space="preserve">Október 23. </t>
   </si>
   <si>
     <t>217-220.</t>
   </si>
   <si>
     <t>+36-30-230-3685</t>
@@ -3928,53 +3931,50 @@
   <si>
     <t>+36-30-134-9587</t>
   </si>
   <si>
     <t>vh.0296@mbvk.hu</t>
   </si>
   <si>
     <t xml:space="preserve">MBH. Bank Nyrt. </t>
   </si>
   <si>
     <t>54300118-10002199-00000000</t>
   </si>
   <si>
     <t>Miskolc 1.</t>
   </si>
   <si>
     <t>0297</t>
   </si>
   <si>
     <t>Gulyás Ábel Levente  dr.</t>
   </si>
   <si>
     <t>Ajka</t>
   </si>
   <si>
-    <t xml:space="preserve">Szabadság </t>
-[...1 lines deleted...]
-  <si>
     <t>vh.0297@mbvk.hu</t>
   </si>
   <si>
     <t>73200093-10001978-00000000</t>
   </si>
   <si>
     <t>0301</t>
   </si>
   <si>
     <t>Nagy Ádám Dávid  dr.</t>
   </si>
   <si>
     <t>Pf.: 168.</t>
   </si>
   <si>
     <t>VH0301MBVK;460874996</t>
   </si>
   <si>
     <t>10104260-02386900-03003004</t>
   </si>
   <si>
     <t>+36-57-562-900</t>
   </si>
   <si>
     <t>+36-21-314-1618</t>
@@ -4222,74 +4222,74 @@
   <si>
     <t>Nótári Tamás László Dr.</t>
   </si>
   <si>
     <t>Tapolca</t>
   </si>
   <si>
     <t>vh.0344@mbvk.hu</t>
   </si>
   <si>
     <t>VHIRODA344;449660741</t>
   </si>
   <si>
     <t>72800030-15303842-00000000</t>
   </si>
   <si>
     <t>0348</t>
   </si>
   <si>
     <t>Kovássy Szabolcs állandó helyettes (Vht.245.§) Dr. Schadl György helyett  dr.</t>
   </si>
   <si>
     <t>Budaörs</t>
   </si>
   <si>
+    <t>Pf. 7.</t>
+  </si>
+  <si>
+    <t>SCHADLVH; 545657792</t>
+  </si>
+  <si>
+    <t>10100840-09907900-02003003</t>
+  </si>
+  <si>
     <t xml:space="preserve">133. </t>
   </si>
   <si>
     <t>5-6.</t>
   </si>
   <si>
     <t>+36-23-414-984</t>
   </si>
   <si>
     <t>+36-23-788-133</t>
   </si>
   <si>
     <t>vh.0348@mbvk.hu, schadl.vh.iroda@gmail.com</t>
   </si>
   <si>
-    <t>SCHADLVH; 545657792</t>
-[...7 lines deleted...]
-  <si>
     <t>0349</t>
   </si>
   <si>
     <t>Hars Tamás  dr.</t>
   </si>
   <si>
     <t>Kunszentmárton</t>
   </si>
   <si>
     <t>HARSTAMAS;348652336</t>
   </si>
   <si>
     <t>11745042-20065159-00000000</t>
   </si>
   <si>
     <t>Kölcsey F.</t>
   </si>
   <si>
     <t>8/</t>
   </si>
   <si>
     <t>+36-56-461-655</t>
   </si>
   <si>
     <t>vh.0349@mbvk.hu</t>
@@ -4450,65 +4450,65 @@
   <si>
     <t>1-4.</t>
   </si>
   <si>
     <t>+36-1-398-8605</t>
   </si>
   <si>
     <t>+36-1-398-8606</t>
   </si>
   <si>
     <t>vh.0391@mbvk.hu</t>
   </si>
   <si>
     <t>VH0391;448715717</t>
   </si>
   <si>
     <t>11714051-21451377-00000000</t>
   </si>
   <si>
     <t>0397</t>
   </si>
   <si>
     <t>Vasné dr. Kolits Ágnes Katalin  dr.</t>
   </si>
   <si>
+    <t>Pf.: 200.</t>
+  </si>
+  <si>
+    <t>DRSKVHI; 440909104</t>
+  </si>
+  <si>
+    <t>10103173-16171423-01000006</t>
+  </si>
+  <si>
     <t>+36-30-897-1946</t>
   </si>
   <si>
     <t>vh.0397@mbvk.hu</t>
   </si>
   <si>
-    <t>DRSKVHI; 440909104</t>
-[...7 lines deleted...]
-  <si>
     <t>0400</t>
   </si>
   <si>
     <t>Papp Gábor  dr.</t>
   </si>
   <si>
     <t>DRPAPPVHTO;149681779</t>
   </si>
   <si>
     <t>10101078-14909200-04003006</t>
   </si>
   <si>
     <t>+36-62-222-448</t>
   </si>
   <si>
     <t>+36-62- 222-458</t>
   </si>
   <si>
     <t>vh.0400@mbvk.hu</t>
   </si>
   <si>
     <t>iroda,telephely,szekhely</t>
   </si>
   <si>
     <t>0409</t>
@@ -4588,57 +4588,54 @@
   <si>
     <t>+36-72-216-431</t>
   </si>
   <si>
     <t>+36-70-512-3312</t>
   </si>
   <si>
     <t>polonkaivhto@t-online.hu, vh.0415@mbvk.hu</t>
   </si>
   <si>
     <t>POLONKAIVH;159002162</t>
   </si>
   <si>
     <t>11731001-20435349-00000000</t>
   </si>
   <si>
     <t>0416</t>
   </si>
   <si>
     <t>Jakab Csaba Lajos  dr.</t>
   </si>
   <si>
     <t>Dabas</t>
   </si>
   <si>
-    <t xml:space="preserve"> A.</t>
-[...5 lines deleted...]
-    <t xml:space="preserve"> 23.</t>
+    <t xml:space="preserve">Szent István </t>
+  </si>
+  <si>
+    <t>124-126.</t>
   </si>
   <si>
     <t>+36-29-361-119</t>
   </si>
   <si>
     <t>+36-29-361-210</t>
   </si>
   <si>
     <t>vh.0416@mbvk.hu</t>
   </si>
   <si>
     <t>FEIGL2; 450479337</t>
   </si>
   <si>
     <t>11742056-21454143-00000000</t>
   </si>
   <si>
     <t>0436</t>
   </si>
   <si>
     <t>Pongrácz Péter Olivér  dr.</t>
   </si>
   <si>
     <t xml:space="preserve">Komáromi </t>
   </si>
@@ -4852,50 +4849,53 @@
   <si>
     <t>http://www.drkiralyiroda.hu/</t>
   </si>
   <si>
     <t>0510</t>
   </si>
   <si>
     <t>Büky Norbert  dr.</t>
   </si>
   <si>
     <t>Budai</t>
   </si>
   <si>
     <t>fsz. 1.</t>
   </si>
   <si>
     <t>+36-56-210-020</t>
   </si>
   <si>
     <t>+36-30-237-4582</t>
   </si>
   <si>
     <t>vh.0510@mbvk.hu</t>
   </si>
   <si>
+    <t>VH0510; 341633732</t>
+  </si>
+  <si>
     <t>11736006-20400725-00000000</t>
   </si>
   <si>
     <t>0522</t>
   </si>
   <si>
     <t>Jánoky Adél  dr.</t>
   </si>
   <si>
     <t>Nagyajtai</t>
   </si>
   <si>
     <t>4/b.</t>
   </si>
   <si>
     <t xml:space="preserve">alagsor </t>
   </si>
   <si>
     <t>+36-1-212-2208</t>
   </si>
   <si>
     <t>vh.0522@mbvk.hu</t>
   </si>
   <si>
     <t>VH0522;240603383</t>
@@ -5017,63 +5017,60 @@
   <si>
     <t>Orell Zsolt  dr.</t>
   </si>
   <si>
     <t>VH0567MBVK; 462380911</t>
   </si>
   <si>
     <t>50461118-10010086-00000000</t>
   </si>
   <si>
     <t>+36-30-987-0665</t>
   </si>
   <si>
     <t>vh.0567@mbvk.hu</t>
   </si>
   <si>
     <t>www.drorellzsolt.hu</t>
   </si>
   <si>
     <t>0579</t>
   </si>
   <si>
     <t>Lukács Tamás állandó helyettes [Vht. 239. §. (1a)] dr. Szabó Gábor Péter helyett  dr.</t>
   </si>
   <si>
-    <t>Pf.: 111.</t>
-[...2 lines deleted...]
-    <t>SZABOGVHI;145643957</t>
+    <t xml:space="preserve">Perczel Miklós </t>
+  </si>
+  <si>
+    <t>vh.0579@mbvk.hu</t>
   </si>
   <si>
     <t>11731001-20460736-00000000</t>
   </si>
   <si>
-    <t>+36-72-224-167</t>
-[...2 lines deleted...]
-    <t>vh.0579@mbvk.hu</t>
+    <t>Pf.: 314.</t>
   </si>
   <si>
     <t>0594</t>
   </si>
   <si>
     <t>Deák Attila  dr.</t>
   </si>
   <si>
     <t>Siklós</t>
   </si>
   <si>
     <t>Harkányi</t>
   </si>
   <si>
     <t>+36-72-579-110</t>
   </si>
   <si>
     <t>+36-72-579-111</t>
   </si>
   <si>
     <t>vh.0594@mbvk.hu</t>
   </si>
   <si>
     <t>DRDEAKVH;447624905</t>
   </si>
@@ -5596,120 +5593,120 @@
   <si>
     <t xml:space="preserve">143/1. </t>
   </si>
   <si>
     <t>+36-30-302-1716</t>
   </si>
   <si>
     <t>+36-82-951-045</t>
   </si>
   <si>
     <t>vh.0770@mbvk.hu</t>
   </si>
   <si>
     <t>DRDANKAP;264143173</t>
   </si>
   <si>
     <t>11731001-23122943-00000000</t>
   </si>
   <si>
     <t>0771</t>
   </si>
   <si>
     <t>Schmidt Zoltán Róbert állandó helyettes (Vht. 245. §) dr. Kiss Ferenc helyett  dr.</t>
   </si>
   <si>
+    <t>VH0771; 653502120</t>
+  </si>
+  <si>
+    <t>10300002-13576479-00024905</t>
+  </si>
+  <si>
     <t xml:space="preserve">II. Rákóczi Ferenc </t>
   </si>
   <si>
     <t>+36-1-264-1080</t>
   </si>
   <si>
     <t>+36-1-294-8801</t>
   </si>
   <si>
     <t>vh.0771@mbvk.hu</t>
   </si>
   <si>
     <t>https://vhiroda.co.hu/vh0771/</t>
   </si>
   <si>
-    <t>VH0771; 653502120</t>
-[...4 lines deleted...]
-  <si>
     <t>0772</t>
   </si>
   <si>
     <t>Nagy Szilvia  dr.</t>
   </si>
   <si>
     <t>Zirc</t>
   </si>
   <si>
+    <t>Pacsirta</t>
+  </si>
+  <si>
+    <t>+36-70-241-0038</t>
+  </si>
+  <si>
+    <t>06-88-830-320</t>
+  </si>
+  <si>
+    <t>vh.0772@mbvk.hu</t>
+  </si>
+  <si>
     <t>VH0772MBVK; 160311919</t>
   </si>
   <si>
     <t>50420733-10002113-00000000</t>
   </si>
   <si>
-    <t>Pacsirta</t>
-[...10 lines deleted...]
-  <si>
     <t>0790</t>
   </si>
   <si>
     <t>Csűrös Gabriella Klára  dr.</t>
   </si>
   <si>
+    <t>DRCSUROS; 142911323</t>
+  </si>
+  <si>
+    <t>11600006-00000000-80826280</t>
+  </si>
+  <si>
     <t>Mátészalka</t>
   </si>
   <si>
     <t xml:space="preserve">Kálvin </t>
   </si>
   <si>
     <t>+36-45-426-691</t>
   </si>
   <si>
     <t>vh.0790@mbvk.hu</t>
-  </si>
-[...4 lines deleted...]
-    <t>11600006-00000000-80826280</t>
   </si>
   <si>
     <t>0791</t>
   </si>
   <si>
     <t>Dienes Gabriella Veronika  dr.</t>
   </si>
   <si>
     <t>Kossuth</t>
   </si>
   <si>
     <t>+36-44-405-306</t>
   </si>
   <si>
     <t>vh.0791@mbvk.hu</t>
   </si>
   <si>
     <t>DRDIENES;752013987</t>
   </si>
   <si>
     <t>11600006-00000000-93681120</t>
   </si>
   <si>
     <t>0800</t>
   </si>
@@ -6639,134 +6636,134 @@
       </c>
       <c r="Q8" s="1" t="s">
         <v>65</v>
       </c>
       <c r="R8" s="1" t="s">
         <v>66</v>
       </c>
       <c r="S8" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U8" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C9" s="1">
-        <v>1725</v>
+        <v>1238</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E9" s="1"/>
-[...1 lines deleted...]
-      <c r="G9" s="1"/>
+      <c r="E9" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G9" s="1">
+        <v>120</v>
+      </c>
       <c r="H9" s="1"/>
-      <c r="I9" s="1"/>
-[...4 lines deleted...]
-      <c r="L9" s="1"/>
+      <c r="I9" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="J9" s="1">
+        <v>212</v>
+      </c>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1" t="s">
+        <v>73</v>
+      </c>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
-      <c r="P9" s="1"/>
+      <c r="P9" s="1" t="s">
+        <v>74</v>
+      </c>
       <c r="Q9" s="1"/>
       <c r="R9" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="S9" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T9" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U9" s="1" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="1">
-        <v>1238</v>
+        <v>1725</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E10" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
       <c r="H10" s="1"/>
-      <c r="I10" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
-      <c r="P10" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="S10" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T10" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U10" s="1" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C11" s="1">
         <v>1055</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>81</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H11" s="1"/>
@@ -6866,94 +6863,94 @@
       </c>
       <c r="G13" s="1">
         <v>10</v>
       </c>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1" t="s">
         <v>94</v>
       </c>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1" t="s">
         <v>95</v>
       </c>
       <c r="Q13" s="1"/>
       <c r="R13" s="1" t="s">
         <v>96</v>
       </c>
       <c r="S13" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T13" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U13" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="1">
         <v>5631</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E14" s="1"/>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1">
         <v>160</v>
       </c>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1" t="s">
         <v>96</v>
       </c>
       <c r="S14" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U14" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C15" s="1">
         <v>9022</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>101</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G15" s="1">
@@ -7005,102 +7002,102 @@
       </c>
       <c r="E16" s="1"/>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1">
         <v>58</v>
       </c>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1" t="s">
         <v>111</v>
       </c>
       <c r="S16" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T16" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U16" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>109</v>
       </c>
       <c r="C17" s="1">
         <v>4150</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>113</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>114</v>
       </c>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="P17" s="1" t="s">
         <v>116</v>
       </c>
       <c r="Q17" s="1"/>
       <c r="R17" s="1" t="s">
         <v>111</v>
       </c>
       <c r="S17" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T17" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U17" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" s="1" t="s">
         <v>117</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C18" s="1">
         <v>5601</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>119</v>
       </c>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1" t="s">
@@ -7164,228 +7161,228 @@
       <c r="P19" s="1" t="s">
         <v>129</v>
       </c>
       <c r="Q19" s="1"/>
       <c r="R19" s="1" t="s">
         <v>121</v>
       </c>
       <c r="S19" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T19" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U19" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>131</v>
       </c>
       <c r="C20" s="1">
-        <v>2101</v>
+        <v>2100</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="E20" s="1"/>
-[...1 lines deleted...]
-      <c r="G20" s="1"/>
+      <c r="E20" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G20" s="1">
+        <v>16</v>
+      </c>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
-      <c r="K20" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L20" s="1"/>
+      <c r="K20" s="1"/>
+      <c r="L20" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="M20" s="1"/>
-      <c r="N20" s="1"/>
-[...1 lines deleted...]
-      <c r="P20" s="1"/>
+      <c r="N20" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="O20" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" s="1" t="s">
+        <v>137</v>
+      </c>
       <c r="Q20" s="1"/>
       <c r="R20" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="S20" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T20" s="1" t="s">
-        <v>33</v>
+        <v>139</v>
       </c>
       <c r="U20" s="1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="1">
         <v>2101</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>132</v>
       </c>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="S21" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T21" s="1" t="s">
-        <v>136</v>
+        <v>33</v>
       </c>
       <c r="U21" s="1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>131</v>
       </c>
       <c r="C22" s="1">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="E22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
-      <c r="K22" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K22" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="L22" s="1"/>
       <c r="M22" s="1"/>
-      <c r="N22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="N22" s="1"/>
+      <c r="O22" s="1"/>
+      <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="S22" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T22" s="1" t="s">
-        <v>33</v>
+        <v>139</v>
       </c>
       <c r="U22" s="1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>131</v>
       </c>
       <c r="C23" s="1">
         <v>2100</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>132</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G23" s="1">
         <v>16</v>
       </c>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="M23" s="1"/>
       <c r="N23" s="1" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="O23" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="P23" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="Q23" s="1"/>
       <c r="R23" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="S23" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T23" s="1" t="s">
-        <v>136</v>
+        <v>33</v>
       </c>
       <c r="U23" s="1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" s="1" t="s">
         <v>142</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>143</v>
       </c>
       <c r="C24" s="1">
         <v>1325</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>144</v>
       </c>
       <c r="E24" s="1"/>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1" t="s">
         <v>145</v>
@@ -7540,51 +7537,51 @@
         <v>12</v>
       </c>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1" t="s">
         <v>167</v>
       </c>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1" t="s">
         <v>168</v>
       </c>
       <c r="P27" s="1" t="s">
         <v>169</v>
       </c>
       <c r="Q27" s="1"/>
       <c r="R27" s="1" t="s">
         <v>170</v>
       </c>
       <c r="S27" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T27" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U27" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C28" s="1">
         <v>1027</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>174</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G28" s="1">
@@ -7742,102 +7739,102 @@
       <c r="H31" s="1"/>
       <c r="I31" s="1">
         <v>2</v>
       </c>
       <c r="J31" s="1">
         <v>217</v>
       </c>
       <c r="K31" s="1"/>
       <c r="L31" s="1" t="s">
         <v>196</v>
       </c>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1" t="s">
         <v>197</v>
       </c>
       <c r="Q31" s="1"/>
       <c r="R31" s="1" t="s">
         <v>198</v>
       </c>
       <c r="S31" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T31" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U31" s="1" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" s="1" t="s">
         <v>200</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>201</v>
       </c>
       <c r="C32" s="1">
         <v>1047</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>202</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G32" s="1">
         <v>23</v>
       </c>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1" t="s">
         <v>203</v>
       </c>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1" t="s">
         <v>204</v>
       </c>
       <c r="P32" s="1" t="s">
         <v>205</v>
       </c>
       <c r="Q32" s="1"/>
       <c r="R32" s="1" t="s">
         <v>206</v>
       </c>
       <c r="S32" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T32" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U32" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" s="1" t="s">
         <v>208</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>209</v>
       </c>
       <c r="C33" s="1">
         <v>7200</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>210</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>211</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G33" s="1">
@@ -8264,134 +8261,134 @@
       <c r="P41" s="1" t="s">
         <v>270</v>
       </c>
       <c r="Q41" s="1"/>
       <c r="R41" s="1" t="s">
         <v>271</v>
       </c>
       <c r="S41" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T41" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U41" s="1" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" s="1" t="s">
         <v>273</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>274</v>
       </c>
       <c r="C42" s="1">
-        <v>2891</v>
+        <v>2890</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="E42" s="1"/>
+      <c r="E42" s="1" t="s">
+        <v>276</v>
+      </c>
       <c r="F42" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G42" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G42" s="1">
+        <v>47</v>
+      </c>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
-      <c r="K42" s="1">
-[...2 lines deleted...]
-      <c r="L42" s="1"/>
+      <c r="K42" s="1"/>
+      <c r="L42" s="1" t="s">
+        <v>277</v>
+      </c>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
-      <c r="O42" s="1"/>
-      <c r="P42" s="1"/>
+      <c r="O42" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="P42" s="1" t="s">
+        <v>278</v>
+      </c>
       <c r="Q42" s="1"/>
       <c r="R42" s="1" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="S42" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="T42" s="1" t="s">
         <v>178</v>
       </c>
       <c r="U42" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" s="1" t="s">
         <v>273</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>274</v>
       </c>
       <c r="C43" s="1">
-        <v>2890</v>
+        <v>2891</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="E43" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E43" s="1"/>
       <c r="F43" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
-      <c r="K43" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K43" s="1">
+        <v>1234</v>
+      </c>
+      <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
-      <c r="O43" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O43" s="1"/>
+      <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="S43" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="T43" s="1" t="s">
         <v>178</v>
       </c>
       <c r="U43" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" s="1" t="s">
         <v>281</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C44" s="1">
         <v>8000</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>283</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>284</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>285</v>
       </c>
       <c r="G44" s="1">
         <v>1</v>
       </c>
       <c r="H44" s="1"/>
@@ -8502,51 +8499,51 @@
       </c>
       <c r="T46" s="1" t="s">
         <v>296</v>
       </c>
       <c r="U46" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C47" s="1">
         <v>9021</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>298</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>286</v>
       </c>
       <c r="J47" s="1">
         <v>2</v>
       </c>
       <c r="K47" s="1"/>
       <c r="L47" s="1" t="s">
         <v>300</v>
       </c>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1" t="s">
         <v>301</v>
       </c>
       <c r="Q47" s="1"/>
       <c r="R47" s="1" t="s">
@@ -8557,51 +8554,51 @@
       </c>
       <c r="T47" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U47" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C48" s="1">
         <v>9021</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>298</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>286</v>
       </c>
       <c r="J48" s="1">
         <v>2</v>
       </c>
       <c r="K48" s="1"/>
       <c r="L48" s="1" t="s">
         <v>300</v>
       </c>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1" t="s">
         <v>301</v>
       </c>
       <c r="Q48" s="1"/>
       <c r="R48" s="1" t="s">
@@ -8761,51 +8758,51 @@
       </c>
       <c r="T51" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U51" s="1" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" s="1" t="s">
         <v>320</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>321</v>
       </c>
       <c r="C52" s="1">
         <v>2800</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>323</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>324</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>325</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>268</v>
       </c>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1" t="s">
         <v>326</v>
       </c>
       <c r="M52" s="1" t="s">
         <v>327</v>
       </c>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1" t="s">
         <v>328</v>
       </c>
       <c r="Q52" s="1"/>
       <c r="R52" s="1" t="s">
@@ -8940,51 +8937,51 @@
         <v>43</v>
       </c>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1" t="s">
         <v>344</v>
       </c>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1" t="s">
         <v>345</v>
       </c>
       <c r="P55" s="1" t="s">
         <v>346</v>
       </c>
       <c r="Q55" s="1"/>
       <c r="R55" s="1" t="s">
         <v>347</v>
       </c>
       <c r="S55" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T55" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U55" s="1" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C56" s="1">
         <v>9021</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>351</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G56" s="1">
@@ -9100,51 +9097,51 @@
       </c>
       <c r="T58" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U58" s="1" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="59" spans="1:21">
       <c r="A59" s="1" t="s">
         <v>358</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>359</v>
       </c>
       <c r="C59" s="1">
         <v>1134</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>363</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>364</v>
       </c>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1" t="s">
         <v>365</v>
       </c>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1" t="s">
         <v>366</v>
       </c>
       <c r="Q59" s="1"/>
       <c r="R59" s="1" t="s">
         <v>361</v>
       </c>
       <c r="S59" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T59" s="1" t="s">
@@ -9427,100 +9424,100 @@
       </c>
       <c r="T65" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U65" s="1" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="66" spans="1:21">
       <c r="A66" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C66" s="1">
         <v>8900</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>393</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>394</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>395</v>
       </c>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1" t="s">
         <v>396</v>
       </c>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1" t="s">
         <v>397</v>
       </c>
       <c r="Q66" s="1"/>
       <c r="R66" s="1" t="s">
         <v>398</v>
       </c>
       <c r="S66" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T66" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U66" s="1" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="67" spans="1:21">
       <c r="A67" s="1" t="s">
         <v>400</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>401</v>
       </c>
       <c r="C67" s="1">
         <v>7000</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>402</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>403</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>404</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1" t="s">
         <v>405</v>
       </c>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1" t="s">
         <v>406</v>
       </c>
       <c r="Q67" s="1" t="s">
         <v>407</v>
       </c>
       <c r="R67" s="1" t="s">
         <v>408</v>
       </c>
@@ -10156,51 +10153,51 @@
       </c>
       <c r="T80" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U80" s="1" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="81" spans="1:21">
       <c r="A81" s="1" t="s">
         <v>478</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C81" s="1">
         <v>3100</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>480</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>481</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G81" s="1">
         <v>71</v>
       </c>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1" t="s">
         <v>482</v>
       </c>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1" t="s">
         <v>483</v>
       </c>
       <c r="Q81" s="1"/>
       <c r="R81" s="1" t="s">
         <v>484</v>
       </c>
       <c r="S81" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T81" s="1" t="s">
@@ -10429,195 +10426,195 @@
         <v>42</v>
       </c>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1" t="s">
         <v>516</v>
       </c>
       <c r="M86" s="1"/>
       <c r="N86" s="1" t="s">
         <v>517</v>
       </c>
       <c r="O86" s="1"/>
       <c r="P86" s="1" t="s">
         <v>518</v>
       </c>
       <c r="Q86" s="1"/>
       <c r="R86" s="1" t="s">
         <v>519</v>
       </c>
       <c r="S86" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T86" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U86" s="1" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="87" spans="1:21">
       <c r="A87" s="1" t="s">
         <v>512</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>513</v>
       </c>
       <c r="C87" s="1">
         <v>4801</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>514</v>
       </c>
       <c r="E87" s="1"/>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1">
         <v>60</v>
       </c>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1" t="s">
         <v>519</v>
       </c>
       <c r="S87" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T87" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U87" s="1" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="88" spans="1:21">
       <c r="A88" s="1" t="s">
         <v>521</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C88" s="1">
-        <v>8200</v>
+        <v>8201</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="E88" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E88" s="1"/>
       <c r="F88" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G88" s="1"/>
       <c r="H88" s="1"/>
-      <c r="I88" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I88" s="1"/>
+      <c r="J88" s="1"/>
+      <c r="K88" s="1">
+        <v>146</v>
+      </c>
+      <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
-      <c r="O88" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O88" s="1"/>
+      <c r="P88" s="1"/>
       <c r="Q88" s="1"/>
       <c r="R88" s="1" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="S88" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="T88" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U88" s="1" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
     </row>
     <row r="89" spans="1:21">
       <c r="A89" s="1" t="s">
         <v>521</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C89" s="1">
-        <v>8201</v>
+        <v>8200</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="E89" s="1"/>
+      <c r="E89" s="1" t="s">
+        <v>525</v>
+      </c>
       <c r="F89" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G89" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>526</v>
+      </c>
       <c r="H89" s="1"/>
-      <c r="I89" s="1"/>
-[...4 lines deleted...]
-      <c r="L89" s="1"/>
+      <c r="I89" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="J89" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="K89" s="1"/>
+      <c r="L89" s="1" t="s">
+        <v>528</v>
+      </c>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
-      <c r="O89" s="1"/>
-      <c r="P89" s="1"/>
+      <c r="O89" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="P89" s="1" t="s">
+        <v>530</v>
+      </c>
       <c r="Q89" s="1"/>
       <c r="R89" s="1" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="S89" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="T89" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U89" s="1" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
     </row>
     <row r="90" spans="1:21">
       <c r="A90" s="1" t="s">
         <v>531</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C90" s="1">
         <v>5541</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>533</v>
       </c>
       <c r="E90" s="1"/>
       <c r="F90" s="1"/>
       <c r="G90" s="1"/>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1" t="s">
         <v>534</v>
       </c>
       <c r="L90" s="1"/>
@@ -11020,51 +11017,51 @@
       </c>
       <c r="T98" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U98" s="1" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="99" spans="1:21">
       <c r="A99" s="1" t="s">
         <v>575</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C99" s="1">
         <v>5100</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>577</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>578</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>579</v>
       </c>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1" t="s">
         <v>580</v>
       </c>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1" t="s">
         <v>581</v>
       </c>
       <c r="P99" s="1" t="s">
         <v>582</v>
       </c>
       <c r="Q99" s="1" t="s">
         <v>583</v>
       </c>
       <c r="R99" s="1" t="s">
         <v>584</v>
       </c>
@@ -11293,143 +11290,143 @@
         <v>607</v>
       </c>
       <c r="H104" s="1"/>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1" t="s">
         <v>608</v>
       </c>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1" t="s">
         <v>608</v>
       </c>
       <c r="P104" s="1" t="s">
         <v>609</v>
       </c>
       <c r="Q104" s="1"/>
       <c r="R104" s="1" t="s">
         <v>610</v>
       </c>
       <c r="S104" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T104" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U104" s="1" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="105" spans="1:21">
       <c r="A105" s="1" t="s">
         <v>604</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>605</v>
       </c>
       <c r="C105" s="1">
         <v>5001</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>194</v>
       </c>
       <c r="E105" s="1"/>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1">
         <v>122</v>
       </c>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1" t="s">
         <v>610</v>
       </c>
       <c r="S105" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T105" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U105" s="1" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="106" spans="1:21">
       <c r="A106" s="1" t="s">
         <v>612</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>613</v>
       </c>
       <c r="C106" s="1">
         <v>4400</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>614</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G106" s="1">
         <v>6</v>
       </c>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1" t="s">
         <v>615</v>
       </c>
       <c r="O106" s="1"/>
       <c r="P106" s="1" t="s">
         <v>616</v>
       </c>
       <c r="Q106" s="1"/>
       <c r="R106" s="1" t="s">
         <v>617</v>
       </c>
       <c r="S106" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T106" s="1" t="s">
-        <v>122</v>
+        <v>33</v>
       </c>
       <c r="U106" s="1" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="107" spans="1:21">
       <c r="A107" s="1" t="s">
         <v>619</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>620</v>
       </c>
       <c r="C107" s="1">
         <v>3100</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>480</v>
       </c>
       <c r="E107" s="1"/>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1" t="s">
@@ -11449,176 +11446,176 @@
       </c>
       <c r="T107" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U107" s="1" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="108" spans="1:21">
       <c r="A108" s="1" t="s">
         <v>619</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>620</v>
       </c>
       <c r="C108" s="1">
         <v>3100</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>480</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>624</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G108" s="1">
         <v>9</v>
       </c>
       <c r="H108" s="1"/>
       <c r="I108" s="1" t="s">
         <v>625</v>
       </c>
       <c r="J108" s="1" t="s">
         <v>626</v>
       </c>
       <c r="K108" s="1"/>
       <c r="L108" s="1" t="s">
         <v>627</v>
       </c>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1" t="s">
         <v>627</v>
       </c>
       <c r="P108" s="1" t="s">
         <v>628</v>
       </c>
       <c r="Q108" s="1"/>
       <c r="R108" s="1" t="s">
         <v>622</v>
       </c>
       <c r="S108" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T108" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U108" s="1" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="109" spans="1:21">
       <c r="A109" s="1" t="s">
         <v>629</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>630</v>
       </c>
       <c r="C109" s="1">
-        <v>4025</v>
+        <v>4001</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="E109" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E109" s="1"/>
+      <c r="F109" s="1"/>
+      <c r="G109" s="1"/>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
-      <c r="K109" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K109" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
-      <c r="P109" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="S109" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T109" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U109" s="1" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
     </row>
     <row r="110" spans="1:21">
       <c r="A110" s="1" t="s">
         <v>629</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>630</v>
       </c>
       <c r="C110" s="1">
-        <v>4001</v>
+        <v>4025</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="E110" s="1"/>
-[...1 lines deleted...]
-      <c r="G110" s="1"/>
+      <c r="E110" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G110" s="1">
+        <v>41</v>
+      </c>
       <c r="H110" s="1"/>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
-      <c r="K110" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L110" s="1"/>
+      <c r="K110" s="1"/>
+      <c r="L110" s="1" t="s">
+        <v>635</v>
+      </c>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
-      <c r="P110" s="1"/>
+      <c r="P110" s="1" t="s">
+        <v>636</v>
+      </c>
       <c r="Q110" s="1"/>
       <c r="R110" s="1" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="S110" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T110" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U110" s="1" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
     </row>
     <row r="111" spans="1:21">
       <c r="A111" s="1" t="s">
         <v>637</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>638</v>
       </c>
       <c r="C111" s="1">
         <v>2060</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>639</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>640</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>641</v>
       </c>
       <c r="H111" s="1" t="s">
@@ -11645,145 +11642,145 @@
         <v>646</v>
       </c>
       <c r="S111" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T111" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U111" s="1" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="112" spans="1:21">
       <c r="A112" s="1" t="s">
         <v>648</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>649</v>
       </c>
       <c r="C112" s="1">
         <v>7090</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="E112" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E112" s="1"/>
+      <c r="F112" s="1"/>
+      <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
-      <c r="K112" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K112" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
-      <c r="P112" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="S112" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T112" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U112" s="1" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
     </row>
     <row r="113" spans="1:21">
       <c r="A113" s="1" t="s">
         <v>648</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>649</v>
       </c>
       <c r="C113" s="1">
         <v>7090</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="E113" s="1"/>
-[...1 lines deleted...]
-      <c r="G113" s="1"/>
+      <c r="E113" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G113" s="1">
+        <v>13</v>
+      </c>
       <c r="H113" s="1"/>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
-      <c r="K113" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L113" s="1"/>
+      <c r="K113" s="1"/>
+      <c r="L113" s="1" t="s">
+        <v>655</v>
+      </c>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
-      <c r="P113" s="1"/>
+      <c r="P113" s="1" t="s">
+        <v>656</v>
+      </c>
       <c r="Q113" s="1"/>
       <c r="R113" s="1" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="S113" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T113" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U113" s="1" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
     </row>
     <row r="114" spans="1:21">
       <c r="A114" s="1" t="s">
         <v>657</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>658</v>
       </c>
       <c r="C114" s="1">
         <v>2900</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>659</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>660</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G114" s="1">
         <v>19</v>
       </c>
       <c r="H114" s="1"/>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
       <c r="K114" s="1"/>
       <c r="L114" s="1" t="s">
         <v>661</v>
       </c>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1" t="s">
         <v>662</v>
       </c>
       <c r="P114" s="1" t="s">
         <v>663</v>
       </c>
       <c r="Q114" s="1"/>
       <c r="R114" s="1" t="s">
         <v>664</v>
       </c>
       <c r="S114" s="1" t="s">
         <v>48</v>
@@ -11918,134 +11915,134 @@
       <c r="P117" s="1" t="s">
         <v>673</v>
       </c>
       <c r="Q117" s="1"/>
       <c r="R117" s="1" t="s">
         <v>669</v>
       </c>
       <c r="S117" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T117" s="1" t="s">
         <v>296</v>
       </c>
       <c r="U117" s="1" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="118" spans="1:21">
       <c r="A118" s="1" t="s">
         <v>674</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>675</v>
       </c>
       <c r="C118" s="1">
-        <v>3501</v>
+        <v>3530</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="E118" s="1"/>
-[...1 lines deleted...]
-      <c r="G118" s="1"/>
+      <c r="E118" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="G118" s="1">
+        <v>5</v>
+      </c>
       <c r="H118" s="1"/>
-      <c r="I118" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="I118" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="J118" s="1">
+        <v>3</v>
+      </c>
+      <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
-      <c r="N118" s="1"/>
+      <c r="N118" s="1" t="s">
+        <v>678</v>
+      </c>
       <c r="O118" s="1"/>
-      <c r="P118" s="1"/>
+      <c r="P118" s="1" t="s">
+        <v>679</v>
+      </c>
       <c r="Q118" s="1"/>
       <c r="R118" s="1" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="S118" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="T118" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U118" s="1" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
     </row>
     <row r="119" spans="1:21">
       <c r="A119" s="1" t="s">
         <v>674</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>675</v>
       </c>
       <c r="C119" s="1">
-        <v>3530</v>
+        <v>3501</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="E119" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E119" s="1"/>
+      <c r="F119" s="1"/>
+      <c r="G119" s="1"/>
       <c r="H119" s="1"/>
-      <c r="I119" s="1" t="s">
-[...5 lines deleted...]
-      <c r="K119" s="1"/>
+      <c r="I119" s="1"/>
+      <c r="J119" s="1"/>
+      <c r="K119" s="1" t="s">
+        <v>682</v>
+      </c>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
-      <c r="N119" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N119" s="1"/>
       <c r="O119" s="1"/>
-      <c r="P119" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="S119" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="T119" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U119" s="1" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
     </row>
     <row r="120" spans="1:21">
       <c r="A120" s="1" t="s">
         <v>683</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>684</v>
       </c>
       <c r="C120" s="1">
         <v>3900</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>685</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>686</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G120" s="1">
         <v>4</v>
       </c>
       <c r="H120" s="1"/>
@@ -12122,51 +12119,51 @@
       <c r="A122" s="1" t="s">
         <v>691</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>692</v>
       </c>
       <c r="C122" s="1">
         <v>8600</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>693</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>694</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>695</v>
       </c>
       <c r="H122" s="1" t="s">
         <v>696</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="J122" s="1">
         <v>40</v>
       </c>
       <c r="K122" s="1"/>
       <c r="L122" s="1" t="s">
         <v>697</v>
       </c>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1" t="s">
         <v>698</v>
       </c>
       <c r="Q122" s="1"/>
       <c r="R122" s="1" t="s">
         <v>699</v>
       </c>
       <c r="S122" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T122" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U122" s="1" t="s">
@@ -12357,186 +12354,186 @@
       <c r="P126" s="1" t="s">
         <v>722</v>
       </c>
       <c r="Q126" s="1"/>
       <c r="R126" s="1" t="s">
         <v>723</v>
       </c>
       <c r="S126" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T126" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U126" s="1" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="127" spans="1:21">
       <c r="A127" s="1" t="s">
         <v>725</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>726</v>
       </c>
       <c r="C127" s="1">
-        <v>8600</v>
+        <v>8601</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="E127" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E127" s="1"/>
       <c r="F127" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G127" s="1"/>
       <c r="H127" s="1"/>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
-      <c r="K127" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K127" s="1">
+        <v>65</v>
+      </c>
+      <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
-      <c r="O127" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="O127" s="1"/>
+      <c r="P127" s="1"/>
+      <c r="Q127" s="1"/>
       <c r="R127" s="1" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="S127" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T127" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U127" s="1" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
     </row>
     <row r="128" spans="1:21">
       <c r="A128" s="1" t="s">
         <v>725</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>726</v>
       </c>
       <c r="C128" s="1">
-        <v>8601</v>
+        <v>8600</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="E128" s="1"/>
+      <c r="E128" s="1" t="s">
+        <v>729</v>
+      </c>
       <c r="F128" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G128" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G128" s="1">
+        <v>99</v>
+      </c>
       <c r="H128" s="1"/>
       <c r="I128" s="1"/>
       <c r="J128" s="1"/>
-      <c r="K128" s="1">
-[...2 lines deleted...]
-      <c r="L128" s="1"/>
+      <c r="K128" s="1"/>
+      <c r="L128" s="1" t="s">
+        <v>730</v>
+      </c>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
-      <c r="O128" s="1"/>
-[...1 lines deleted...]
-      <c r="Q128" s="1"/>
+      <c r="O128" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="P128" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="Q128" s="1" t="s">
+        <v>733</v>
+      </c>
       <c r="R128" s="1" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="S128" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T128" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U128" s="1" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
     </row>
     <row r="129" spans="1:21">
       <c r="A129" s="1" t="s">
         <v>734</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>735</v>
       </c>
       <c r="C129" s="1">
         <v>6100</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>736</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>737</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>184</v>
       </c>
       <c r="H129" s="1"/>
       <c r="I129" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J129" s="1" t="s">
         <v>83</v>
       </c>
       <c r="K129" s="1"/>
       <c r="L129" s="1" t="s">
         <v>738</v>
       </c>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1" t="s">
         <v>739</v>
       </c>
       <c r="Q129" s="1"/>
       <c r="R129" s="1" t="s">
         <v>740</v>
       </c>
       <c r="S129" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T129" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U129" s="1" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="130" spans="1:21">
       <c r="A130" s="1" t="s">
         <v>742</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>743</v>
       </c>
       <c r="C130" s="1">
         <v>1055</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>81</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G130" s="1">
@@ -12716,191 +12713,191 @@
       </c>
       <c r="U133" s="1" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="134" spans="1:21">
       <c r="A134" s="1" t="s">
         <v>759</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>760</v>
       </c>
       <c r="C134" s="1">
         <v>4031</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>313</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>763</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="H134" s="1"/>
       <c r="I134" s="1" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1" t="s">
         <v>764</v>
       </c>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1" t="s">
         <v>764</v>
       </c>
       <c r="P134" s="1" t="s">
         <v>765</v>
       </c>
       <c r="Q134" s="1"/>
       <c r="R134" s="1" t="s">
         <v>761</v>
       </c>
       <c r="S134" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T134" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U134" s="1" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="135" spans="1:21">
       <c r="A135" s="1" t="s">
         <v>766</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>767</v>
       </c>
       <c r="C135" s="1">
-        <v>5001</v>
+        <v>5700</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      <c r="G135" s="1"/>
+        <v>768</v>
+      </c>
+      <c r="E135" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>770</v>
+      </c>
       <c r="H135" s="1"/>
       <c r="I135" s="1"/>
       <c r="J135" s="1"/>
-      <c r="K135" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K135" s="1"/>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
-      <c r="N135" s="1"/>
+      <c r="N135" s="1" t="s">
+        <v>771</v>
+      </c>
       <c r="O135" s="1"/>
-      <c r="P135" s="1"/>
+      <c r="P135" s="1" t="s">
+        <v>772</v>
+      </c>
       <c r="Q135" s="1"/>
       <c r="R135" s="1" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="S135" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T135" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U135" s="1" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="136" spans="1:21">
       <c r="A136" s="1" t="s">
         <v>766</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>767</v>
       </c>
       <c r="C136" s="1">
-        <v>5700</v>
+        <v>5001</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>771</v>
-[...9 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="E136" s="1"/>
+      <c r="F136" s="1"/>
+      <c r="G136" s="1"/>
       <c r="H136" s="1"/>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
-      <c r="K136" s="1"/>
+      <c r="K136" s="1" t="s">
+        <v>775</v>
+      </c>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
-      <c r="N136" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N136" s="1"/>
       <c r="O136" s="1"/>
-      <c r="P136" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="S136" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T136" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U136" s="1" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="137" spans="1:21">
       <c r="A137" s="1" t="s">
         <v>776</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>777</v>
       </c>
       <c r="C137" s="1">
         <v>3580</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>778</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>779</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G137" s="1">
         <v>97</v>
       </c>
       <c r="H137" s="1"/>
       <c r="I137" s="1"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1" t="s">
         <v>780</v>
       </c>
       <c r="M137" s="1"/>
       <c r="N137" s="1" t="s">
         <v>781</v>
       </c>
       <c r="O137" s="1"/>
       <c r="P137" s="1" t="s">
         <v>782</v>
       </c>
       <c r="Q137" s="1"/>
       <c r="R137" s="1" t="s">
         <v>783</v>
       </c>
       <c r="S137" s="1" t="s">
         <v>48</v>
@@ -12948,51 +12945,51 @@
       </c>
       <c r="T138" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U138" s="1" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="139" spans="1:21">
       <c r="A139" s="1" t="s">
         <v>785</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>786</v>
       </c>
       <c r="C139" s="1">
         <v>1181</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>790</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>791</v>
       </c>
       <c r="H139" s="1"/>
       <c r="I139" s="1"/>
       <c r="J139" s="1"/>
       <c r="K139" s="1"/>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
       <c r="N139" s="1" t="s">
         <v>792</v>
       </c>
       <c r="O139" s="1"/>
       <c r="P139" s="1" t="s">
         <v>793</v>
       </c>
       <c r="Q139" s="1"/>
       <c r="R139" s="1" t="s">
         <v>788</v>
       </c>
       <c r="S139" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T139" s="1" t="s">
@@ -13360,51 +13357,51 @@
       </c>
       <c r="T146" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U146" s="1" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="147" spans="1:21">
       <c r="A147" s="1" t="s">
         <v>843</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>844</v>
       </c>
       <c r="C147" s="1">
         <v>2800</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>845</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>846</v>
       </c>
       <c r="H147" s="1"/>
       <c r="I147" s="1"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1" t="s">
         <v>847</v>
       </c>
       <c r="M147" s="1" t="s">
         <v>848</v>
       </c>
       <c r="N147" s="1"/>
       <c r="O147" s="1" t="s">
         <v>849</v>
       </c>
       <c r="P147" s="1" t="s">
         <v>850</v>
       </c>
       <c r="Q147" s="1"/>
       <c r="R147" s="1" t="s">
         <v>851</v>
       </c>
@@ -13607,63 +13604,63 @@
       </c>
       <c r="T151" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U151" s="1" t="s">
         <v>870</v>
       </c>
     </row>
     <row r="152" spans="1:21">
       <c r="A152" s="1" t="s">
         <v>871</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>872</v>
       </c>
       <c r="C152" s="1">
         <v>4400</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>873</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>874</v>
       </c>
       <c r="H152" s="1" t="s">
         <v>875</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J152" s="1" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="K152" s="1"/>
       <c r="L152" s="1" t="s">
         <v>876</v>
       </c>
       <c r="M152" s="1"/>
       <c r="N152" s="1" t="s">
         <v>877</v>
       </c>
       <c r="O152" s="1" t="s">
         <v>876</v>
       </c>
       <c r="P152" s="1" t="s">
         <v>878</v>
       </c>
       <c r="Q152" s="1"/>
       <c r="R152" s="1" t="s">
         <v>879</v>
       </c>
       <c r="S152" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T152" s="1" t="s">
         <v>33</v>
       </c>
@@ -13671,51 +13668,51 @@
         <v>880</v>
       </c>
     </row>
     <row r="153" spans="1:21">
       <c r="A153" s="1" t="s">
         <v>881</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>882</v>
       </c>
       <c r="C153" s="1">
         <v>6401</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>883</v>
       </c>
       <c r="E153" s="1"/>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G153" s="1"/>
       <c r="H153" s="1"/>
       <c r="I153" s="1"/>
       <c r="J153" s="1"/>
       <c r="K153" s="1" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="L153" s="1"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
       <c r="O153" s="1"/>
       <c r="P153" s="1"/>
       <c r="Q153" s="1"/>
       <c r="R153" s="1" t="s">
         <v>884</v>
       </c>
       <c r="S153" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T153" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U153" s="1" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="154" spans="1:21">
       <c r="A154" s="1" t="s">
         <v>881</v>
       </c>
       <c r="B154" s="1" t="s">
@@ -13758,51 +13755,51 @@
       </c>
       <c r="T154" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U154" s="1" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="155" spans="1:21">
       <c r="A155" s="1" t="s">
         <v>889</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>890</v>
       </c>
       <c r="C155" s="1">
         <v>3390</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>891</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>394</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>892</v>
       </c>
       <c r="H155" s="1"/>
       <c r="I155" s="1"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1" t="s">
         <v>893</v>
       </c>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1" t="s">
         <v>894</v>
       </c>
       <c r="P155" s="1" t="s">
         <v>895</v>
       </c>
       <c r="Q155" s="1"/>
       <c r="R155" s="1" t="s">
         <v>896</v>
       </c>
       <c r="S155" s="1" t="s">
         <v>48</v>
@@ -13872,203 +13869,203 @@
       </c>
       <c r="E157" s="1"/>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G157" s="1"/>
       <c r="H157" s="1"/>
       <c r="I157" s="1"/>
       <c r="J157" s="1"/>
       <c r="K157" s="1">
         <v>247</v>
       </c>
       <c r="L157" s="1"/>
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
       <c r="P157" s="1"/>
       <c r="Q157" s="1"/>
       <c r="R157" s="1" t="s">
         <v>900</v>
       </c>
       <c r="S157" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T157" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U157" s="1" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="158" spans="1:21">
       <c r="A158" s="1" t="s">
         <v>898</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>899</v>
       </c>
       <c r="C158" s="1">
         <v>1106</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>902</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G158" s="1">
         <v>30</v>
       </c>
       <c r="H158" s="1"/>
       <c r="I158" s="1"/>
       <c r="J158" s="1"/>
       <c r="K158" s="1"/>
       <c r="L158" s="1" t="s">
         <v>903</v>
       </c>
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
       <c r="O158" s="1" t="s">
         <v>903</v>
       </c>
       <c r="P158" s="1" t="s">
         <v>904</v>
       </c>
       <c r="Q158" s="1"/>
       <c r="R158" s="1" t="s">
         <v>900</v>
       </c>
       <c r="S158" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T158" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U158" s="1" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="159" spans="1:21">
       <c r="A159" s="1" t="s">
         <v>905</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>906</v>
       </c>
       <c r="C159" s="1">
         <v>3200</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="E159" s="1"/>
+      <c r="E159" s="1" t="s">
+        <v>908</v>
+      </c>
       <c r="F159" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-      <c r="L159" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="H159" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="I159" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="J159" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="K159" s="1"/>
+      <c r="L159" s="1" t="s">
+        <v>910</v>
+      </c>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
-      <c r="P159" s="1"/>
+      <c r="P159" s="1" t="s">
+        <v>911</v>
+      </c>
       <c r="Q159" s="1"/>
       <c r="R159" s="1" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="S159" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T159" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U159" s="1" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
     </row>
     <row r="160" spans="1:21">
       <c r="A160" s="1" t="s">
         <v>905</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>906</v>
       </c>
       <c r="C160" s="1">
         <v>3200</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="E160" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E160" s="1"/>
       <c r="F160" s="1" t="s">
-        <v>4</v>
-[...16 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G160" s="1"/>
+      <c r="H160" s="1"/>
+      <c r="I160" s="1"/>
+      <c r="J160" s="1"/>
+      <c r="K160" s="1">
+        <v>273</v>
+      </c>
+      <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
-      <c r="P160" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="S160" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T160" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U160" s="1" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
     </row>
     <row r="161" spans="1:21">
       <c r="A161" s="1" t="s">
         <v>914</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>915</v>
       </c>
       <c r="C161" s="1">
         <v>2801</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E161" s="1"/>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G161" s="1"/>
       <c r="H161" s="1"/>
       <c r="I161" s="1"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1">
         <v>1660</v>
@@ -14142,51 +14139,51 @@
       </c>
       <c r="T162" s="1" t="s">
         <v>216</v>
       </c>
       <c r="U162" s="1" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="163" spans="1:21">
       <c r="A163" s="1" t="s">
         <v>921</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>922</v>
       </c>
       <c r="C163" s="1">
         <v>8000</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>283</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>923</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G163" s="1">
         <v>31</v>
       </c>
       <c r="H163" s="1"/>
       <c r="I163" s="1"/>
       <c r="J163" s="1"/>
       <c r="K163" s="1"/>
       <c r="L163" s="1" t="s">
         <v>924</v>
       </c>
       <c r="M163" s="1" t="s">
         <v>925</v>
       </c>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
       <c r="P163" s="1" t="s">
         <v>926</v>
       </c>
       <c r="Q163" s="1" t="s">
         <v>927</v>
       </c>
       <c r="R163" s="1" t="s">
         <v>928</v>
       </c>
@@ -14195,71 +14192,69 @@
       </c>
       <c r="T163" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U163" s="1" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="164" spans="1:21">
       <c r="A164" s="1" t="s">
         <v>930</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>931</v>
       </c>
       <c r="C164" s="1">
         <v>3800</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>932</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>933</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>866</v>
       </c>
       <c r="H164" s="1"/>
       <c r="I164" s="1" t="s">
         <v>306</v>
       </c>
       <c r="J164" s="1">
         <v>6</v>
       </c>
       <c r="K164" s="1"/>
       <c r="L164" s="1" t="s">
         <v>934</v>
       </c>
       <c r="M164" s="1"/>
       <c r="N164" s="1"/>
-      <c r="O164" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O164" s="1"/>
       <c r="P164" s="1" t="s">
         <v>935</v>
       </c>
       <c r="Q164" s="1"/>
       <c r="R164" s="1" t="s">
         <v>936</v>
       </c>
       <c r="S164" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T164" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U164" s="1" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="165" spans="1:21">
       <c r="A165" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>939</v>
       </c>
       <c r="C165" s="1">
@@ -14337,136 +14332,136 @@
       <c r="N166" s="1"/>
       <c r="O166" s="1"/>
       <c r="P166" s="1"/>
       <c r="Q166" s="1"/>
       <c r="R166" s="1" t="s">
         <v>946</v>
       </c>
       <c r="S166" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T166" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U166" s="1" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="167" spans="1:21">
       <c r="A167" s="1" t="s">
         <v>948</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>949</v>
       </c>
       <c r="C167" s="1">
-        <v>2311</v>
+        <v>2310</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="E167" s="1"/>
-[...1 lines deleted...]
-      <c r="G167" s="1"/>
+      <c r="E167" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>952</v>
+      </c>
       <c r="H167" s="1"/>
-      <c r="I167" s="1"/>
-[...5 lines deleted...]
-      <c r="M167" s="1"/>
+      <c r="I167" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="J167" s="1">
+        <v>5</v>
+      </c>
+      <c r="K167" s="1"/>
+      <c r="L167" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="M167" s="1" t="s">
+        <v>954</v>
+      </c>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
-      <c r="P167" s="1"/>
+      <c r="P167" s="1" t="s">
+        <v>955</v>
+      </c>
       <c r="Q167" s="1"/>
       <c r="R167" s="1" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="S167" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T167" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U167" s="1" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
     </row>
     <row r="168" spans="1:21">
       <c r="A168" s="1" t="s">
         <v>948</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>949</v>
       </c>
       <c r="C168" s="1">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="E168" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E168" s="1"/>
+      <c r="F168" s="1"/>
+      <c r="G168" s="1"/>
       <c r="H168" s="1"/>
-      <c r="I168" s="1" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="I168" s="1"/>
+      <c r="J168" s="1"/>
+      <c r="K168" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="L168" s="1"/>
+      <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
-      <c r="P168" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P168" s="1"/>
       <c r="Q168" s="1"/>
       <c r="R168" s="1" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="S168" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T168" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U168" s="1" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
     </row>
     <row r="169" spans="1:21">
       <c r="A169" s="1" t="s">
         <v>959</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>960</v>
       </c>
       <c r="C169" s="1">
         <v>2100</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>132</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>961</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>962</v>
       </c>
       <c r="H169" s="1" t="s">
@@ -14533,273 +14528,273 @@
       </c>
       <c r="S170" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T170" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U170" s="1" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="171" spans="1:21">
       <c r="A171" s="1" t="s">
         <v>968</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>969</v>
       </c>
       <c r="C171" s="1">
         <v>3360</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>970</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G171" s="1">
         <v>3</v>
       </c>
       <c r="H171" s="1"/>
       <c r="I171" s="1"/>
       <c r="J171" s="1"/>
       <c r="K171" s="1"/>
       <c r="L171" s="1"/>
       <c r="M171" s="1"/>
       <c r="N171" s="1" t="s">
         <v>971</v>
       </c>
       <c r="O171" s="1"/>
       <c r="P171" s="1" t="s">
         <v>972</v>
       </c>
       <c r="Q171" s="1"/>
       <c r="R171" s="1" t="s">
         <v>973</v>
       </c>
       <c r="S171" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T171" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U171" s="1" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="172" spans="1:21">
       <c r="A172" s="1" t="s">
         <v>975</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>976</v>
       </c>
       <c r="C172" s="1">
-        <v>1119</v>
+        <v>1502</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E172" s="1" t="s">
+      <c r="E172" s="1"/>
+      <c r="F172" s="1"/>
+      <c r="G172" s="1"/>
+      <c r="H172" s="1"/>
+      <c r="I172" s="1"/>
+      <c r="J172" s="1"/>
+      <c r="K172" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="F172" s="1" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
-      <c r="P172" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P172" s="1"/>
       <c r="Q172" s="1"/>
       <c r="R172" s="1" t="s">
-        <v>984</v>
+        <v>978</v>
       </c>
       <c r="S172" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T172" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U172" s="1" t="s">
-        <v>985</v>
+        <v>979</v>
       </c>
     </row>
     <row r="173" spans="1:21">
       <c r="A173" s="1" t="s">
         <v>975</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>976</v>
       </c>
       <c r="C173" s="1">
-        <v>1502</v>
+        <v>1119</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E173" s="1"/>
-[...8 lines deleted...]
-      <c r="L173" s="1"/>
+      <c r="E173" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="H173" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="I173" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="J173" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="K173" s="1"/>
+      <c r="L173" s="1" t="s">
+        <v>985</v>
+      </c>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
-      <c r="P173" s="1"/>
+      <c r="P173" s="1" t="s">
+        <v>986</v>
+      </c>
       <c r="Q173" s="1"/>
       <c r="R173" s="1" t="s">
-        <v>984</v>
+        <v>978</v>
       </c>
       <c r="S173" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T173" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U173" s="1" t="s">
-        <v>985</v>
+        <v>979</v>
       </c>
     </row>
     <row r="174" spans="1:21">
       <c r="A174" s="1" t="s">
         <v>987</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>988</v>
       </c>
       <c r="C174" s="1">
-        <v>2660</v>
+        <v>2661</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="E174" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E174" s="1"/>
       <c r="F174" s="1" t="s">
-        <v>680</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G174" s="1"/>
       <c r="H174" s="1"/>
       <c r="I174" s="1"/>
       <c r="J174" s="1"/>
-      <c r="K174" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K174" s="1">
+        <v>116</v>
+      </c>
+      <c r="L174" s="1"/>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
-      <c r="O174" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O174" s="1"/>
+      <c r="P174" s="1"/>
       <c r="Q174" s="1"/>
       <c r="R174" s="1" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="S174" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T174" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U174" s="1" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
     </row>
     <row r="175" spans="1:21">
       <c r="A175" s="1" t="s">
         <v>987</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>988</v>
       </c>
       <c r="C175" s="1">
-        <v>2661</v>
+        <v>2660</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="E175" s="1"/>
+      <c r="E175" s="1" t="s">
+        <v>992</v>
+      </c>
       <c r="F175" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G175" s="1"/>
+        <v>677</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>299</v>
+      </c>
       <c r="H175" s="1"/>
       <c r="I175" s="1"/>
       <c r="J175" s="1"/>
-      <c r="K175" s="1">
-[...2 lines deleted...]
-      <c r="L175" s="1"/>
+      <c r="K175" s="1"/>
+      <c r="L175" s="1" t="s">
+        <v>993</v>
+      </c>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
-      <c r="O175" s="1"/>
-      <c r="P175" s="1"/>
+      <c r="O175" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="P175" s="1" t="s">
+        <v>994</v>
+      </c>
       <c r="Q175" s="1"/>
       <c r="R175" s="1" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="S175" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T175" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U175" s="1" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
     </row>
     <row r="176" spans="1:21">
       <c r="A176" s="1" t="s">
         <v>995</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>996</v>
       </c>
       <c r="C176" s="1">
         <v>1135</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>997</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G176" s="1">
         <v>25</v>
       </c>
       <c r="H176" s="1"/>
@@ -15318,51 +15313,51 @@
       </c>
       <c r="T186" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U186" s="1" t="s">
         <v>1043</v>
       </c>
     </row>
     <row r="187" spans="1:21">
       <c r="A187" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="C187" s="1">
         <v>7150</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G187" s="1">
         <v>5</v>
       </c>
       <c r="H187" s="1"/>
       <c r="I187" s="1" t="s">
         <v>114</v>
       </c>
       <c r="J187" s="1"/>
       <c r="K187" s="1"/>
       <c r="L187" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="M187" s="1"/>
       <c r="N187" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="O187" s="1"/>
       <c r="P187" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="Q187" s="1"/>
       <c r="R187" s="1" t="s">
         <v>1056</v>
       </c>
@@ -15374,51 +15369,51 @@
       </c>
       <c r="U187" s="1" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="188" spans="1:21">
       <c r="A188" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="C188" s="1">
         <v>9200</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>751</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="H188" s="1"/>
       <c r="I188" s="1" t="s">
         <v>570</v>
       </c>
       <c r="J188" s="1">
         <v>1</v>
       </c>
       <c r="K188" s="1"/>
       <c r="L188" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="M188" s="1"/>
       <c r="N188" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="O188" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="P188" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="Q188" s="1"/>
       <c r="R188" s="1" t="s">
         <v>1064</v>
@@ -15428,51 +15423,51 @@
       </c>
       <c r="T188" s="1" t="s">
         <v>356</v>
       </c>
       <c r="U188" s="1" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="189" spans="1:21">
       <c r="A189" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="C189" s="1">
         <v>3700</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G189" s="1">
         <v>10</v>
       </c>
       <c r="H189" s="1"/>
       <c r="I189" s="1"/>
       <c r="J189" s="1"/>
       <c r="K189" s="1"/>
       <c r="L189" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="M189" s="1"/>
       <c r="N189" s="1"/>
       <c r="O189" s="1"/>
       <c r="P189" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="Q189" s="1"/>
       <c r="R189" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="S189" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T189" s="1" t="s">
@@ -15532,51 +15527,51 @@
       </c>
       <c r="T190" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U190" s="1" t="s">
         <v>1081</v>
       </c>
     </row>
     <row r="191" spans="1:21">
       <c r="A191" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="C191" s="1">
         <v>3700</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>515</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>184</v>
       </c>
       <c r="H191" s="1"/>
       <c r="I191" s="1" t="s">
         <v>570</v>
       </c>
       <c r="J191" s="1"/>
       <c r="K191" s="1"/>
       <c r="L191" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="Q191" s="1"/>
       <c r="R191" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="S191" s="1" t="s">
         <v>48</v>
@@ -15814,270 +15809,270 @@
       </c>
       <c r="T196" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U196" s="1" t="s">
         <v>1110</v>
       </c>
     </row>
     <row r="197" spans="1:21">
       <c r="A197" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="C197" s="1">
         <v>1135</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="H197" s="1"/>
       <c r="I197" s="1"/>
       <c r="J197" s="1">
         <v>305</v>
       </c>
       <c r="K197" s="1"/>
       <c r="L197" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="M197" s="1"/>
       <c r="N197" s="1"/>
       <c r="O197" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="P197" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="Q197" s="1"/>
       <c r="R197" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="S197" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T197" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U197" s="1" t="s">
         <v>1110</v>
       </c>
     </row>
     <row r="198" spans="1:21">
       <c r="A198" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="C198" s="1">
-        <v>6300</v>
+        <v>6301</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="E198" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E198" s="1"/>
       <c r="F198" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G198" s="1"/>
       <c r="H198" s="1"/>
       <c r="I198" s="1"/>
       <c r="J198" s="1"/>
-      <c r="K198" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K198" s="1">
+        <v>159</v>
+      </c>
+      <c r="L198" s="1"/>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1"/>
-      <c r="P198" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P198" s="1"/>
       <c r="Q198" s="1"/>
       <c r="R198" s="1" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="S198" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T198" s="1" t="s">
         <v>296</v>
       </c>
       <c r="U198" s="1" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="199" spans="1:21">
       <c r="A199" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="C199" s="1">
-        <v>6301</v>
+        <v>6300</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="E199" s="1"/>
+      <c r="E199" s="1" t="s">
+        <v>1121</v>
+      </c>
       <c r="F199" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G199" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G199" s="1">
+        <v>79</v>
+      </c>
       <c r="H199" s="1"/>
       <c r="I199" s="1"/>
       <c r="J199" s="1"/>
-      <c r="K199" s="1">
-[...2 lines deleted...]
-      <c r="L199" s="1"/>
+      <c r="K199" s="1"/>
+      <c r="L199" s="1" t="s">
+        <v>1122</v>
+      </c>
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
       <c r="O199" s="1"/>
-      <c r="P199" s="1"/>
+      <c r="P199" s="1" t="s">
+        <v>1123</v>
+      </c>
       <c r="Q199" s="1"/>
       <c r="R199" s="1" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="S199" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T199" s="1" t="s">
         <v>296</v>
       </c>
       <c r="U199" s="1" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="200" spans="1:21">
       <c r="A200" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="C200" s="1">
-        <v>6501</v>
+        <v>6500</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="E200" s="1"/>
+      <c r="E200" s="1" t="s">
+        <v>1127</v>
+      </c>
       <c r="F200" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G200" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="H200" s="1"/>
       <c r="I200" s="1"/>
       <c r="J200" s="1"/>
-      <c r="K200" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L200" s="1"/>
+      <c r="K200" s="1"/>
+      <c r="L200" s="1" t="s">
+        <v>1128</v>
+      </c>
       <c r="M200" s="1"/>
       <c r="N200" s="1"/>
-      <c r="O200" s="1"/>
-      <c r="P200" s="1"/>
+      <c r="O200" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="P200" s="1" t="s">
+        <v>1129</v>
+      </c>
       <c r="Q200" s="1"/>
       <c r="R200" s="1" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="S200" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T200" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U200" s="1" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="201" spans="1:21">
       <c r="A201" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="C201" s="1">
-        <v>6500</v>
+        <v>6501</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="E201" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E201" s="1"/>
       <c r="F201" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G201" s="1"/>
       <c r="H201" s="1"/>
       <c r="I201" s="1"/>
       <c r="J201" s="1"/>
-      <c r="K201" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K201" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="L201" s="1"/>
       <c r="M201" s="1"/>
       <c r="N201" s="1"/>
-      <c r="O201" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O201" s="1"/>
+      <c r="P201" s="1"/>
       <c r="Q201" s="1"/>
       <c r="R201" s="1" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="S201" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T201" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U201" s="1" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="202" spans="1:21">
       <c r="A202" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="C202" s="1">
         <v>6722</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>804</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="H202" s="1"/>
@@ -16147,51 +16142,51 @@
       </c>
       <c r="T203" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U203" s="1" t="s">
         <v>1146</v>
       </c>
     </row>
     <row r="204" spans="1:21">
       <c r="A204" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="C204" s="1">
         <v>2000</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="H204" s="1"/>
       <c r="I204" s="1"/>
       <c r="J204" s="1"/>
       <c r="K204" s="1"/>
       <c r="L204" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="M204" s="1"/>
       <c r="N204" s="1"/>
       <c r="O204" s="1"/>
       <c r="P204" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="Q204" s="1"/>
       <c r="R204" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="S204" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T204" s="1" t="s">
@@ -16289,51 +16284,51 @@
       </c>
       <c r="S206" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T206" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U206" s="1" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="207" spans="1:21">
       <c r="A207" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="C207" s="1">
         <v>9730</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G207" s="1">
         <v>32</v>
       </c>
       <c r="H207" s="1"/>
       <c r="I207" s="1" t="s">
         <v>268</v>
       </c>
       <c r="J207" s="1">
         <v>2</v>
       </c>
       <c r="K207" s="1"/>
       <c r="L207" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="M207" s="1"/>
       <c r="N207" s="1"/>
       <c r="O207" s="1"/>
       <c r="P207" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="Q207" s="1" t="s">
@@ -16418,51 +16413,51 @@
         <v>6</v>
       </c>
       <c r="H209" s="1"/>
       <c r="I209" s="1"/>
       <c r="J209" s="1"/>
       <c r="K209" s="1"/>
       <c r="L209" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
       <c r="O209" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="P209" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="Q209" s="1"/>
       <c r="R209" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="S209" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T209" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U209" s="1" t="s">
         <v>1174</v>
       </c>
     </row>
     <row r="210" spans="1:21">
       <c r="A210" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="C210" s="1">
         <v>3400</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G210" s="1">
@@ -16485,140 +16480,140 @@
       <c r="P210" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="Q210" s="1"/>
       <c r="R210" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="S210" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T210" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U210" s="1" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="211" spans="1:21">
       <c r="A211" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="C211" s="1">
-        <v>8800</v>
+        <v>8801</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="E211" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E211" s="1"/>
       <c r="F211" s="1" t="s">
-        <v>4</v>
-[...16 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G211" s="1"/>
+      <c r="H211" s="1"/>
+      <c r="I211" s="1"/>
+      <c r="J211" s="1"/>
+      <c r="K211" s="1">
+        <v>236</v>
+      </c>
+      <c r="L211" s="1"/>
       <c r="M211" s="1"/>
-      <c r="N211" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N211" s="1"/>
       <c r="O211" s="1"/>
-      <c r="P211" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P211" s="1"/>
       <c r="Q211" s="1"/>
       <c r="R211" s="1" t="s">
-        <v>1190</v>
+        <v>1186</v>
       </c>
       <c r="S211" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="T211" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U211" s="1" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="212" spans="1:21">
       <c r="A212" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="C212" s="1">
-        <v>8801</v>
+        <v>8800</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="E212" s="1"/>
+      <c r="E212" s="1" t="s">
+        <v>1188</v>
+      </c>
       <c r="F212" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-      <c r="L212" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H212" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="I212" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="J212" s="1">
+        <v>1</v>
+      </c>
+      <c r="K212" s="1"/>
+      <c r="L212" s="1" t="s">
+        <v>1189</v>
+      </c>
       <c r="M212" s="1"/>
-      <c r="N212" s="1"/>
+      <c r="N212" s="1" t="s">
+        <v>1190</v>
+      </c>
       <c r="O212" s="1"/>
-      <c r="P212" s="1"/>
+      <c r="P212" s="1" t="s">
+        <v>1191</v>
+      </c>
       <c r="Q212" s="1"/>
       <c r="R212" s="1" t="s">
-        <v>1190</v>
+        <v>1186</v>
       </c>
       <c r="S212" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="T212" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U212" s="1" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="213" spans="1:21">
       <c r="A213" s="1" t="s">
         <v>1192</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="C213" s="1">
         <v>2400</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>543</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>435</v>
       </c>
       <c r="G213" s="1">
         <v>27</v>
       </c>
       <c r="H213" s="1"/>
@@ -16891,756 +16886,760 @@
       </c>
       <c r="S218" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T218" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U218" s="1" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="219" spans="1:21">
       <c r="A219" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="C219" s="1">
         <v>2030</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>977</v>
+        <v>1227</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>75</v>
+        <v>677</v>
       </c>
       <c r="G219" s="1">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="H219" s="1"/>
-      <c r="I219" s="1"/>
-      <c r="J219" s="1"/>
+      <c r="I219" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="J219" s="1">
+        <v>12</v>
+      </c>
       <c r="K219" s="1"/>
       <c r="L219" s="1" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="M219" s="1"/>
       <c r="N219" s="1"/>
       <c r="O219" s="1"/>
       <c r="P219" s="1" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="Q219" s="1"/>
       <c r="R219" s="1" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="S219" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T219" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U219" s="1" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="220" spans="1:21">
       <c r="A220" s="1" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="C220" s="1">
         <v>1214</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="H220" s="1"/>
       <c r="I220" s="1" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J220" s="1" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="K220" s="1"/>
       <c r="L220" s="1"/>
       <c r="M220" s="1"/>
       <c r="N220" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="O220" s="1" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="P220" s="1" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="Q220" s="1" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="R220" s="1" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="S220" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T220" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U220" s="1" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="221" spans="1:21">
       <c r="A221" s="1" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="C221" s="1">
         <v>2170</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>126</v>
       </c>
       <c r="H221" s="1"/>
       <c r="I221" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J221" s="1">
         <v>3</v>
       </c>
       <c r="K221" s="1"/>
       <c r="L221" s="1"/>
       <c r="M221" s="1"/>
       <c r="N221" s="1"/>
       <c r="O221" s="1"/>
       <c r="P221" s="1"/>
       <c r="Q221" s="1"/>
       <c r="R221" s="1" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="S221" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T221" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U221" s="1" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="222" spans="1:21">
       <c r="A222" s="1" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="C222" s="1">
         <v>6200</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="E222" s="1"/>
       <c r="F222" s="1"/>
       <c r="G222" s="1"/>
       <c r="H222" s="1"/>
       <c r="I222" s="1"/>
       <c r="J222" s="1"/>
       <c r="K222" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="L222" s="1"/>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="S222" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T222" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U222" s="1" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="223" spans="1:21">
       <c r="A223" s="1" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="C223" s="1">
         <v>6200</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G223" s="1">
         <v>2</v>
       </c>
       <c r="H223" s="1"/>
       <c r="I223" s="1" t="s">
         <v>286</v>
       </c>
       <c r="J223" s="1">
         <v>3</v>
       </c>
       <c r="K223" s="1"/>
       <c r="L223" s="1" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="M223" s="1" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="Q223" s="1"/>
       <c r="R223" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="S223" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T223" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U223" s="1" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="224" spans="1:21">
       <c r="A224" s="1" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="C224" s="1">
         <v>7400</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>238</v>
       </c>
       <c r="E224" s="1" t="s">
         <v>694</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G224" s="1">
         <v>14</v>
       </c>
       <c r="H224" s="1"/>
       <c r="I224" s="1" t="s">
         <v>918</v>
       </c>
       <c r="J224" s="1">
         <v>1</v>
       </c>
       <c r="K224" s="1"/>
       <c r="L224" s="1" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="M224" s="1"/>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="Q224" s="1"/>
       <c r="R224" s="1" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="S224" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T224" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U224" s="1" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="225" spans="1:21">
       <c r="A225" s="1" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="C225" s="1">
-        <v>9001</v>
+        <v>9021</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="E225" s="1"/>
+      <c r="E225" s="1" t="s">
+        <v>704</v>
+      </c>
       <c r="F225" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G225" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G225" s="1">
+        <v>18</v>
+      </c>
       <c r="H225" s="1"/>
-      <c r="I225" s="1"/>
+      <c r="I225" s="1" t="s">
+        <v>268</v>
+      </c>
       <c r="J225" s="1"/>
-      <c r="K225" s="1">
-[...2 lines deleted...]
-      <c r="L225" s="1"/>
+      <c r="K225" s="1"/>
+      <c r="L225" s="1" t="s">
+        <v>1263</v>
+      </c>
       <c r="M225" s="1"/>
       <c r="N225" s="1"/>
-      <c r="O225" s="1"/>
-      <c r="P225" s="1"/>
+      <c r="O225" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="P225" s="1" t="s">
+        <v>1264</v>
+      </c>
       <c r="Q225" s="1"/>
       <c r="R225" s="1" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="S225" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T225" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U225" s="1" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="226" spans="1:21">
       <c r="A226" s="1" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="C226" s="1">
-        <v>9021</v>
+        <v>9001</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="E226" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E226" s="1"/>
       <c r="F226" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G226" s="1"/>
       <c r="H226" s="1"/>
-      <c r="I226" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I226" s="1"/>
       <c r="J226" s="1"/>
-      <c r="K226" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K226" s="1">
+        <v>1612</v>
+      </c>
+      <c r="L226" s="1"/>
       <c r="M226" s="1"/>
       <c r="N226" s="1"/>
-      <c r="O226" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O226" s="1"/>
+      <c r="P226" s="1"/>
       <c r="Q226" s="1"/>
       <c r="R226" s="1" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="S226" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T226" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U226" s="1" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="227" spans="1:21">
       <c r="A227" s="1" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C227" s="1">
         <v>3501</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>247</v>
       </c>
       <c r="E227" s="1"/>
       <c r="F227" s="1"/>
       <c r="G227" s="1"/>
       <c r="H227" s="1"/>
       <c r="I227" s="1"/>
       <c r="J227" s="1"/>
       <c r="K227" s="1" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="L227" s="1"/>
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
       <c r="Q227" s="1"/>
       <c r="R227" s="1" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="S227" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T227" s="1" t="s">
         <v>296</v>
       </c>
       <c r="U227" s="1" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="228" spans="1:21">
       <c r="A228" s="1" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C228" s="1">
         <v>3600</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>114</v>
       </c>
       <c r="H228" s="1"/>
       <c r="I228" s="1" t="s">
         <v>377</v>
       </c>
       <c r="J228" s="1" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="K228" s="1"/>
       <c r="L228" s="1" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="M228" s="1"/>
       <c r="N228" s="1"/>
       <c r="O228" s="1"/>
       <c r="P228" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="Q228" s="1"/>
       <c r="R228" s="1" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="S228" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T228" s="1" t="s">
         <v>296</v>
       </c>
       <c r="U228" s="1" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="229" spans="1:21">
       <c r="A229" s="1" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="C229" s="1">
         <v>3300</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>855</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G229" s="1">
         <v>1</v>
       </c>
       <c r="H229" s="1"/>
       <c r="I229" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J229" s="1"/>
       <c r="K229" s="1"/>
       <c r="L229" s="1" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="M229" s="1" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="Q229" s="1"/>
       <c r="R229" s="1" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="S229" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T229" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U229" s="1" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="230" spans="1:21">
       <c r="A230" s="1" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="C230" s="1">
         <v>3527</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>247</v>
       </c>
       <c r="E230" s="1" t="s">
         <v>704</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>877</v>
       </c>
       <c r="H230" s="1">
         <v>3</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="J230" s="1">
         <v>2</v>
       </c>
       <c r="K230" s="1"/>
       <c r="L230" s="1" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="M230" s="1"/>
       <c r="N230" s="1"/>
       <c r="O230" s="1" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="P230" s="1" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="Q230" s="1"/>
       <c r="R230" s="1" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="S230" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T230" s="1" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="U230" s="1" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="231" spans="1:21">
       <c r="A231" s="1" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="C231" s="1">
         <v>3525</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>247</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G231" s="1">
         <v>10</v>
       </c>
       <c r="H231" s="1"/>
       <c r="I231" s="1" t="s">
         <v>306</v>
       </c>
       <c r="J231" s="1">
         <v>4</v>
       </c>
       <c r="K231" s="1"/>
       <c r="L231" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="M231" s="1"/>
       <c r="N231" s="1" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="O231" s="1"/>
       <c r="P231" s="1" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="Q231" s="1"/>
       <c r="R231" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="S231" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T231" s="1" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="U231" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="232" spans="1:21">
       <c r="A232" s="1" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="C232" s="1">
         <v>3625</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="E232" s="1"/>
       <c r="F232" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G232" s="1"/>
       <c r="H232" s="1"/>
       <c r="I232" s="1"/>
       <c r="J232" s="1"/>
       <c r="K232" s="1">
         <v>426</v>
       </c>
       <c r="L232" s="1"/>
       <c r="M232" s="1"/>
       <c r="N232" s="1"/>
       <c r="O232" s="1"/>
       <c r="P232" s="1"/>
       <c r="Q232" s="1"/>
       <c r="R232" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="S232" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T232" s="1" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="U232" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="233" spans="1:21">
       <c r="A233" s="1" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C233" s="1">
         <v>8400</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>1304</v>
+        <v>1227</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G233" s="1">
         <v>11</v>
       </c>
       <c r="H233" s="1"/>
       <c r="I233" s="1"/>
       <c r="J233" s="1"/>
       <c r="K233" s="1"/>
       <c r="L233" s="1" t="s">
         <v>405</v>
       </c>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1" t="s">
         <v>1305</v>
       </c>
       <c r="Q233" s="1" t="s">
         <v>407</v>
       </c>
       <c r="R233" s="1" t="s">
         <v>408</v>
       </c>
       <c r="S233" s="1" t="s">
         <v>48</v>
@@ -17688,102 +17687,102 @@
       </c>
       <c r="T234" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U234" s="1" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="235" spans="1:21">
       <c r="A235" s="1" t="s">
         <v>1307</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>1308</v>
       </c>
       <c r="C235" s="1">
         <v>5100</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>577</v>
       </c>
       <c r="E235" s="1" t="s">
         <v>837</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G235" s="1">
         <v>38</v>
       </c>
       <c r="H235" s="1"/>
       <c r="I235" s="1"/>
       <c r="J235" s="1"/>
       <c r="K235" s="1"/>
       <c r="L235" s="1" t="s">
         <v>1312</v>
       </c>
       <c r="M235" s="1"/>
       <c r="N235" s="1"/>
       <c r="O235" s="1" t="s">
         <v>1313</v>
       </c>
       <c r="P235" s="1" t="s">
         <v>1314</v>
       </c>
       <c r="Q235" s="1"/>
       <c r="R235" s="1" t="s">
         <v>1310</v>
       </c>
       <c r="S235" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T235" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U235" s="1" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="236" spans="1:21">
       <c r="A236" s="1" t="s">
         <v>1315</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>1316</v>
       </c>
       <c r="C236" s="1">
         <v>7622</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>165</v>
       </c>
       <c r="E236" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G236" s="1">
         <v>1</v>
       </c>
       <c r="H236" s="1"/>
       <c r="I236" s="1"/>
       <c r="J236" s="1"/>
       <c r="K236" s="1"/>
       <c r="L236" s="1" t="s">
         <v>1318</v>
       </c>
       <c r="M236" s="1"/>
       <c r="N236" s="1"/>
       <c r="O236" s="1" t="s">
         <v>1318</v>
       </c>
       <c r="P236" s="1" t="s">
         <v>1319</v>
       </c>
       <c r="Q236" s="1"/>
       <c r="R236" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="S236" s="1" t="s">
         <v>48</v>
@@ -17883,51 +17882,51 @@
       </c>
       <c r="S238" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T238" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U238" s="1" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="239" spans="1:21">
       <c r="A239" s="1" t="s">
         <v>1331</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>1332</v>
       </c>
       <c r="C239" s="1">
         <v>5400</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>1333</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G239" s="1">
         <v>4</v>
       </c>
       <c r="H239" s="1"/>
       <c r="I239" s="1"/>
       <c r="J239" s="1"/>
       <c r="K239" s="1"/>
       <c r="L239" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="M239" s="1"/>
       <c r="N239" s="1"/>
       <c r="O239" s="1"/>
       <c r="P239" s="1" t="s">
         <v>1335</v>
       </c>
       <c r="Q239" s="1"/>
       <c r="R239" s="1" t="s">
         <v>1336</v>
       </c>
       <c r="S239" s="1" t="s">
@@ -18029,100 +18028,100 @@
       </c>
       <c r="T241" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U241" s="1" t="s">
         <v>1346</v>
       </c>
     </row>
     <row r="242" spans="1:21">
       <c r="A242" s="1" t="s">
         <v>1347</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>1348</v>
       </c>
       <c r="C242" s="1">
         <v>4100</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>1349</v>
       </c>
       <c r="E242" s="1" t="s">
         <v>1350</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G242" s="1">
         <v>8</v>
       </c>
       <c r="H242" s="1"/>
       <c r="I242" s="1"/>
       <c r="J242" s="1"/>
       <c r="K242" s="1"/>
       <c r="L242" s="1" t="s">
         <v>1351</v>
       </c>
       <c r="M242" s="1"/>
       <c r="N242" s="1"/>
       <c r="O242" s="1"/>
       <c r="P242" s="1" t="s">
         <v>1352</v>
       </c>
       <c r="Q242" s="1"/>
       <c r="R242" s="1" t="s">
         <v>1353</v>
       </c>
       <c r="S242" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T242" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U242" s="1" t="s">
         <v>1354</v>
       </c>
     </row>
     <row r="243" spans="1:21">
       <c r="A243" s="1" t="s">
         <v>1355</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>1356</v>
       </c>
       <c r="C243" s="1">
         <v>4400</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E243" s="1" t="s">
         <v>1357</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>1358</v>
       </c>
       <c r="H243" s="1"/>
       <c r="I243" s="1" t="s">
         <v>1359</v>
       </c>
       <c r="J243" s="1">
         <v>7</v>
       </c>
       <c r="K243" s="1"/>
       <c r="L243" s="1" t="s">
         <v>1360</v>
       </c>
       <c r="M243" s="1"/>
       <c r="N243" s="1"/>
       <c r="O243" s="1" t="s">
         <v>1360</v>
       </c>
       <c r="P243" s="1" t="s">
         <v>1361</v>
       </c>
       <c r="Q243" s="1"/>
       <c r="R243" s="1" t="s">
@@ -18290,51 +18289,51 @@
       </c>
       <c r="T246" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U246" s="1" t="s">
         <v>1383</v>
       </c>
     </row>
     <row r="247" spans="1:21">
       <c r="A247" s="1" t="s">
         <v>1384</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>1385</v>
       </c>
       <c r="C247" s="1">
         <v>2660</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>989</v>
       </c>
       <c r="E247" s="1" t="s">
         <v>1386</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>1387</v>
       </c>
       <c r="H247" s="1"/>
       <c r="I247" s="1"/>
       <c r="J247" s="1"/>
       <c r="K247" s="1"/>
       <c r="L247" s="1" t="s">
         <v>1388</v>
       </c>
       <c r="M247" s="1"/>
       <c r="N247" s="1"/>
       <c r="O247" s="1" t="s">
         <v>1389</v>
       </c>
       <c r="P247" s="1" t="s">
         <v>1390</v>
       </c>
       <c r="Q247" s="1"/>
       <c r="R247" s="1" t="s">
         <v>1391</v>
       </c>
       <c r="S247" s="1" t="s">
         <v>48</v>
@@ -18431,227 +18430,227 @@
         <v>1397</v>
       </c>
       <c r="S249" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T249" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U249" s="1" t="s">
         <v>1398</v>
       </c>
     </row>
     <row r="250" spans="1:21">
       <c r="A250" s="1" t="s">
         <v>1399</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>1400</v>
       </c>
       <c r="C250" s="1">
         <v>2040</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="E250" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G250" s="1" t="s">
+      <c r="E250" s="1"/>
+      <c r="F250" s="1"/>
+      <c r="G250" s="1"/>
+      <c r="H250" s="1"/>
+      <c r="I250" s="1"/>
+      <c r="J250" s="1"/>
+      <c r="K250" s="1" t="s">
         <v>1402</v>
       </c>
-      <c r="H250" s="1"/>
-[...9 lines deleted...]
-      </c>
+      <c r="L250" s="1"/>
       <c r="M250" s="1"/>
       <c r="N250" s="1"/>
-      <c r="O250" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O250" s="1"/>
+      <c r="P250" s="1"/>
       <c r="Q250" s="1"/>
       <c r="R250" s="1" t="s">
-        <v>1407</v>
+        <v>1403</v>
       </c>
       <c r="S250" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T250" s="1" t="s">
-        <v>33</v>
+        <v>139</v>
       </c>
       <c r="U250" s="1" t="s">
-        <v>1408</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="251" spans="1:21">
       <c r="A251" s="1" t="s">
         <v>1399</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>1400</v>
       </c>
       <c r="C251" s="1">
         <v>2040</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>1401</v>
       </c>
       <c r="E251" s="1"/>
       <c r="F251" s="1"/>
       <c r="G251" s="1"/>
       <c r="H251" s="1"/>
       <c r="I251" s="1"/>
       <c r="J251" s="1"/>
       <c r="K251" s="1" t="s">
-        <v>1409</v>
+        <v>1402</v>
       </c>
       <c r="L251" s="1"/>
       <c r="M251" s="1"/>
       <c r="N251" s="1"/>
       <c r="O251" s="1"/>
       <c r="P251" s="1"/>
       <c r="Q251" s="1"/>
       <c r="R251" s="1" t="s">
-        <v>1407</v>
+        <v>1403</v>
       </c>
       <c r="S251" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T251" s="1" t="s">
-        <v>136</v>
+        <v>33</v>
       </c>
       <c r="U251" s="1" t="s">
-        <v>1408</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="252" spans="1:21">
       <c r="A252" s="1" t="s">
         <v>1399</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>1400</v>
       </c>
       <c r="C252" s="1">
         <v>2040</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="E252" s="1"/>
-[...1 lines deleted...]
-      <c r="G252" s="1"/>
+      <c r="E252" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>1405</v>
+      </c>
       <c r="H252" s="1"/>
-      <c r="I252" s="1"/>
-[...4 lines deleted...]
-      <c r="L252" s="1"/>
+      <c r="I252" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="J252" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="K252" s="1"/>
+      <c r="L252" s="1" t="s">
+        <v>1407</v>
+      </c>
       <c r="M252" s="1"/>
       <c r="N252" s="1"/>
-      <c r="O252" s="1"/>
-      <c r="P252" s="1"/>
+      <c r="O252" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="P252" s="1" t="s">
+        <v>1409</v>
+      </c>
       <c r="Q252" s="1"/>
       <c r="R252" s="1" t="s">
-        <v>1407</v>
+        <v>1403</v>
       </c>
       <c r="S252" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T252" s="1" t="s">
-        <v>33</v>
+        <v>139</v>
       </c>
       <c r="U252" s="1" t="s">
-        <v>1408</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="253" spans="1:21">
       <c r="A253" s="1" t="s">
         <v>1399</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>1400</v>
       </c>
       <c r="C253" s="1">
         <v>2040</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>1401</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>1304</v>
+        <v>1227</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>1402</v>
+        <v>1405</v>
       </c>
       <c r="H253" s="1"/>
       <c r="I253" s="1" t="s">
         <v>570</v>
       </c>
       <c r="J253" s="1" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
       <c r="K253" s="1"/>
       <c r="L253" s="1" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
       <c r="M253" s="1"/>
       <c r="N253" s="1"/>
       <c r="O253" s="1" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="P253" s="1" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="Q253" s="1"/>
       <c r="R253" s="1" t="s">
-        <v>1407</v>
+        <v>1403</v>
       </c>
       <c r="S253" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T253" s="1" t="s">
-        <v>136</v>
+        <v>33</v>
       </c>
       <c r="U253" s="1" t="s">
-        <v>1408</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="254" spans="1:21">
       <c r="A254" s="1" t="s">
         <v>1410</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>1411</v>
       </c>
       <c r="C254" s="1">
         <v>5440</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>1412</v>
       </c>
       <c r="E254" s="1"/>
       <c r="F254" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G254" s="1"/>
       <c r="H254" s="1"/>
       <c r="I254" s="1"/>
       <c r="J254" s="1"/>
       <c r="K254" s="1">
         <v>25</v>
@@ -18670,51 +18669,51 @@
       </c>
       <c r="T254" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U254" s="1" t="s">
         <v>1414</v>
       </c>
     </row>
     <row r="255" spans="1:21">
       <c r="A255" s="1" t="s">
         <v>1410</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>1411</v>
       </c>
       <c r="C255" s="1">
         <v>5440</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>1412</v>
       </c>
       <c r="E255" s="1" t="s">
         <v>1415</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>1416</v>
       </c>
       <c r="H255" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="I255" s="1" t="s">
         <v>268</v>
       </c>
       <c r="J255" s="1">
         <v>3</v>
       </c>
       <c r="K255" s="1"/>
       <c r="L255" s="1" t="s">
         <v>1417</v>
       </c>
       <c r="M255" s="1"/>
       <c r="N255" s="1"/>
       <c r="O255" s="1"/>
       <c r="P255" s="1" t="s">
         <v>1418</v>
       </c>
       <c r="Q255" s="1"/>
       <c r="R255" s="1" t="s">
@@ -18735,51 +18734,51 @@
         <v>1419</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>1420</v>
       </c>
       <c r="C256" s="1">
         <v>1042</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E256" s="1" t="s">
         <v>1421</v>
       </c>
       <c r="F256" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>1422</v>
       </c>
       <c r="H256" s="1"/>
       <c r="I256" s="1" t="s">
         <v>186</v>
       </c>
       <c r="J256" s="1" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="K256" s="1"/>
       <c r="L256" s="1" t="s">
         <v>1423</v>
       </c>
       <c r="M256" s="1"/>
       <c r="N256" s="1"/>
       <c r="O256" s="1" t="s">
         <v>1424</v>
       </c>
       <c r="P256" s="1" t="s">
         <v>1425</v>
       </c>
       <c r="Q256" s="1"/>
       <c r="R256" s="1" t="s">
         <v>1426</v>
       </c>
       <c r="S256" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T256" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U256" s="1" t="s">
         <v>1427</v>
@@ -18929,153 +18928,153 @@
       </c>
       <c r="T259" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U259" s="1" t="s">
         <v>1440</v>
       </c>
     </row>
     <row r="260" spans="1:21">
       <c r="A260" s="1" t="s">
         <v>1444</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>1445</v>
       </c>
       <c r="C260" s="1">
         <v>1146</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E260" s="1" t="s">
         <v>1446</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G260" s="1">
         <v>167</v>
       </c>
       <c r="H260" s="1" t="s">
         <v>1447</v>
       </c>
       <c r="I260" s="1" t="s">
         <v>286</v>
       </c>
       <c r="J260" s="1">
         <v>7</v>
       </c>
       <c r="K260" s="1"/>
       <c r="L260" s="1" t="s">
         <v>1448</v>
       </c>
       <c r="M260" s="1"/>
       <c r="N260" s="1"/>
       <c r="O260" s="1"/>
       <c r="P260" s="1" t="s">
         <v>1449</v>
       </c>
       <c r="Q260" s="1"/>
       <c r="R260" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="S260" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T260" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U260" s="1" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="261" spans="1:21">
       <c r="A261" s="1" t="s">
         <v>1452</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>1453</v>
       </c>
       <c r="C261" s="1">
         <v>5700</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="E261" s="1" t="s">
         <v>239</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G261" s="1">
         <v>8</v>
       </c>
       <c r="H261" s="1"/>
       <c r="I261" s="1" t="s">
         <v>268</v>
       </c>
       <c r="J261" s="1">
         <v>1</v>
       </c>
       <c r="K261" s="1"/>
       <c r="L261" s="1" t="s">
         <v>1454</v>
       </c>
       <c r="M261" s="1"/>
       <c r="N261" s="1"/>
       <c r="O261" s="1" t="s">
         <v>1454</v>
       </c>
       <c r="P261" s="1"/>
       <c r="Q261" s="1"/>
       <c r="R261" s="1" t="s">
         <v>1455</v>
       </c>
       <c r="S261" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T261" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U261" s="1" t="s">
         <v>1456</v>
       </c>
     </row>
     <row r="262" spans="1:21">
       <c r="A262" s="1" t="s">
         <v>1452</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>1453</v>
       </c>
       <c r="C262" s="1">
         <v>5701</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="E262" s="1"/>
       <c r="F262" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G262" s="1"/>
       <c r="H262" s="1"/>
       <c r="I262" s="1"/>
       <c r="J262" s="1"/>
       <c r="K262" s="1">
         <v>145</v>
       </c>
       <c r="L262" s="1"/>
       <c r="M262" s="1"/>
       <c r="N262" s="1"/>
       <c r="O262" s="1"/>
       <c r="P262" s="1"/>
       <c r="Q262" s="1"/>
       <c r="R262" s="1" t="s">
         <v>1455</v>
       </c>
       <c r="S262" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T262" s="1" t="s">
@@ -19132,51 +19131,51 @@
       </c>
       <c r="U263" s="1" t="s">
         <v>1463</v>
       </c>
     </row>
     <row r="264" spans="1:21">
       <c r="A264" s="1" t="s">
         <v>1457</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="C264" s="1">
         <v>7700</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>1464</v>
       </c>
       <c r="E264" s="1"/>
       <c r="F264" s="1"/>
       <c r="G264" s="1"/>
       <c r="H264" s="1"/>
       <c r="I264" s="1"/>
       <c r="J264" s="1"/>
       <c r="K264" s="1" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="L264" s="1"/>
       <c r="M264" s="1"/>
       <c r="N264" s="1"/>
       <c r="O264" s="1"/>
       <c r="P264" s="1"/>
       <c r="Q264" s="1"/>
       <c r="R264" s="1" t="s">
         <v>1462</v>
       </c>
       <c r="S264" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T264" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U264" s="1" t="s">
         <v>1463</v>
       </c>
     </row>
     <row r="265" spans="1:21">
       <c r="A265" s="1" t="s">
         <v>1465</v>
       </c>
       <c r="B265" s="1" t="s">
@@ -19261,134 +19260,134 @@
       <c r="N266" s="1"/>
       <c r="O266" s="1"/>
       <c r="P266" s="1"/>
       <c r="Q266" s="1"/>
       <c r="R266" s="1" t="s">
         <v>1474</v>
       </c>
       <c r="S266" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T266" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U266" s="1" t="s">
         <v>1475</v>
       </c>
     </row>
     <row r="267" spans="1:21">
       <c r="A267" s="1" t="s">
         <v>1476</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>1477</v>
       </c>
       <c r="C267" s="1">
-        <v>1135</v>
+        <v>1390</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E267" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E267" s="1"/>
+      <c r="F267" s="1"/>
+      <c r="G267" s="1"/>
       <c r="H267" s="1"/>
-      <c r="I267" s="1" t="s">
-[...5 lines deleted...]
-      <c r="K267" s="1"/>
+      <c r="I267" s="1"/>
+      <c r="J267" s="1"/>
+      <c r="K267" s="1" t="s">
+        <v>1478</v>
+      </c>
       <c r="L267" s="1"/>
       <c r="M267" s="1"/>
-      <c r="N267" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N267" s="1"/>
       <c r="O267" s="1"/>
-      <c r="P267" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P267" s="1"/>
       <c r="Q267" s="1"/>
       <c r="R267" s="1" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
       <c r="S267" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T267" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U267" s="1" t="s">
-        <v>1481</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="268" spans="1:21">
       <c r="A268" s="1" t="s">
         <v>1476</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>1477</v>
       </c>
       <c r="C268" s="1">
-        <v>1390</v>
+        <v>1135</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E268" s="1"/>
-[...1 lines deleted...]
-      <c r="G268" s="1"/>
+      <c r="E268" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="F268" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G268" s="1">
+        <v>25</v>
+      </c>
       <c r="H268" s="1"/>
-      <c r="I268" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="I268" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="J268" s="1">
+        <v>2</v>
+      </c>
+      <c r="K268" s="1"/>
       <c r="L268" s="1"/>
       <c r="M268" s="1"/>
-      <c r="N268" s="1"/>
+      <c r="N268" s="1" t="s">
+        <v>1481</v>
+      </c>
       <c r="O268" s="1"/>
-      <c r="P268" s="1"/>
+      <c r="P268" s="1" t="s">
+        <v>1482</v>
+      </c>
       <c r="Q268" s="1"/>
       <c r="R268" s="1" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
       <c r="S268" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T268" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U268" s="1" t="s">
-        <v>1481</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="269" spans="1:21">
       <c r="A269" s="1" t="s">
         <v>1483</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>1484</v>
       </c>
       <c r="C269" s="1">
         <v>6801</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>1340</v>
       </c>
       <c r="E269" s="1"/>
       <c r="F269" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G269" s="1"/>
       <c r="H269" s="1"/>
       <c r="I269" s="1"/>
       <c r="J269" s="1"/>
       <c r="K269" s="1">
         <v>29</v>
@@ -19658,51 +19657,51 @@
       </c>
       <c r="T274" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U274" s="1" t="s">
         <v>1507</v>
       </c>
     </row>
     <row r="275" spans="1:21">
       <c r="A275" s="1" t="s">
         <v>1514</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>1515</v>
       </c>
       <c r="C275" s="1">
         <v>7622</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>165</v>
       </c>
       <c r="E275" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G275" s="1">
         <v>1</v>
       </c>
       <c r="H275" s="1"/>
       <c r="I275" s="1"/>
       <c r="J275" s="1"/>
       <c r="K275" s="1"/>
       <c r="L275" s="1" t="s">
         <v>1516</v>
       </c>
       <c r="M275" s="1"/>
       <c r="N275" s="1" t="s">
         <v>1517</v>
       </c>
       <c r="O275" s="1"/>
       <c r="P275" s="1" t="s">
         <v>1518</v>
       </c>
       <c r="Q275" s="1"/>
       <c r="R275" s="1" t="s">
         <v>1519</v>
       </c>
       <c r="S275" s="1" t="s">
         <v>48</v>
@@ -19749,992 +19748,990 @@
       </c>
       <c r="S276" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T276" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U276" s="1" t="s">
         <v>1520</v>
       </c>
     </row>
     <row r="277" spans="1:21">
       <c r="A277" s="1" t="s">
         <v>1521</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>1522</v>
       </c>
       <c r="C277" s="1">
         <v>2370</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>1523</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>422</v>
+        <v>1524</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>75</v>
-[...7 lines deleted...]
-      <c r="I277" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G277" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="J277" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H277" s="1"/>
+      <c r="I277" s="1"/>
+      <c r="J277" s="1"/>
       <c r="K277" s="1"/>
       <c r="L277" s="1" t="s">
-        <v>1527</v>
+        <v>1526</v>
       </c>
       <c r="M277" s="1"/>
       <c r="N277" s="1"/>
       <c r="O277" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="P277" s="1" t="s">
         <v>1528</v>
-      </c>
-[...1 lines deleted...]
-        <v>1529</v>
       </c>
       <c r="Q277" s="1"/>
       <c r="R277" s="1" t="s">
-        <v>1530</v>
+        <v>1529</v>
       </c>
       <c r="S277" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T277" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U277" s="1" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="278" spans="1:21">
       <c r="A278" s="1" t="s">
         <v>1521</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>1522</v>
       </c>
       <c r="C278" s="1">
         <v>2371</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>1523</v>
       </c>
       <c r="E278" s="1"/>
       <c r="F278" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G278" s="1"/>
       <c r="H278" s="1"/>
       <c r="I278" s="1"/>
       <c r="J278" s="1"/>
       <c r="K278" s="1">
         <v>3</v>
       </c>
       <c r="L278" s="1"/>
       <c r="M278" s="1"/>
       <c r="N278" s="1"/>
       <c r="O278" s="1"/>
       <c r="P278" s="1"/>
       <c r="Q278" s="1"/>
       <c r="R278" s="1" t="s">
-        <v>1530</v>
+        <v>1529</v>
       </c>
       <c r="S278" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T278" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U278" s="1" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="279" spans="1:21">
       <c r="A279" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B279" s="1" t="s">
         <v>1532</v>
-      </c>
-[...1 lines deleted...]
-        <v>1533</v>
       </c>
       <c r="C279" s="1">
         <v>2800</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>1534</v>
+        <v>1533</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G279" s="1">
         <v>28</v>
       </c>
       <c r="H279" s="1"/>
       <c r="I279" s="1"/>
       <c r="J279" s="1"/>
       <c r="K279" s="1"/>
       <c r="L279" s="1" t="s">
         <v>848</v>
       </c>
       <c r="M279" s="1" t="s">
         <v>847</v>
       </c>
       <c r="N279" s="1"/>
       <c r="O279" s="1" t="s">
         <v>849</v>
       </c>
       <c r="P279" s="1" t="s">
-        <v>1535</v>
+        <v>1534</v>
       </c>
       <c r="Q279" s="1"/>
       <c r="R279" s="1" t="s">
-        <v>1536</v>
+        <v>1535</v>
       </c>
       <c r="S279" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T279" s="1" t="s">
         <v>296</v>
       </c>
       <c r="U279" s="1" t="s">
-        <v>1537</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="280" spans="1:21">
       <c r="A280" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B280" s="1" t="s">
         <v>1538</v>
-      </c>
-[...1 lines deleted...]
-        <v>1539</v>
       </c>
       <c r="C280" s="1">
         <v>3062</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>1540</v>
+        <v>1539</v>
       </c>
       <c r="E280" s="1"/>
       <c r="F280" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G280" s="1"/>
       <c r="H280" s="1"/>
       <c r="I280" s="1"/>
       <c r="J280" s="1"/>
       <c r="K280" s="1">
         <v>1</v>
       </c>
       <c r="L280" s="1"/>
       <c r="M280" s="1"/>
       <c r="N280" s="1"/>
       <c r="O280" s="1"/>
       <c r="P280" s="1"/>
       <c r="Q280" s="1"/>
       <c r="R280" s="1" t="s">
-        <v>1541</v>
+        <v>1540</v>
       </c>
       <c r="S280" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T280" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U280" s="1" t="s">
-        <v>1542</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="281" spans="1:21">
       <c r="A281" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B281" s="1" t="s">
         <v>1538</v>
-      </c>
-[...1 lines deleted...]
-        <v>1539</v>
       </c>
       <c r="C281" s="1">
         <v>3060</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>1540</v>
+        <v>1539</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>1543</v>
+        <v>1542</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G281" s="1">
         <v>15</v>
       </c>
       <c r="H281" s="1"/>
       <c r="I281" s="1"/>
       <c r="J281" s="1"/>
       <c r="K281" s="1"/>
       <c r="L281" s="1" t="s">
-        <v>1544</v>
+        <v>1543</v>
       </c>
       <c r="M281" s="1"/>
       <c r="N281" s="1"/>
       <c r="O281" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="P281" s="1" t="s">
         <v>1544</v>
-      </c>
-[...1 lines deleted...]
-        <v>1545</v>
       </c>
       <c r="Q281" s="1"/>
       <c r="R281" s="1" t="s">
-        <v>1541</v>
+        <v>1540</v>
       </c>
       <c r="S281" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T281" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U281" s="1" t="s">
-        <v>1542</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="282" spans="1:21">
       <c r="A282" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B282" s="1" t="s">
         <v>1546</v>
-      </c>
-[...1 lines deleted...]
-        <v>1547</v>
       </c>
       <c r="C282" s="1">
         <v>6000</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>1493</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>1548</v>
+        <v>1547</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G282" s="1">
         <v>35</v>
       </c>
       <c r="H282" s="1"/>
       <c r="I282" s="1"/>
       <c r="J282" s="1"/>
       <c r="K282" s="1"/>
       <c r="L282" s="1" t="s">
-        <v>1549</v>
+        <v>1548</v>
       </c>
       <c r="M282" s="1"/>
       <c r="N282" s="1" t="s">
-        <v>1550</v>
+        <v>1549</v>
       </c>
       <c r="O282" s="1"/>
       <c r="P282" s="1" t="s">
-        <v>1551</v>
+        <v>1550</v>
       </c>
       <c r="Q282" s="1"/>
       <c r="R282" s="1" t="s">
-        <v>1552</v>
+        <v>1551</v>
       </c>
       <c r="S282" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T282" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U282" s="1" t="s">
-        <v>1553</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="283" spans="1:21">
       <c r="A283" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B283" s="1" t="s">
         <v>1546</v>
-      </c>
-[...1 lines deleted...]
-        <v>1547</v>
       </c>
       <c r="C283" s="1">
         <v>6001</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>1493</v>
       </c>
       <c r="E283" s="1"/>
       <c r="F283" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G283" s="1"/>
       <c r="H283" s="1"/>
       <c r="I283" s="1"/>
       <c r="J283" s="1"/>
       <c r="K283" s="1">
         <v>568</v>
       </c>
       <c r="L283" s="1"/>
       <c r="M283" s="1"/>
       <c r="N283" s="1"/>
       <c r="O283" s="1"/>
       <c r="P283" s="1"/>
       <c r="Q283" s="1"/>
       <c r="R283" s="1" t="s">
-        <v>1552</v>
+        <v>1551</v>
       </c>
       <c r="S283" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T283" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U283" s="1" t="s">
-        <v>1553</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="284" spans="1:21">
       <c r="A284" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B284" s="1" t="s">
         <v>1554</v>
-      </c>
-[...1 lines deleted...]
-        <v>1555</v>
       </c>
       <c r="C284" s="1">
         <v>2500</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>1556</v>
+        <v>1555</v>
       </c>
       <c r="E284" s="1" t="s">
         <v>422</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G284" s="1" t="s">
         <v>874</v>
       </c>
       <c r="H284" s="1"/>
       <c r="I284" s="1"/>
       <c r="J284" s="1"/>
       <c r="K284" s="1"/>
       <c r="L284" s="1" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
       <c r="M284" s="1"/>
       <c r="N284" s="1"/>
       <c r="O284" s="1"/>
       <c r="P284" s="1" t="s">
-        <v>1558</v>
+        <v>1557</v>
       </c>
       <c r="Q284" s="1"/>
       <c r="R284" s="1" t="s">
-        <v>1559</v>
+        <v>1558</v>
       </c>
       <c r="S284" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T284" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U284" s="1" t="s">
-        <v>1560</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="285" spans="1:21">
       <c r="A285" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B285" s="1" t="s">
         <v>1554</v>
-      </c>
-[...1 lines deleted...]
-        <v>1555</v>
       </c>
       <c r="C285" s="1">
         <v>2501</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>1556</v>
+        <v>1555</v>
       </c>
       <c r="E285" s="1"/>
       <c r="F285" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G285" s="1"/>
       <c r="H285" s="1"/>
       <c r="I285" s="1"/>
       <c r="J285" s="1"/>
       <c r="K285" s="1">
         <v>110</v>
       </c>
       <c r="L285" s="1"/>
       <c r="M285" s="1"/>
       <c r="N285" s="1"/>
       <c r="O285" s="1"/>
       <c r="P285" s="1"/>
       <c r="Q285" s="1"/>
       <c r="R285" s="1" t="s">
-        <v>1559</v>
+        <v>1558</v>
       </c>
       <c r="S285" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T285" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U285" s="1" t="s">
-        <v>1560</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="286" spans="1:21">
       <c r="A286" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B286" s="1" t="s">
         <v>1561</v>
-      </c>
-[...1 lines deleted...]
-        <v>1562</v>
       </c>
       <c r="C286" s="1">
         <v>1146</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>1563</v>
+        <v>1562</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G286" s="1">
         <v>174</v>
       </c>
       <c r="H286" s="1"/>
       <c r="I286" s="1"/>
       <c r="J286" s="1"/>
       <c r="K286" s="1"/>
       <c r="L286" s="1" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="M286" s="1"/>
       <c r="N286" s="1"/>
       <c r="O286" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="P286" s="1" t="s">
         <v>1565</v>
-      </c>
-[...1 lines deleted...]
-        <v>1566</v>
       </c>
       <c r="Q286" s="1"/>
       <c r="R286" s="1" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
       <c r="S286" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T286" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U286" s="1" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="287" spans="1:21">
       <c r="A287" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B287" s="1" t="s">
         <v>1561</v>
-      </c>
-[...1 lines deleted...]
-        <v>1562</v>
       </c>
       <c r="C287" s="1">
         <v>1385</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E287" s="1"/>
       <c r="F287" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G287" s="1"/>
       <c r="H287" s="1"/>
       <c r="I287" s="1"/>
       <c r="J287" s="1"/>
       <c r="K287" s="1">
         <v>895</v>
       </c>
       <c r="L287" s="1"/>
       <c r="M287" s="1"/>
       <c r="N287" s="1"/>
       <c r="O287" s="1"/>
       <c r="P287" s="1"/>
       <c r="Q287" s="1"/>
       <c r="R287" s="1" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
       <c r="S287" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T287" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U287" s="1" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="288" spans="1:21">
       <c r="A288" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B288" s="1" t="s">
         <v>1569</v>
-      </c>
-[...1 lines deleted...]
-        <v>1570</v>
       </c>
       <c r="C288" s="1">
         <v>9600</v>
       </c>
       <c r="D288" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="E288" s="1" t="s">
         <v>1571</v>
-      </c>
-[...1 lines deleted...]
-        <v>1572</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G288" s="1">
         <v>28</v>
       </c>
       <c r="H288" s="1"/>
       <c r="I288" s="1"/>
       <c r="J288" s="1"/>
       <c r="K288" s="1"/>
       <c r="L288" s="1" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="M288" s="1"/>
       <c r="N288" s="1"/>
       <c r="O288" s="1"/>
       <c r="P288" s="1" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="Q288" s="1"/>
       <c r="R288" s="1" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="S288" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T288" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U288" s="1" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="289" spans="1:21">
       <c r="A289" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B289" s="1" t="s">
         <v>1569</v>
-      </c>
-[...1 lines deleted...]
-        <v>1570</v>
       </c>
       <c r="C289" s="1">
         <v>9600</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>1571</v>
+        <v>1570</v>
       </c>
       <c r="E289" s="1"/>
       <c r="F289" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G289" s="1"/>
       <c r="H289" s="1"/>
       <c r="I289" s="1"/>
       <c r="J289" s="1"/>
       <c r="K289" s="1">
         <v>29</v>
       </c>
       <c r="L289" s="1"/>
       <c r="M289" s="1"/>
       <c r="N289" s="1"/>
       <c r="O289" s="1"/>
       <c r="P289" s="1"/>
       <c r="Q289" s="1"/>
       <c r="R289" s="1" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="S289" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T289" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U289" s="1" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="290" spans="1:21">
       <c r="A290" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B290" s="1" t="s">
         <v>1577</v>
-      </c>
-[...1 lines deleted...]
-        <v>1578</v>
       </c>
       <c r="C290" s="1">
         <v>8640</v>
       </c>
       <c r="D290" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="E290" s="1" t="s">
         <v>1579</v>
-      </c>
-[...1 lines deleted...]
-        <v>1580</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G290" s="1" t="s">
         <v>126</v>
       </c>
       <c r="H290" s="1"/>
       <c r="I290" s="1" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="J290" s="1">
         <v>2</v>
       </c>
       <c r="K290" s="1"/>
       <c r="L290" s="1"/>
       <c r="M290" s="1"/>
       <c r="N290" s="1" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="O290" s="1"/>
       <c r="P290" s="1" t="s">
-        <v>1583</v>
+        <v>1582</v>
       </c>
       <c r="Q290" s="1"/>
       <c r="R290" s="1" t="s">
-        <v>1584</v>
+        <v>1583</v>
       </c>
       <c r="S290" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T290" s="1" t="s">
         <v>296</v>
       </c>
       <c r="U290" s="1" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="291" spans="1:21">
       <c r="A291" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B291" s="1" t="s">
         <v>1586</v>
-      </c>
-[...1 lines deleted...]
-        <v>1587</v>
       </c>
       <c r="C291" s="1">
         <v>6500</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="H291" s="1"/>
       <c r="I291" s="1" t="s">
         <v>570</v>
       </c>
       <c r="J291" s="1">
         <v>3</v>
       </c>
       <c r="K291" s="1"/>
       <c r="L291" s="1" t="s">
-        <v>1590</v>
+        <v>1589</v>
       </c>
       <c r="M291" s="1"/>
       <c r="N291" s="1"/>
       <c r="O291" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="P291" s="1" t="s">
         <v>1591</v>
       </c>
-      <c r="P291" s="1" t="s">
+      <c r="Q291" s="1" t="s">
         <v>1592</v>
       </c>
-      <c r="Q291" s="1" t="s">
+      <c r="R291" s="1" t="s">
         <v>1593</v>
-      </c>
-[...1 lines deleted...]
-        <v>1594</v>
       </c>
       <c r="S291" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T291" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U291" s="1" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="292" spans="1:21">
       <c r="A292" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B292" s="1" t="s">
         <v>1586</v>
-      </c>
-[...1 lines deleted...]
-        <v>1587</v>
       </c>
       <c r="C292" s="1">
         <v>6501</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="E292" s="1"/>
       <c r="F292" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G292" s="1"/>
       <c r="H292" s="1"/>
       <c r="I292" s="1"/>
       <c r="J292" s="1"/>
       <c r="K292" s="1">
         <v>94</v>
       </c>
       <c r="L292" s="1"/>
       <c r="M292" s="1"/>
       <c r="N292" s="1"/>
       <c r="O292" s="1"/>
       <c r="P292" s="1"/>
       <c r="Q292" s="1"/>
       <c r="R292" s="1" t="s">
-        <v>1594</v>
+        <v>1593</v>
       </c>
       <c r="S292" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T292" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U292" s="1" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="293" spans="1:21">
       <c r="A293" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B293" s="1" t="s">
         <v>1596</v>
-      </c>
-[...1 lines deleted...]
-        <v>1597</v>
       </c>
       <c r="C293" s="1">
         <v>1462</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E293" s="1"/>
       <c r="F293" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G293" s="1"/>
       <c r="H293" s="1"/>
       <c r="I293" s="1"/>
       <c r="J293" s="1"/>
       <c r="K293" s="1">
         <v>500</v>
       </c>
       <c r="L293" s="1"/>
       <c r="M293" s="1"/>
       <c r="N293" s="1"/>
       <c r="O293" s="1"/>
       <c r="P293" s="1"/>
       <c r="Q293" s="1"/>
       <c r="R293" s="1" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="S293" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T293" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U293" s="1" t="s">
-        <v>1599</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="294" spans="1:21">
       <c r="A294" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B294" s="1" t="s">
         <v>1596</v>
-      </c>
-[...1 lines deleted...]
-        <v>1597</v>
       </c>
       <c r="C294" s="1">
         <v>1093</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>1600</v>
+        <v>1599</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G294" s="1">
         <v>17</v>
       </c>
       <c r="H294" s="1"/>
       <c r="I294" s="1" t="s">
         <v>472</v>
       </c>
       <c r="J294" s="1">
         <v>4</v>
       </c>
       <c r="K294" s="1"/>
       <c r="L294" s="1" t="s">
-        <v>1601</v>
+        <v>1600</v>
       </c>
       <c r="M294" s="1"/>
       <c r="N294" s="1"/>
       <c r="O294" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="P294" s="1" t="s">
         <v>1602</v>
       </c>
-      <c r="P294" s="1" t="s">
+      <c r="Q294" s="1" t="s">
         <v>1603</v>
       </c>
-      <c r="Q294" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R294" s="1" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="S294" s="1" t="s">
         <v>57</v>
       </c>
       <c r="T294" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U294" s="1" t="s">
-        <v>1599</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="295" spans="1:21">
       <c r="A295" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B295" s="1" t="s">
         <v>1605</v>
-      </c>
-[...1 lines deleted...]
-        <v>1606</v>
       </c>
       <c r="C295" s="1">
         <v>8000</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>283</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>1607</v>
+        <v>1606</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G295" s="1">
         <v>25</v>
       </c>
       <c r="H295" s="1"/>
       <c r="I295" s="1" t="s">
-        <v>1608</v>
+        <v>1607</v>
       </c>
       <c r="J295" s="1"/>
       <c r="K295" s="1"/>
       <c r="L295" s="1" t="s">
-        <v>1609</v>
+        <v>1608</v>
       </c>
       <c r="M295" s="1"/>
       <c r="N295" s="1" t="s">
-        <v>1610</v>
+        <v>1609</v>
       </c>
       <c r="O295" s="1"/>
       <c r="P295" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="Q295" s="1"/>
+      <c r="R295" s="1" t="s">
         <v>1611</v>
       </c>
-      <c r="Q295" s="1"/>
-      <c r="R295" s="1"/>
       <c r="S295" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T295" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U295" s="1" t="s">
         <v>1612</v>
       </c>
     </row>
     <row r="296" spans="1:21">
       <c r="A296" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B296" s="1" t="s">
         <v>1605</v>
-      </c>
-[...1 lines deleted...]
-        <v>1606</v>
       </c>
       <c r="C296" s="1">
         <v>5400</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>1333</v>
       </c>
       <c r="E296" s="1" t="s">
         <v>394</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G296" s="1">
         <v>4</v>
       </c>
       <c r="H296" s="1"/>
       <c r="I296" s="1"/>
       <c r="J296" s="1"/>
       <c r="K296" s="1"/>
       <c r="L296" s="1"/>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
       <c r="O296" s="1"/>
       <c r="P296" s="1"/>
       <c r="Q296" s="1"/>
-      <c r="R296" s="1"/>
+      <c r="R296" s="1" t="s">
+        <v>1611</v>
+      </c>
       <c r="S296" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T296" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U296" s="1" t="s">
         <v>1612</v>
       </c>
     </row>
     <row r="297" spans="1:21">
       <c r="A297" s="1" t="s">
         <v>1613</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>1614</v>
       </c>
       <c r="C297" s="1">
         <v>1026</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E297" s="1" t="s">
         <v>1615</v>
@@ -20857,101 +20854,101 @@
       </c>
       <c r="T299" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U299" s="1" t="s">
         <v>1625</v>
       </c>
     </row>
     <row r="300" spans="1:21">
       <c r="A300" s="1" t="s">
         <v>1622</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>1623</v>
       </c>
       <c r="C300" s="1">
         <v>1135</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E300" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G300" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="H300" s="1"/>
       <c r="I300" s="1"/>
       <c r="J300" s="1">
         <v>305</v>
       </c>
       <c r="K300" s="1"/>
       <c r="L300" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="M300" s="1"/>
       <c r="N300" s="1"/>
       <c r="O300" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="P300" s="1" t="s">
         <v>1626</v>
       </c>
       <c r="Q300" s="1"/>
       <c r="R300" s="1" t="s">
         <v>1624</v>
       </c>
       <c r="S300" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T300" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U300" s="1" t="s">
         <v>1625</v>
       </c>
     </row>
     <row r="301" spans="1:21">
       <c r="A301" s="1" t="s">
         <v>1627</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>1628</v>
       </c>
       <c r="C301" s="1">
         <v>1015</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G301" s="1" t="s">
         <v>1629</v>
       </c>
       <c r="H301" s="1"/>
       <c r="I301" s="1" t="s">
         <v>1630</v>
       </c>
       <c r="J301" s="1">
         <v>1</v>
       </c>
       <c r="K301" s="1"/>
       <c r="L301" s="1" t="s">
         <v>1631</v>
       </c>
       <c r="M301" s="1"/>
       <c r="N301" s="1"/>
       <c r="O301" s="1" t="s">
         <v>1632</v>
       </c>
       <c r="P301" s="1" t="s">
         <v>1633</v>
@@ -21246,2531 +21243,2529 @@
       </c>
       <c r="S307" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T307" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U307" s="1" t="s">
         <v>1661</v>
       </c>
     </row>
     <row r="308" spans="1:21">
       <c r="A308" s="1" t="s">
         <v>1658</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>1659</v>
       </c>
       <c r="C308" s="1">
         <v>4300</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>552</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>1304</v>
+        <v>1227</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G308" s="1">
         <v>21</v>
       </c>
       <c r="H308" s="1"/>
       <c r="I308" s="1"/>
       <c r="J308" s="1"/>
       <c r="K308" s="1"/>
       <c r="L308" s="1" t="s">
         <v>1662</v>
       </c>
       <c r="M308" s="1"/>
       <c r="N308" s="1"/>
       <c r="O308" s="1"/>
       <c r="P308" s="1" t="s">
         <v>1663</v>
       </c>
       <c r="Q308" s="1" t="s">
         <v>1664</v>
       </c>
       <c r="R308" s="1" t="s">
         <v>1660</v>
       </c>
       <c r="S308" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T308" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U308" s="1" t="s">
         <v>1661</v>
       </c>
     </row>
     <row r="309" spans="1:21">
       <c r="A309" s="1" t="s">
         <v>1665</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>1666</v>
       </c>
       <c r="C309" s="1">
-        <v>7601</v>
+        <v>7623</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="E309" s="1"/>
-[...1 lines deleted...]
-      <c r="G309" s="1"/>
+      <c r="E309" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G309" s="1">
+        <v>12</v>
+      </c>
       <c r="H309" s="1"/>
       <c r="I309" s="1"/>
       <c r="J309" s="1"/>
-      <c r="K309" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K309" s="1"/>
       <c r="L309" s="1"/>
       <c r="M309" s="1"/>
       <c r="N309" s="1"/>
-      <c r="O309" s="1"/>
-      <c r="P309" s="1"/>
+      <c r="O309" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="P309" s="1" t="s">
+        <v>1668</v>
+      </c>
       <c r="Q309" s="1"/>
       <c r="R309" s="1" t="s">
-        <v>1668</v>
+        <v>170</v>
       </c>
       <c r="S309" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="T309" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U309" s="1" t="s">
         <v>1669</v>
       </c>
     </row>
     <row r="310" spans="1:21">
       <c r="A310" s="1" t="s">
         <v>1665</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>1666</v>
       </c>
       <c r="C310" s="1">
-        <v>7623</v>
+        <v>7601</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="E310" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E310" s="1"/>
+      <c r="F310" s="1"/>
+      <c r="G310" s="1"/>
       <c r="H310" s="1"/>
       <c r="I310" s="1"/>
       <c r="J310" s="1"/>
-      <c r="K310" s="1"/>
-      <c r="L310" s="1" t="s">
+      <c r="K310" s="1" t="s">
         <v>1670</v>
       </c>
+      <c r="L310" s="1"/>
       <c r="M310" s="1"/>
       <c r="N310" s="1"/>
-      <c r="O310" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O310" s="1"/>
+      <c r="P310" s="1"/>
       <c r="Q310" s="1"/>
       <c r="R310" s="1" t="s">
-        <v>1668</v>
+        <v>170</v>
       </c>
       <c r="S310" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="T310" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U310" s="1" t="s">
         <v>1669</v>
       </c>
     </row>
     <row r="311" spans="1:21">
       <c r="A311" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B311" s="1" t="s">
         <v>1672</v>
-      </c>
-[...1 lines deleted...]
-        <v>1673</v>
       </c>
       <c r="C311" s="1">
         <v>7800</v>
       </c>
       <c r="D311" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="E311" s="1" t="s">
         <v>1674</v>
       </c>
-      <c r="E311" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F311" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G311" s="1">
         <v>13</v>
       </c>
       <c r="H311" s="1"/>
       <c r="I311" s="1"/>
       <c r="J311" s="1"/>
       <c r="K311" s="1"/>
       <c r="L311" s="1" t="s">
-        <v>1676</v>
+        <v>1675</v>
       </c>
       <c r="M311" s="1"/>
       <c r="N311" s="1"/>
       <c r="O311" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="P311" s="1" t="s">
         <v>1677</v>
-      </c>
-[...1 lines deleted...]
-        <v>1678</v>
       </c>
       <c r="Q311" s="1"/>
       <c r="R311" s="1" t="s">
-        <v>1679</v>
+        <v>1678</v>
       </c>
       <c r="S311" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T311" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="U311" s="1" t="s">
-        <v>1680</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="312" spans="1:21">
       <c r="A312" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B312" s="1" t="s">
         <v>1681</v>
-      </c>
-[...1 lines deleted...]
-        <v>1682</v>
       </c>
       <c r="C312" s="1">
         <v>6640</v>
       </c>
       <c r="D312" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E312" s="1" t="s">
         <v>1683</v>
-      </c>
-[...1 lines deleted...]
-        <v>1684</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G312" s="1">
         <v>9</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="I312" s="1"/>
       <c r="J312" s="1"/>
       <c r="K312" s="1"/>
       <c r="L312" s="1" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="M312" s="1"/>
       <c r="N312" s="1"/>
       <c r="O312" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="P312" s="1" t="s">
         <v>1686</v>
       </c>
-      <c r="P312" s="1" t="s">
+      <c r="Q312" s="1" t="s">
         <v>1687</v>
       </c>
-      <c r="Q312" s="1" t="s">
+      <c r="R312" s="1" t="s">
         <v>1688</v>
-      </c>
-[...1 lines deleted...]
-        <v>1689</v>
       </c>
       <c r="S312" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T312" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U312" s="1" t="s">
-        <v>1690</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="313" spans="1:21">
       <c r="A313" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B313" s="1" t="s">
         <v>1681</v>
-      </c>
-[...1 lines deleted...]
-        <v>1682</v>
       </c>
       <c r="C313" s="1">
         <v>6640</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>1691</v>
+        <v>1690</v>
       </c>
       <c r="E313" s="1"/>
       <c r="F313" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G313" s="1"/>
       <c r="H313" s="1"/>
       <c r="I313" s="1"/>
       <c r="J313" s="1"/>
       <c r="K313" s="1">
         <v>37</v>
       </c>
       <c r="L313" s="1"/>
       <c r="M313" s="1"/>
       <c r="N313" s="1"/>
       <c r="O313" s="1"/>
       <c r="P313" s="1"/>
       <c r="Q313" s="1"/>
       <c r="R313" s="1" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
       <c r="S313" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T313" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U313" s="1" t="s">
-        <v>1690</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="314" spans="1:21">
       <c r="A314" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B314" s="1" t="s">
         <v>1692</v>
-      </c>
-[...1 lines deleted...]
-        <v>1693</v>
       </c>
       <c r="C314" s="1">
         <v>5521</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>1694</v>
+        <v>1693</v>
       </c>
       <c r="E314" s="1"/>
       <c r="F314" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G314" s="1"/>
       <c r="H314" s="1"/>
       <c r="I314" s="1"/>
       <c r="J314" s="1"/>
       <c r="K314" s="1">
         <v>13</v>
       </c>
       <c r="L314" s="1"/>
       <c r="M314" s="1"/>
       <c r="N314" s="1"/>
       <c r="O314" s="1"/>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="S314" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T314" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U314" s="1" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="315" spans="1:21">
       <c r="A315" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B315" s="1" t="s">
         <v>1692</v>
-      </c>
-[...1 lines deleted...]
-        <v>1693</v>
       </c>
       <c r="C315" s="1">
         <v>5520</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>1694</v>
+        <v>1693</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G315" s="1">
         <v>34</v>
       </c>
       <c r="H315" s="1"/>
       <c r="I315" s="1"/>
       <c r="J315" s="1"/>
       <c r="K315" s="1"/>
       <c r="L315" s="1" t="s">
-        <v>1698</v>
+        <v>1697</v>
       </c>
       <c r="M315" s="1"/>
       <c r="N315" s="1"/>
       <c r="O315" s="1"/>
       <c r="P315" s="1" t="s">
-        <v>1699</v>
+        <v>1698</v>
       </c>
       <c r="Q315" s="1"/>
       <c r="R315" s="1" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="S315" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T315" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U315" s="1" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="316" spans="1:21">
       <c r="A316" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B316" s="1" t="s">
         <v>1700</v>
-      </c>
-[...1 lines deleted...]
-        <v>1701</v>
       </c>
       <c r="C316" s="1">
         <v>3700</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>1702</v>
+        <v>1701</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G316" s="1">
         <v>8</v>
       </c>
       <c r="H316" s="1"/>
       <c r="I316" s="1" t="s">
-        <v>1703</v>
+        <v>1702</v>
       </c>
       <c r="J316" s="1">
         <v>4</v>
       </c>
       <c r="K316" s="1"/>
       <c r="L316" s="1" t="s">
-        <v>1704</v>
+        <v>1703</v>
       </c>
       <c r="M316" s="1"/>
       <c r="N316" s="1"/>
       <c r="O316" s="1" t="s">
+        <v>1704</v>
+      </c>
+      <c r="P316" s="1" t="s">
         <v>1705</v>
-      </c>
-[...1 lines deleted...]
-        <v>1706</v>
       </c>
       <c r="Q316" s="1"/>
       <c r="R316" s="1" t="s">
-        <v>1707</v>
+        <v>1706</v>
       </c>
       <c r="S316" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T316" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U316" s="1" t="s">
-        <v>1708</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="317" spans="1:21">
       <c r="A317" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B317" s="1" t="s">
         <v>1709</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
       <c r="C317" s="1">
         <v>2200</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>1505</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>1711</v>
+        <v>1710</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="H317" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I317" s="1"/>
       <c r="J317" s="1"/>
       <c r="K317" s="1"/>
       <c r="L317" s="1" t="s">
-        <v>1712</v>
+        <v>1711</v>
       </c>
       <c r="M317" s="1"/>
       <c r="N317" s="1"/>
       <c r="O317" s="1"/>
       <c r="P317" s="1" t="s">
-        <v>1713</v>
+        <v>1712</v>
       </c>
       <c r="Q317" s="1"/>
       <c r="R317" s="1" t="s">
-        <v>1714</v>
+        <v>1713</v>
       </c>
       <c r="S317" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T317" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U317" s="1" t="s">
-        <v>1715</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="318" spans="1:21">
       <c r="A318" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B318" s="1" t="s">
         <v>1709</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
       <c r="C318" s="1">
         <v>2201</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>1505</v>
       </c>
       <c r="E318" s="1"/>
       <c r="F318" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G318" s="1"/>
       <c r="H318" s="1"/>
       <c r="I318" s="1"/>
       <c r="J318" s="1"/>
       <c r="K318" s="1">
         <v>139</v>
       </c>
       <c r="L318" s="1"/>
       <c r="M318" s="1"/>
       <c r="N318" s="1"/>
       <c r="O318" s="1"/>
       <c r="P318" s="1"/>
       <c r="Q318" s="1"/>
       <c r="R318" s="1" t="s">
-        <v>1714</v>
+        <v>1713</v>
       </c>
       <c r="S318" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T318" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U318" s="1" t="s">
-        <v>1715</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="319" spans="1:21">
       <c r="A319" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B319" s="1" t="s">
         <v>1716</v>
-      </c>
-[...1 lines deleted...]
-        <v>1717</v>
       </c>
       <c r="C319" s="1">
         <v>9701</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>506</v>
       </c>
       <c r="E319" s="1"/>
       <c r="F319" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G319" s="1"/>
       <c r="H319" s="1"/>
       <c r="I319" s="1"/>
       <c r="J319" s="1"/>
       <c r="K319" s="1">
         <v>150</v>
       </c>
       <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1" t="s">
-        <v>1718</v>
+        <v>1717</v>
       </c>
       <c r="S319" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T319" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U319" s="1" t="s">
-        <v>1719</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="320" spans="1:21">
       <c r="A320" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B320" s="1" t="s">
         <v>1716</v>
-      </c>
-[...1 lines deleted...]
-        <v>1717</v>
       </c>
       <c r="C320" s="1">
         <v>9700</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>506</v>
       </c>
       <c r="E320" s="1" t="s">
-        <v>1720</v>
+        <v>1719</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1721</v>
+        <v>1720</v>
       </c>
       <c r="H320" s="1"/>
       <c r="I320" s="1" t="s">
-        <v>1703</v>
+        <v>1702</v>
       </c>
       <c r="J320" s="1">
         <v>10</v>
       </c>
       <c r="K320" s="1"/>
       <c r="L320" s="1" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
       <c r="M320" s="1"/>
       <c r="N320" s="1"/>
       <c r="O320" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="P320" s="1" t="s">
         <v>1723</v>
-      </c>
-[...1 lines deleted...]
-        <v>1724</v>
       </c>
       <c r="Q320" s="1"/>
       <c r="R320" s="1" t="s">
-        <v>1718</v>
+        <v>1717</v>
       </c>
       <c r="S320" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T320" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U320" s="1" t="s">
-        <v>1719</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="321" spans="1:21">
       <c r="A321" s="1" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B321" s="1" t="s">
         <v>1725</v>
-      </c>
-[...1 lines deleted...]
-        <v>1726</v>
       </c>
       <c r="C321" s="1">
         <v>8200</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>156</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>1727</v>
+        <v>1726</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G321" s="1" t="s">
         <v>145</v>
       </c>
       <c r="H321" s="1"/>
       <c r="I321" s="1"/>
       <c r="J321" s="1"/>
       <c r="K321" s="1"/>
       <c r="L321" s="1" t="s">
-        <v>1728</v>
+        <v>1727</v>
       </c>
       <c r="M321" s="1"/>
       <c r="N321" s="1"/>
       <c r="O321" s="1"/>
       <c r="P321" s="1" t="s">
-        <v>1729</v>
+        <v>1728</v>
       </c>
       <c r="Q321" s="1"/>
       <c r="R321" s="1" t="s">
-        <v>1730</v>
+        <v>1729</v>
       </c>
       <c r="S321" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T321" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U321" s="1" t="s">
-        <v>1731</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="322" spans="1:21">
       <c r="A322" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B322" s="1" t="s">
         <v>1732</v>
-      </c>
-[...1 lines deleted...]
-        <v>1733</v>
       </c>
       <c r="C322" s="1">
         <v>9900</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1734</v>
+        <v>1733</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G322" s="1">
         <v>8</v>
       </c>
       <c r="H322" s="1"/>
       <c r="I322" s="1"/>
       <c r="J322" s="1"/>
       <c r="K322" s="1"/>
       <c r="L322" s="1" t="s">
-        <v>1735</v>
+        <v>1734</v>
       </c>
       <c r="M322" s="1"/>
       <c r="N322" s="1"/>
       <c r="O322" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="P322" s="1" t="s">
         <v>1736</v>
-      </c>
-[...1 lines deleted...]
-        <v>1737</v>
       </c>
       <c r="Q322" s="1"/>
       <c r="R322" s="1" t="s">
-        <v>1738</v>
+        <v>1737</v>
       </c>
       <c r="S322" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T322" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U322" s="1" t="s">
-        <v>1739</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="323" spans="1:21">
       <c r="A323" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B323" s="1" t="s">
         <v>1740</v>
-      </c>
-[...1 lines deleted...]
-        <v>1741</v>
       </c>
       <c r="C323" s="1">
         <v>3800</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>932</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>1742</v>
+        <v>1741</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G323" s="1" t="s">
         <v>866</v>
       </c>
       <c r="H323" s="1"/>
       <c r="I323" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J323" s="1" t="s">
         <v>184</v>
       </c>
       <c r="K323" s="1"/>
       <c r="L323" s="1"/>
       <c r="M323" s="1"/>
       <c r="N323" s="1"/>
       <c r="O323" s="1"/>
       <c r="P323" s="1"/>
       <c r="Q323" s="1"/>
       <c r="R323" s="1" t="s">
-        <v>1743</v>
+        <v>1742</v>
       </c>
       <c r="S323" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T323" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U323" s="1" t="s">
-        <v>1744</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="324" spans="1:21">
       <c r="A324" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B324" s="1" t="s">
         <v>1740</v>
-      </c>
-[...1 lines deleted...]
-        <v>1741</v>
       </c>
       <c r="C324" s="1">
         <v>3860</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1745</v>
+        <v>1744</v>
       </c>
       <c r="E324" s="1" t="s">
         <v>737</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1746</v>
+        <v>1745</v>
       </c>
       <c r="H324" s="1"/>
       <c r="I324" s="1" t="s">
-        <v>1747</v>
+        <v>1746</v>
       </c>
       <c r="J324" s="1"/>
       <c r="K324" s="1"/>
       <c r="L324" s="1" t="s">
         <v>934</v>
       </c>
       <c r="M324" s="1"/>
       <c r="N324" s="1"/>
       <c r="O324" s="1" t="s">
         <v>934</v>
       </c>
       <c r="P324" s="1" t="s">
-        <v>1748</v>
+        <v>1747</v>
       </c>
       <c r="Q324" s="1"/>
       <c r="R324" s="1" t="s">
-        <v>1743</v>
+        <v>1742</v>
       </c>
       <c r="S324" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T324" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U324" s="1" t="s">
-        <v>1744</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="325" spans="1:21">
       <c r="A325" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B325" s="1" t="s">
         <v>1749</v>
-      </c>
-[...1 lines deleted...]
-        <v>1750</v>
       </c>
       <c r="C325" s="1">
         <v>7700</v>
       </c>
       <c r="D325" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="E325" s="1" t="s">
         <v>1751</v>
-      </c>
-[...1 lines deleted...]
-        <v>1752</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G325" s="1">
         <v>28</v>
       </c>
       <c r="H325" s="1"/>
       <c r="I325" s="1"/>
       <c r="J325" s="1"/>
       <c r="K325" s="1"/>
       <c r="L325" s="1" t="s">
-        <v>1753</v>
+        <v>1752</v>
       </c>
       <c r="M325" s="1"/>
       <c r="N325" s="1"/>
       <c r="O325" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="P325" s="1" t="s">
         <v>1753</v>
-      </c>
-[...1 lines deleted...]
-        <v>1754</v>
       </c>
       <c r="Q325" s="1"/>
       <c r="R325" s="1" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="S325" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T325" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U325" s="1" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="326" spans="1:21">
       <c r="A326" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B326" s="1" t="s">
         <v>1757</v>
-      </c>
-[...1 lines deleted...]
-        <v>1758</v>
       </c>
       <c r="C326" s="1">
         <v>4400</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E326" s="1" t="s">
         <v>886</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G326" s="1">
         <v>2</v>
       </c>
       <c r="H326" s="1"/>
       <c r="I326" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J326" s="1">
         <v>2</v>
       </c>
       <c r="K326" s="1"/>
       <c r="L326" s="1" t="s">
-        <v>1759</v>
+        <v>1758</v>
       </c>
       <c r="M326" s="1"/>
       <c r="N326" s="1"/>
       <c r="O326" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="P326" s="1" t="s">
         <v>1760</v>
-      </c>
-[...1 lines deleted...]
-        <v>1761</v>
       </c>
       <c r="Q326" s="1"/>
       <c r="R326" s="1" t="s">
-        <v>1762</v>
+        <v>1761</v>
       </c>
       <c r="S326" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T326" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U326" s="1" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="327" spans="1:21">
       <c r="A327" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B327" s="1" t="s">
         <v>1764</v>
-      </c>
-[...1 lines deleted...]
-        <v>1765</v>
       </c>
       <c r="C327" s="1">
         <v>5350</v>
       </c>
       <c r="D327" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E327" s="1" t="s">
         <v>1766</v>
       </c>
-      <c r="E327" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F327" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="H327" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I327" s="1"/>
       <c r="J327" s="1"/>
       <c r="K327" s="1"/>
       <c r="L327" s="1"/>
       <c r="M327" s="1"/>
       <c r="N327" s="1" t="s">
-        <v>1768</v>
+        <v>1767</v>
       </c>
       <c r="O327" s="1"/>
       <c r="P327" s="1" t="s">
-        <v>1769</v>
+        <v>1768</v>
       </c>
       <c r="Q327" s="1"/>
       <c r="R327" s="1" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="S327" s="1" t="s">
         <v>57</v>
       </c>
       <c r="T327" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U327" s="1" t="s">
-        <v>1771</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="328" spans="1:21">
       <c r="A328" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B328" s="1" t="s">
         <v>1772</v>
-      </c>
-[...1 lines deleted...]
-        <v>1773</v>
       </c>
       <c r="C328" s="1">
         <v>7500</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>454</v>
       </c>
       <c r="E328" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>1774</v>
+        <v>1773</v>
       </c>
       <c r="G328" s="1">
         <v>16</v>
       </c>
       <c r="H328" s="1"/>
       <c r="I328" s="1"/>
       <c r="J328" s="1"/>
       <c r="K328" s="1"/>
       <c r="L328" s="1"/>
       <c r="M328" s="1"/>
       <c r="N328" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="O328" s="1" t="s">
         <v>1775</v>
       </c>
-      <c r="O328" s="1" t="s">
+      <c r="P328" s="1" t="s">
         <v>1776</v>
-      </c>
-[...1 lines deleted...]
-        <v>1777</v>
       </c>
       <c r="Q328" s="1"/>
       <c r="R328" s="1" t="s">
-        <v>1778</v>
+        <v>1777</v>
       </c>
       <c r="S328" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T328" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U328" s="1" t="s">
-        <v>1779</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="329" spans="1:21">
       <c r="A329" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B329" s="1" t="s">
         <v>1772</v>
-      </c>
-[...1 lines deleted...]
-        <v>1773</v>
       </c>
       <c r="C329" s="1">
         <v>7500</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>454</v>
       </c>
       <c r="E329" s="1"/>
       <c r="F329" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G329" s="1"/>
       <c r="H329" s="1"/>
       <c r="I329" s="1"/>
       <c r="J329" s="1"/>
       <c r="K329" s="1">
         <v>10</v>
       </c>
       <c r="L329" s="1"/>
       <c r="M329" s="1"/>
       <c r="N329" s="1"/>
       <c r="O329" s="1"/>
       <c r="P329" s="1"/>
       <c r="Q329" s="1"/>
       <c r="R329" s="1" t="s">
-        <v>1778</v>
+        <v>1777</v>
       </c>
       <c r="S329" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T329" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U329" s="1" t="s">
-        <v>1779</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="330" spans="1:21">
       <c r="A330" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B330" s="1" t="s">
         <v>1780</v>
-      </c>
-[...1 lines deleted...]
-        <v>1781</v>
       </c>
       <c r="C330" s="1">
         <v>2310</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>950</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>1782</v>
+        <v>1781</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G330" s="1">
         <v>16</v>
       </c>
       <c r="H330" s="1"/>
       <c r="I330" s="1"/>
       <c r="J330" s="1"/>
       <c r="K330" s="1"/>
       <c r="L330" s="1" t="s">
-        <v>1783</v>
+        <v>1782</v>
       </c>
       <c r="M330" s="1"/>
       <c r="N330" s="1" t="s">
+        <v>1783</v>
+      </c>
+      <c r="O330" s="1" t="s">
         <v>1784</v>
       </c>
-      <c r="O330" s="1" t="s">
+      <c r="P330" s="1" t="s">
         <v>1785</v>
-      </c>
-[...1 lines deleted...]
-        <v>1786</v>
       </c>
       <c r="Q330" s="1"/>
       <c r="R330" s="1" t="s">
-        <v>1787</v>
+        <v>1786</v>
       </c>
       <c r="S330" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T330" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U330" s="1" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="331" spans="1:21">
       <c r="A331" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B331" s="1" t="s">
         <v>1789</v>
-      </c>
-[...1 lines deleted...]
-        <v>1790</v>
       </c>
       <c r="C331" s="1">
         <v>2500</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1556</v>
+        <v>1555</v>
       </c>
       <c r="E331" s="1" t="s">
         <v>239</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G331" s="1">
         <v>14</v>
       </c>
       <c r="H331" s="1"/>
       <c r="I331" s="1" t="s">
         <v>306</v>
       </c>
       <c r="J331" s="1">
         <v>10</v>
       </c>
       <c r="K331" s="1"/>
       <c r="L331" s="1" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="M331" s="1"/>
       <c r="N331" s="1"/>
       <c r="O331" s="1"/>
       <c r="P331" s="1" t="s">
-        <v>1792</v>
+        <v>1791</v>
       </c>
       <c r="Q331" s="1"/>
       <c r="R331" s="1" t="s">
-        <v>1793</v>
+        <v>1792</v>
       </c>
       <c r="S331" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T331" s="1" t="s">
         <v>296</v>
       </c>
       <c r="U331" s="1" t="s">
-        <v>1794</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="332" spans="1:21">
       <c r="A332" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B332" s="1" t="s">
         <v>1795</v>
-      </c>
-[...1 lines deleted...]
-        <v>1796</v>
       </c>
       <c r="C332" s="1">
         <v>2370</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>1523</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G332" s="1">
         <v>11</v>
       </c>
       <c r="H332" s="1"/>
       <c r="I332" s="1"/>
       <c r="J332" s="1"/>
       <c r="K332" s="1"/>
       <c r="L332" s="1" t="s">
-        <v>1798</v>
+        <v>1797</v>
       </c>
       <c r="M332" s="1"/>
       <c r="N332" s="1"/>
       <c r="O332" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="P332" s="1" t="s">
         <v>1798</v>
-      </c>
-[...1 lines deleted...]
-        <v>1799</v>
       </c>
       <c r="Q332" s="1"/>
       <c r="R332" s="1" t="s">
-        <v>1800</v>
+        <v>1799</v>
       </c>
       <c r="S332" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T332" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U332" s="1" t="s">
-        <v>1801</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="333" spans="1:21">
       <c r="A333" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B333" s="1" t="s">
         <v>1802</v>
-      </c>
-[...1 lines deleted...]
-        <v>1803</v>
       </c>
       <c r="C333" s="1">
         <v>5000</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>194</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>1804</v>
+        <v>1803</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G333" s="1" t="s">
         <v>126</v>
       </c>
       <c r="H333" s="1"/>
       <c r="I333" s="1" t="s">
         <v>127</v>
       </c>
       <c r="J333" s="1">
         <v>2</v>
       </c>
       <c r="K333" s="1"/>
       <c r="L333" s="1" t="s">
-        <v>1805</v>
+        <v>1804</v>
       </c>
       <c r="M333" s="1"/>
       <c r="N333" s="1"/>
       <c r="O333" s="1"/>
       <c r="P333" s="1" t="s">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="Q333" s="1"/>
       <c r="R333" s="1" t="s">
-        <v>1807</v>
+        <v>1806</v>
       </c>
       <c r="S333" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T333" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U333" s="1" t="s">
-        <v>1808</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="334" spans="1:21">
       <c r="A334" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B334" s="1" t="s">
         <v>1802</v>
-      </c>
-[...1 lines deleted...]
-        <v>1803</v>
       </c>
       <c r="C334" s="1">
         <v>5001</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>194</v>
       </c>
       <c r="E334" s="1"/>
       <c r="F334" s="1"/>
       <c r="G334" s="1"/>
       <c r="H334" s="1"/>
       <c r="I334" s="1"/>
       <c r="J334" s="1"/>
       <c r="K334" s="1" t="s">
-        <v>1809</v>
+        <v>1808</v>
       </c>
       <c r="L334" s="1"/>
       <c r="M334" s="1"/>
       <c r="N334" s="1"/>
       <c r="O334" s="1"/>
       <c r="P334" s="1"/>
       <c r="Q334" s="1"/>
       <c r="R334" s="1" t="s">
-        <v>1807</v>
+        <v>1806</v>
       </c>
       <c r="S334" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T334" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U334" s="1" t="s">
-        <v>1808</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="335" spans="1:21">
       <c r="A335" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B335" s="1" t="s">
         <v>1810</v>
-      </c>
-[...1 lines deleted...]
-        <v>1811</v>
       </c>
       <c r="C335" s="1">
         <v>3000</v>
       </c>
       <c r="D335" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E335" s="1" t="s">
         <v>1812</v>
-      </c>
-[...1 lines deleted...]
-        <v>1813</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G335" s="1">
         <v>13</v>
       </c>
       <c r="H335" s="1"/>
       <c r="I335" s="1"/>
       <c r="J335" s="1"/>
       <c r="K335" s="1"/>
       <c r="L335" s="1" t="s">
-        <v>1814</v>
+        <v>1813</v>
       </c>
       <c r="M335" s="1"/>
       <c r="N335" s="1"/>
       <c r="O335" s="1"/>
       <c r="P335" s="1" t="s">
-        <v>1815</v>
+        <v>1814</v>
       </c>
       <c r="Q335" s="1"/>
       <c r="R335" s="1" t="s">
-        <v>1816</v>
+        <v>1815</v>
       </c>
       <c r="S335" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T335" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U335" s="1" t="s">
-        <v>1817</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="336" spans="1:21">
       <c r="A336" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B336" s="1" t="s">
         <v>1810</v>
-      </c>
-[...1 lines deleted...]
-        <v>1811</v>
       </c>
       <c r="C336" s="1">
         <v>3001</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="E336" s="1"/>
       <c r="F336" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G336" s="1"/>
       <c r="H336" s="1"/>
       <c r="I336" s="1"/>
       <c r="J336" s="1"/>
       <c r="K336" s="1">
         <v>170</v>
       </c>
       <c r="L336" s="1"/>
       <c r="M336" s="1"/>
       <c r="N336" s="1"/>
       <c r="O336" s="1"/>
       <c r="P336" s="1"/>
       <c r="Q336" s="1"/>
       <c r="R336" s="1" t="s">
-        <v>1816</v>
+        <v>1815</v>
       </c>
       <c r="S336" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T336" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U336" s="1" t="s">
-        <v>1817</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="337" spans="1:21">
       <c r="A337" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B337" s="1" t="s">
         <v>1818</v>
-      </c>
-[...1 lines deleted...]
-        <v>1819</v>
       </c>
       <c r="C337" s="1">
         <v>4025</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>313</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G337" s="1">
         <v>52</v>
       </c>
       <c r="H337" s="1"/>
       <c r="I337" s="1"/>
       <c r="J337" s="1"/>
       <c r="K337" s="1"/>
       <c r="L337" s="1" t="s">
-        <v>1820</v>
+        <v>1819</v>
       </c>
       <c r="M337" s="1"/>
       <c r="N337" s="1" t="s">
-        <v>1821</v>
+        <v>1820</v>
       </c>
       <c r="O337" s="1"/>
       <c r="P337" s="1" t="s">
-        <v>1822</v>
+        <v>1821</v>
       </c>
       <c r="Q337" s="1"/>
       <c r="R337" s="1" t="s">
-        <v>1823</v>
+        <v>1822</v>
       </c>
       <c r="S337" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T337" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U337" s="1" t="s">
-        <v>1824</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="338" spans="1:21">
       <c r="A338" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B338" s="1" t="s">
         <v>1818</v>
-      </c>
-[...1 lines deleted...]
-        <v>1819</v>
       </c>
       <c r="C338" s="1">
         <v>4001</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>313</v>
       </c>
       <c r="E338" s="1"/>
       <c r="F338" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G338" s="1"/>
       <c r="H338" s="1"/>
       <c r="I338" s="1"/>
       <c r="J338" s="1"/>
       <c r="K338" s="1">
         <v>133</v>
       </c>
       <c r="L338" s="1"/>
       <c r="M338" s="1"/>
       <c r="N338" s="1"/>
       <c r="O338" s="1"/>
       <c r="P338" s="1"/>
       <c r="Q338" s="1"/>
       <c r="R338" s="1" t="s">
-        <v>1823</v>
+        <v>1822</v>
       </c>
       <c r="S338" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T338" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U338" s="1" t="s">
-        <v>1824</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="339" spans="1:21">
       <c r="A339" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B339" s="1" t="s">
         <v>1825</v>
-      </c>
-[...1 lines deleted...]
-        <v>1826</v>
       </c>
       <c r="C339" s="1">
         <v>7030</v>
       </c>
       <c r="D339" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="E339" s="1" t="s">
         <v>1827</v>
       </c>
-      <c r="E339" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F339" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G339" s="1" t="s">
         <v>83</v>
       </c>
       <c r="H339" s="1"/>
       <c r="I339" s="1" t="s">
         <v>186</v>
       </c>
       <c r="J339" s="1" t="s">
         <v>866</v>
       </c>
       <c r="K339" s="1"/>
       <c r="L339" s="1"/>
       <c r="M339" s="1"/>
       <c r="N339" s="1" t="s">
-        <v>1829</v>
+        <v>1828</v>
       </c>
       <c r="O339" s="1"/>
       <c r="P339" s="1" t="s">
-        <v>1830</v>
+        <v>1829</v>
       </c>
       <c r="Q339" s="1"/>
       <c r="R339" s="1" t="s">
-        <v>1831</v>
+        <v>1830</v>
       </c>
       <c r="S339" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T339" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U339" s="1" t="s">
-        <v>1832</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="340" spans="1:21">
       <c r="A340" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B340" s="1" t="s">
         <v>1825</v>
-      </c>
-[...1 lines deleted...]
-        <v>1826</v>
       </c>
       <c r="C340" s="1">
         <v>1371</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E340" s="1"/>
       <c r="F340" s="1"/>
       <c r="G340" s="1"/>
       <c r="H340" s="1"/>
       <c r="I340" s="1"/>
       <c r="J340" s="1"/>
       <c r="K340" s="1" t="s">
-        <v>1833</v>
+        <v>1832</v>
       </c>
       <c r="L340" s="1"/>
       <c r="M340" s="1"/>
       <c r="N340" s="1"/>
       <c r="O340" s="1"/>
       <c r="P340" s="1"/>
       <c r="Q340" s="1"/>
       <c r="R340" s="1" t="s">
-        <v>1831</v>
+        <v>1830</v>
       </c>
       <c r="S340" s="1" t="s">
         <v>41</v>
       </c>
       <c r="T340" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U340" s="1" t="s">
-        <v>1832</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="341" spans="1:21">
       <c r="A341" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B341" s="1" t="s">
         <v>1834</v>
-      </c>
-[...1 lines deleted...]
-        <v>1835</v>
       </c>
       <c r="C341" s="1">
         <v>3600</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>1836</v>
+        <v>1835</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G341" s="1" t="s">
         <v>499</v>
       </c>
       <c r="H341" s="1"/>
       <c r="I341" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="J341" s="1" t="s">
         <v>1837</v>
-      </c>
-[...1 lines deleted...]
-        <v>1838</v>
       </c>
       <c r="K341" s="1"/>
       <c r="L341" s="1"/>
       <c r="M341" s="1"/>
       <c r="N341" s="1" t="s">
-        <v>1839</v>
+        <v>1838</v>
       </c>
       <c r="O341" s="1"/>
       <c r="P341" s="1" t="s">
-        <v>1840</v>
+        <v>1839</v>
       </c>
       <c r="Q341" s="1"/>
       <c r="R341" s="1" t="s">
-        <v>1841</v>
+        <v>1840</v>
       </c>
       <c r="S341" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T341" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U341" s="1" t="s">
-        <v>1842</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="342" spans="1:21">
       <c r="A342" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B342" s="1" t="s">
         <v>1843</v>
-      </c>
-[...1 lines deleted...]
-        <v>1844</v>
       </c>
       <c r="C342" s="1">
         <v>3525</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>247</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>1572</v>
+        <v>1571</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1845</v>
+        <v>1844</v>
       </c>
       <c r="H342" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I342" s="1" t="s">
         <v>472</v>
       </c>
       <c r="J342" s="1">
         <v>6</v>
       </c>
       <c r="K342" s="1"/>
       <c r="L342" s="1" t="s">
-        <v>1846</v>
+        <v>1845</v>
       </c>
       <c r="M342" s="1"/>
       <c r="N342" s="1"/>
       <c r="O342" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="P342" s="1" t="s">
         <v>1846</v>
-      </c>
-[...1 lines deleted...]
-        <v>1847</v>
       </c>
       <c r="Q342" s="1"/>
       <c r="R342" s="1" t="s">
-        <v>1848</v>
+        <v>1847</v>
       </c>
       <c r="S342" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T342" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U342" s="1" t="s">
-        <v>1849</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="343" spans="1:21">
       <c r="A343" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B343" s="1" t="s">
         <v>1850</v>
-      </c>
-[...1 lines deleted...]
-        <v>1851</v>
       </c>
       <c r="C343" s="1">
         <v>7570</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>703</v>
       </c>
       <c r="E343" s="1" t="s">
         <v>704</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1852</v>
+        <v>1851</v>
       </c>
       <c r="H343" s="1"/>
       <c r="I343" s="1"/>
       <c r="J343" s="1"/>
       <c r="K343" s="1"/>
       <c r="L343" s="1" t="s">
-        <v>1853</v>
+        <v>1852</v>
       </c>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="P343" s="1" t="s">
         <v>1854</v>
-      </c>
-[...1 lines deleted...]
-        <v>1855</v>
       </c>
       <c r="Q343" s="1"/>
       <c r="R343" s="1" t="s">
-        <v>1856</v>
+        <v>1855</v>
       </c>
       <c r="S343" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T343" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U343" s="1" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="344" spans="1:21">
       <c r="A344" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B344" s="1" t="s">
         <v>1858</v>
       </c>
-      <c r="B344" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C344" s="1">
-        <v>1214</v>
+        <v>1387</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E344" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E344" s="1"/>
       <c r="F344" s="1" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G344" s="1"/>
       <c r="H344" s="1"/>
-      <c r="I344" s="1" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="I344" s="1"/>
+      <c r="J344" s="1"/>
+      <c r="K344" s="1">
+        <v>25</v>
+      </c>
+      <c r="L344" s="1"/>
+      <c r="M344" s="1"/>
       <c r="N344" s="1"/>
       <c r="O344" s="1"/>
-      <c r="P344" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="P344" s="1"/>
+      <c r="Q344" s="1"/>
       <c r="R344" s="1" t="s">
-        <v>1865</v>
+        <v>1859</v>
       </c>
       <c r="S344" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T344" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U344" s="1" t="s">
-        <v>1866</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="345" spans="1:21">
       <c r="A345" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B345" s="1" t="s">
         <v>1858</v>
       </c>
-      <c r="B345" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C345" s="1">
-        <v>1387</v>
+        <v>1214</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E345" s="1"/>
+      <c r="E345" s="1" t="s">
+        <v>1861</v>
+      </c>
       <c r="F345" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G345" s="1"/>
+        <v>71</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1235</v>
+      </c>
       <c r="H345" s="1"/>
-      <c r="I345" s="1"/>
-[...5 lines deleted...]
-      <c r="M345" s="1"/>
+      <c r="I345" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="J345" s="1">
+        <v>1</v>
+      </c>
+      <c r="K345" s="1"/>
+      <c r="L345" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="M345" s="1" t="s">
+        <v>1863</v>
+      </c>
       <c r="N345" s="1"/>
       <c r="O345" s="1"/>
-      <c r="P345" s="1"/>
-      <c r="Q345" s="1"/>
+      <c r="P345" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="Q345" s="1" t="s">
+        <v>1865</v>
+      </c>
       <c r="R345" s="1" t="s">
-        <v>1865</v>
+        <v>1859</v>
       </c>
       <c r="S345" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T345" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U345" s="1" t="s">
-        <v>1866</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="346" spans="1:21">
       <c r="A346" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B346" s="1" t="s">
         <v>1867</v>
       </c>
-      <c r="B346" s="1" t="s">
+      <c r="C346" s="1">
+        <v>8420</v>
+      </c>
+      <c r="D346" s="1" t="s">
         <v>1868</v>
       </c>
-      <c r="C346" s="1">
-[...2 lines deleted...]
-      <c r="D346" s="1" t="s">
+      <c r="E346" s="1" t="s">
         <v>1869</v>
       </c>
-      <c r="E346" s="1"/>
       <c r="F346" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G346" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="G346" s="1">
+        <v>2</v>
+      </c>
       <c r="H346" s="1"/>
       <c r="I346" s="1"/>
       <c r="J346" s="1"/>
-      <c r="K346" s="1">
-[...2 lines deleted...]
-      <c r="L346" s="1"/>
+      <c r="K346" s="1"/>
+      <c r="L346" s="1" t="s">
+        <v>1870</v>
+      </c>
       <c r="M346" s="1"/>
       <c r="N346" s="1"/>
-      <c r="O346" s="1"/>
-      <c r="P346" s="1"/>
+      <c r="O346" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="P346" s="1" t="s">
+        <v>1872</v>
+      </c>
       <c r="Q346" s="1"/>
       <c r="R346" s="1" t="s">
-        <v>1870</v>
+        <v>1873</v>
       </c>
       <c r="S346" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T346" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U346" s="1" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="347" spans="1:21">
       <c r="A347" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B347" s="1" t="s">
         <v>1867</v>
       </c>
-      <c r="B347" s="1" t="s">
+      <c r="C347" s="1">
+        <v>8421</v>
+      </c>
+      <c r="D347" s="1" t="s">
         <v>1868</v>
       </c>
-      <c r="C347" s="1">
-[...7 lines deleted...]
-      </c>
+      <c r="E347" s="1"/>
       <c r="F347" s="1" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G347" s="1"/>
       <c r="H347" s="1"/>
       <c r="I347" s="1"/>
       <c r="J347" s="1"/>
-      <c r="K347" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K347" s="1">
+        <v>74</v>
+      </c>
+      <c r="L347" s="1"/>
       <c r="M347" s="1"/>
       <c r="N347" s="1"/>
-      <c r="O347" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O347" s="1"/>
+      <c r="P347" s="1"/>
       <c r="Q347" s="1"/>
       <c r="R347" s="1" t="s">
-        <v>1870</v>
+        <v>1873</v>
       </c>
       <c r="S347" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T347" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U347" s="1" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="348" spans="1:21">
       <c r="A348" s="1" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B348" s="1" t="s">
         <v>1876</v>
       </c>
-      <c r="B348" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C348" s="1">
-        <v>4700</v>
+        <v>4001</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1878</v>
-[...3 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="E348" s="1"/>
       <c r="F348" s="1" t="s">
-        <v>680</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G348" s="1"/>
       <c r="H348" s="1"/>
       <c r="I348" s="1"/>
       <c r="J348" s="1"/>
-      <c r="K348" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K348" s="1">
+        <v>23</v>
+      </c>
+      <c r="L348" s="1"/>
       <c r="M348" s="1"/>
       <c r="N348" s="1"/>
       <c r="O348" s="1"/>
-      <c r="P348" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P348" s="1"/>
       <c r="Q348" s="1"/>
       <c r="R348" s="1" t="s">
-        <v>1882</v>
+        <v>1877</v>
       </c>
       <c r="S348" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="T348" s="1" t="s">
         <v>216</v>
       </c>
       <c r="U348" s="1" t="s">
-        <v>1883</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="349" spans="1:21">
       <c r="A349" s="1" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B349" s="1" t="s">
         <v>1876</v>
       </c>
-      <c r="B349" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C349" s="1">
-        <v>4001</v>
+        <v>4700</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="E349" s="1"/>
+        <v>1879</v>
+      </c>
+      <c r="E349" s="1" t="s">
+        <v>1880</v>
+      </c>
       <c r="F349" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G349" s="1"/>
+        <v>677</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="H349" s="1"/>
       <c r="I349" s="1"/>
       <c r="J349" s="1"/>
-      <c r="K349" s="1">
-[...2 lines deleted...]
-      <c r="L349" s="1"/>
+      <c r="K349" s="1"/>
+      <c r="L349" s="1" t="s">
+        <v>1881</v>
+      </c>
       <c r="M349" s="1"/>
       <c r="N349" s="1"/>
       <c r="O349" s="1"/>
-      <c r="P349" s="1"/>
+      <c r="P349" s="1" t="s">
+        <v>1882</v>
+      </c>
       <c r="Q349" s="1"/>
       <c r="R349" s="1" t="s">
-        <v>1882</v>
+        <v>1877</v>
       </c>
       <c r="S349" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="T349" s="1" t="s">
         <v>216</v>
       </c>
       <c r="U349" s="1" t="s">
-        <v>1883</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="350" spans="1:21">
       <c r="A350" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B350" s="1" t="s">
         <v>1884</v>
-      </c>
-[...1 lines deleted...]
-        <v>1885</v>
       </c>
       <c r="C350" s="1">
         <v>4700</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>1886</v>
+        <v>1885</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G350" s="1">
         <v>41</v>
       </c>
       <c r="H350" s="1"/>
       <c r="I350" s="1"/>
       <c r="J350" s="1"/>
       <c r="K350" s="1"/>
       <c r="L350" s="1" t="s">
-        <v>1887</v>
+        <v>1886</v>
       </c>
       <c r="M350" s="1"/>
       <c r="N350" s="1"/>
       <c r="O350" s="1"/>
       <c r="P350" s="1" t="s">
-        <v>1888</v>
+        <v>1887</v>
       </c>
       <c r="Q350" s="1"/>
       <c r="R350" s="1" t="s">
-        <v>1889</v>
+        <v>1888</v>
       </c>
       <c r="S350" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T350" s="1" t="s">
         <v>216</v>
       </c>
       <c r="U350" s="1" t="s">
-        <v>1890</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="351" spans="1:21">
       <c r="A351" s="1" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B351" s="1" t="s">
         <v>1891</v>
-      </c>
-[...1 lines deleted...]
-        <v>1892</v>
       </c>
       <c r="C351" s="1">
         <v>2750</v>
       </c>
       <c r="D351" s="1" t="s">
+        <v>1892</v>
+      </c>
+      <c r="E351" s="1" t="s">
         <v>1893</v>
       </c>
-      <c r="E351" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F351" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G351" s="1">
         <v>42</v>
       </c>
       <c r="H351" s="1"/>
       <c r="I351" s="1"/>
       <c r="J351" s="1"/>
       <c r="K351" s="1"/>
       <c r="L351" s="1"/>
       <c r="M351" s="1" t="s">
         <v>877</v>
       </c>
       <c r="N351" s="1" t="s">
-        <v>1895</v>
+        <v>1894</v>
       </c>
       <c r="O351" s="1"/>
       <c r="P351" s="1" t="s">
-        <v>1896</v>
+        <v>1895</v>
       </c>
       <c r="Q351" s="1"/>
       <c r="R351" s="1" t="s">
-        <v>1897</v>
+        <v>1896</v>
       </c>
       <c r="S351" s="1" t="s">
         <v>32</v>
       </c>
       <c r="T351" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U351" s="1" t="s">
-        <v>1898</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="352" spans="1:21">
       <c r="A352" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B352" s="1" t="s">
         <v>1899</v>
-      </c>
-[...1 lines deleted...]
-        <v>1900</v>
       </c>
       <c r="C352" s="1">
         <v>4001</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>313</v>
       </c>
       <c r="E352" s="1"/>
       <c r="F352" s="1"/>
       <c r="G352" s="1"/>
       <c r="H352" s="1"/>
       <c r="I352" s="1"/>
       <c r="J352" s="1"/>
       <c r="K352" s="1" t="s">
-        <v>1901</v>
+        <v>1900</v>
       </c>
       <c r="L352" s="1"/>
       <c r="M352" s="1"/>
       <c r="N352" s="1"/>
       <c r="O352" s="1"/>
       <c r="P352" s="1"/>
       <c r="Q352" s="1"/>
       <c r="R352" s="1" t="s">
-        <v>1902</v>
+        <v>1901</v>
       </c>
       <c r="S352" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T352" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U352" s="1" t="s">
-        <v>1903</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="353" spans="1:21">
       <c r="A353" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B353" s="1" t="s">
         <v>1899</v>
-      </c>
-[...1 lines deleted...]
-        <v>1900</v>
       </c>
       <c r="C353" s="1">
         <v>2200</v>
       </c>
       <c r="D353" s="1" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E353" s="1" t="s">
         <v>1904</v>
-      </c>
-[...1 lines deleted...]
-        <v>1905</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="H353" s="1"/>
       <c r="I353" s="1"/>
       <c r="J353" s="1"/>
       <c r="K353" s="1"/>
       <c r="L353" s="1"/>
       <c r="M353" s="1"/>
       <c r="N353" s="1" t="s">
-        <v>1906</v>
+        <v>1905</v>
       </c>
       <c r="O353" s="1"/>
       <c r="P353" s="1" t="s">
-        <v>1907</v>
+        <v>1906</v>
       </c>
       <c r="Q353" s="1"/>
       <c r="R353" s="1" t="s">
-        <v>1902</v>
+        <v>1901</v>
       </c>
       <c r="S353" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T353" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U353" s="1" t="s">
-        <v>1903</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="354" spans="1:21">
       <c r="A354" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B354" s="1" t="s">
         <v>1908</v>
-      </c>
-[...1 lines deleted...]
-        <v>1909</v>
       </c>
       <c r="C354" s="1">
         <v>8960</v>
       </c>
       <c r="D354" s="1" t="s">
+        <v>1909</v>
+      </c>
+      <c r="E354" s="1" t="s">
         <v>1910</v>
-      </c>
-[...1 lines deleted...]
-        <v>1911</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1912</v>
+        <v>1911</v>
       </c>
       <c r="H354" s="1"/>
       <c r="I354" s="1" t="s">
         <v>268</v>
       </c>
       <c r="J354" s="1">
         <v>4</v>
       </c>
       <c r="K354" s="1"/>
       <c r="L354" s="1" t="s">
-        <v>1913</v>
+        <v>1912</v>
       </c>
       <c r="M354" s="1"/>
       <c r="N354" s="1"/>
       <c r="O354" s="1"/>
       <c r="P354" s="1" t="s">
-        <v>1914</v>
+        <v>1913</v>
       </c>
       <c r="Q354" s="1"/>
       <c r="R354" s="1" t="s">
-        <v>1915</v>
+        <v>1914</v>
       </c>
       <c r="S354" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T354" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U354" s="1" t="s">
-        <v>1916</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="355" spans="1:21">
       <c r="A355" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B355" s="1" t="s">
         <v>1917</v>
-      </c>
-[...1 lines deleted...]
-        <v>1918</v>
       </c>
       <c r="C355" s="1">
         <v>4900</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1919</v>
+        <v>1918</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>1886</v>
+        <v>1885</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G355" s="1">
         <v>38</v>
       </c>
       <c r="H355" s="1"/>
       <c r="I355" s="1"/>
       <c r="J355" s="1"/>
       <c r="K355" s="1"/>
       <c r="L355" s="1"/>
       <c r="M355" s="1"/>
       <c r="N355" s="1"/>
       <c r="O355" s="1"/>
       <c r="P355" s="1"/>
       <c r="Q355" s="1"/>
       <c r="R355" s="1" t="s">
-        <v>1920</v>
+        <v>1919</v>
       </c>
       <c r="S355" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="T355" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U355" s="1" t="s">
-        <v>1921</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="356" spans="1:21">
       <c r="A356" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B356" s="1" t="s">
         <v>1917</v>
-      </c>
-[...1 lines deleted...]
-        <v>1918</v>
       </c>
       <c r="C356" s="1">
         <v>4701</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="E356" s="1"/>
       <c r="F356" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G356" s="1"/>
       <c r="H356" s="1"/>
       <c r="I356" s="1"/>
       <c r="J356" s="1"/>
       <c r="K356" s="1">
         <v>75</v>
       </c>
       <c r="L356" s="1"/>
       <c r="M356" s="1"/>
       <c r="N356" s="1"/>
       <c r="O356" s="1"/>
       <c r="P356" s="1"/>
       <c r="Q356" s="1"/>
       <c r="R356" s="1" t="s">
-        <v>1920</v>
+        <v>1919</v>
       </c>
       <c r="S356" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T356" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U356" s="1" t="s">
-        <v>1921</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="357" spans="1:21">
       <c r="A357" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B357" s="1" t="s">
         <v>1917</v>
-      </c>
-[...1 lines deleted...]
-        <v>1918</v>
       </c>
       <c r="C357" s="1">
         <v>4900</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1919</v>
+        <v>1918</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>1886</v>
+        <v>1885</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1922</v>
+        <v>1921</v>
       </c>
       <c r="H357" s="1"/>
       <c r="I357" s="1" t="s">
         <v>186</v>
       </c>
       <c r="J357" s="1">
         <v>3</v>
       </c>
       <c r="K357" s="1"/>
       <c r="L357" s="1"/>
       <c r="M357" s="1"/>
       <c r="N357" s="1" t="s">
-        <v>1923</v>
+        <v>1922</v>
       </c>
       <c r="O357" s="1"/>
       <c r="P357" s="1" t="s">
-        <v>1924</v>
+        <v>1923</v>
       </c>
       <c r="Q357" s="1"/>
       <c r="R357" s="1" t="s">
-        <v>1920</v>
+        <v>1919</v>
       </c>
       <c r="S357" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T357" s="1" t="s">
         <v>33</v>
       </c>
       <c r="U357" s="1" t="s">
-        <v>1921</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="358" spans="1:21">
       <c r="A358" s="1" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B358" s="1" t="s">
         <v>1925</v>
-      </c>
-[...1 lines deleted...]
-        <v>1926</v>
       </c>
       <c r="C358" s="1">
         <v>6090</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1927</v>
+        <v>1926</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G358" s="1" t="s">
         <v>1367</v>
       </c>
       <c r="H358" s="1"/>
       <c r="I358" s="1"/>
       <c r="J358" s="1"/>
       <c r="K358" s="1"/>
       <c r="L358" s="1" t="s">
-        <v>1928</v>
+        <v>1927</v>
       </c>
       <c r="M358" s="1"/>
       <c r="N358" s="1"/>
       <c r="O358" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="P358" s="1" t="s">
         <v>1928</v>
-      </c>
-[...1 lines deleted...]
-        <v>1929</v>
       </c>
       <c r="Q358" s="1"/>
       <c r="R358" s="1" t="s">
-        <v>1930</v>
+        <v>1929</v>
       </c>
       <c r="S358" s="1" t="s">
         <v>48</v>
       </c>
       <c r="T358" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U358" s="1" t="s">
-        <v>1931</v>
+        <v>1930</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:U1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>